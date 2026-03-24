--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -181,51 +181,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformer les systèmes d’élevage par le jeu ?</w:t>
+                <w:t xml:space="preserve">Transformer les systèmes d’élevage par le jeu ?: Retour sur le processus de conception d’un jeu sérieux destiné à accompagner la transition des systèmes cunicoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Derbez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lipp</w:t>
@@ -234,51 +234,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Fortun-Lamothe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences du jeu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 24, </w:t>
+              <w:t xml:space="preserve">, 2026, 24, pp.21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15sb2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -2014,286 +2014,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lapin, le pommier et les bénéfices écosystémiques interspécifiques</w:t>
+                <w:t xml:space="preserve">Benefits and limits of an organic agroforestry system associating rabbits and apple tree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Rodriguez</w:t>
+                <w:t xml:space="preserve">Simon S.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Lhoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire METABIO 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Lyon, France. Wageningen Academic Publishers, 29, pp.855, Book of Abstracts of the 74th Annual Meeting of the European Federation of Animal Science. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04044072v1</w:t>
+                <w:t xml:space="preserve">hal-04196641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits and limits of an organic agroforestry system associating rabbits and apple tree</w:t>
+                <w:t xml:space="preserve">Le lapin, le pommier et les bénéfices écosystémiques interspécifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davi Savietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Myriam Grillot</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Fetiveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Lamothe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th Annual Meeting of the European Federation of Animal Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire METABIO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Saint-Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196641v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3176,51 +3176,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BACCE81B"/>
+    <w:nsid w:val="D04BCD86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3407,51 +3407,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/floriane-derbez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-5726-9600" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25582906X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534049v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Derbez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lipp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15sb2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05213272v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14clq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05280007v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Calla" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025044" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698460v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Trouillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bosshardt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Desaint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dufils" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.7468" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04699589v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Joly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinton-Lescure" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.248.0007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04224414v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Temple-Boyer--Dury" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aymard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100051" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184960v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Penvern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis R&#233;nier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2023.2246395" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221307v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221344v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhiz.082.0005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03361296v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dossin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12101339" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.039.0259" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889678v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05385843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04290939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990327v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950995v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639112v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Genin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Cochou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fetiveau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044072v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rodriguez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196641v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04924370v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926199v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacombe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813003560" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3047" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221321v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/collections/8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3049" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949157v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233227v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05024919v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consortium Living Lab Lapins" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03611431v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/floriane-derbez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-5726-9600" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/25582906X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534049v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Derbez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lipp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fortun-Lamothe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15sb2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05213272v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lhoste" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14clq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05280007v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Calla" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025044" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698460v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Trouillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bosshardt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Desaint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dufils" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.7468" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04699589v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Joly" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pinton-Lescure" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pour.248.0007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04224414v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fillon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Temple-Boyer--Dury" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aymard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100051" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04184960v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Penvern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ollivier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis R&#233;nier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2023.2246395" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221307v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.14391" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221344v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhiz.082.0005" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03361296v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Dossin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f12101339" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221354v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rac.039.0259" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04889678v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lamothe" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05385843v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04290939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02990327v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02950995v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639112v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Genin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Cochou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Fetiveau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196641v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Fillon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon S." TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044072v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rodriguez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04924370v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dor&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/320/9782759239726/approches-interdisciplinaires-en-sante-animale" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926199v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lacombe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/books/9782813003560" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3047" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221321v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/collections/8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3049" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02949157v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233227v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Drusch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05024919v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consortium Living Lab Lapins" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-03611431v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>