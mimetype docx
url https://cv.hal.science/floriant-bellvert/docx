--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -218,263 +218,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228419v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pivotal role of exogenous pyruvate in human natural killer cell metabolism</w:t>
+                <w:t xml:space="preserve">Human plasma metabolic environment favours HIV replication in primary CD4 T lymphocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Kern</w:t>
+                <w:t xml:space="preserve">Lise Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Picq</w:t>
+                <w:t xml:space="preserve">Annemarie Fortuin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ameline Hamond</w:t>
+                <w:t xml:space="preserve">Arnaud Lecante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Megy</w:t>
+                <w:t xml:space="preserve">Nina Lager-Lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Benezech</w:t>
+                <w:t xml:space="preserve">Aude Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840601v1</w:t>
+                <w:t xml:space="preserve">hal-04840247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human plasma metabolic environment favours HIV replication in primary CD4 T lymphocytes</w:t>
+                <w:t xml:space="preserve">Pivotal role of exogenous pyruvate in human natural killer cell metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Chauveau</w:t>
+                <w:t xml:space="preserve">Nicolas Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annemarie Fortuin</w:t>
+                <w:t xml:space="preserve">Louis Picq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Lecante</w:t>
+                <w:t xml:space="preserve">Ameline Hamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Lager-Lachaud</w:t>
+                <w:t xml:space="preserve">Pierre Megy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Boulay</w:t>
+                <w:t xml:space="preserve">Sarah Benezech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04840247v1</w:t>
+                <w:t xml:space="preserve">hal-04840601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinatory therapy targeting mitochondrial oxidative phosphorylation improves efficacy of IDH mutant inhibitors in acute myeloid leukemia</w:t>
               </w:r>
@@ -549,9260 +549,9260 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02935177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disruption of putrescine export in experimentally evolved &amp;lt;i&amp;gt;Ralstonia pseudosolanacearum&amp;lt;/i&amp;gt; enhances symbiosis with &amp;lt;i&amp;gt;Mimosa pudica&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Cazalé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marvin Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginaini Grazielli Doin de Moura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Valière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 17 (1), pp.e01225-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.01225-25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344083v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bronchial smooth muscle extracellular vesicles interfere with bronchial epithelium metabolism and function in asthma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Celle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Chahin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cardouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmée Eyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2025.112546⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Triggering tumorigenic signaling: Succinate dehydrogenase inhibitor (SDHi) fungicides induce oncometabolite accumulation and metabolic shift in human colon cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Duarte Hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Tête</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kloé Debizet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rives</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Imler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 199, pp.109503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2025.109503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05098483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repression of oxidative phosphorylation by NR2F2, MTERF3 and GDF15 in human skin under high-glucose stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ley-Ngardigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Claverol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sobilo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Redox Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 82, pp.103613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.redox.2025.103613⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05529878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pivotal role of exogenous pyruvate in human natural killer cell metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Picq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameline Hamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Megy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Benezech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (12), pp.1271-1283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42255-024-01188-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865843v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E4F1 coordinates pyruvate metabolism and the activity of the elongator complex to ensure translation fidelity during brain development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michela Di Michele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Attina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imène Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laguesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-55444-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04943138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining systems and synthetic biology for in vivo enzymology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Treitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (21), pp.5169 - 5185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44318-024-00251-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A metabolic crosstalk between liposarcoma and muscle sustains tumor growth.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Manteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Amsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Riquier-Morcant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Prieto Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Gayte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.7940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-51827-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PhysioFit: a software to quantify cell growth parameters and extracellular fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Grégam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (8), pp.btae488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.10.12.561695⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondria Transfer from Mesenchymal Stem Cells Confers Chemoresistance to Glioblastoma Stem Cells through Metabolic Rewiring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Nakhle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khattar Khattar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tülin Özkan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Boughlita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Abba Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancer Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (6), pp.1041 - 1056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/2767-9764.crc-23-0144⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CARD9 in neutrophils protects from colitis and controls mitochondrial metabolism and cell survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Danne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Michaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jurate Skerniskyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Planchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Magniez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.gutjnl-2022-326917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2022-326917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03791244v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An optimization method for untargeted MS-based isotopic tracing investigations of metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Butin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-022-01897-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03838388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metabolomics and modelling approaches for systems metabolic engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasmeet Kaur Khanijou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leng Wei Khoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pnelope Ng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolic Engineering Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15, pp.e00209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mec.2022.e00209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mosquito sex and mycobiota contribute to fructose metabolism in the Asian tiger mosquito Aedes albopictus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van Tran Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Emmanuelle Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (1), pp.138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-022-01325-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redirecting substrate regioselectivity using engineered ΔN123-GBD-CD2 branching sucrases for the production of pentasaccharide repeating units of S. flexneri 3a, 4a and 4b haptens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Benkoulouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akli Ben Imeddourene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Antoine Barel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Le Heiget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Pizzut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-81719-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crucial role of fatty acid oxidation in asthmatic bronchial smooth muscle remodelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Celle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Maurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (5), pp.2004252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/13993003.04252-2020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03369975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development and validation of a UHPLC-ESI-QTOF mass spectrometry method to analyze opines, plant biomarkers of crown gall or hairy root diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Padilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Nhi Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chapulliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1162, pp.122458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jchromb.2020.122458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitochondrial metabolism supports resistance to IDH mutant inhibitors in acute myeloid leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Stuani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Saland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cognet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 218 (5), pp.e20200924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/jem.20200924⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03563454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the Glucose Fluxotype of the E. coli y-ome Using High-Resolution Fluxomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Dinclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.271. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo11050271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03216838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Targeting the mitochondrial trifunctional protein restrains tumor growth in oxidative lung carcinomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nivea Dias Amoedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saharnaz Sarlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Obre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Begueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 131 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/JCI133081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03131394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Engineering the Yeast Yarrowia lipolytica for Production of Polylactic Acid Homopolymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lajus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dusséaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Verbeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Rigouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhongpeng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2020.00954⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03012010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mixing and matching methylotrophic enzymes to design a novel methanol utilization pathway in E. coli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro de Simone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cláudia M Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Peiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Gales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61, pp.315-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymben.2020.07.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extracellular ATP and CD39 Activate cAMP-Mediated Mitochondrial Stress Response to Promote Cytarabine Resistance in Acute Myeloid Leukemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Aroua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Boet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margherita Ghisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Nicolau-Travers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Saland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cancer Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (10), pp.1544-1565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/2159-8290.CD-19-1008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02983257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Optimized Dual Extraction Method for the Simultaneous and Accurate Analysis of Polar Metabolites and Lipids Carried out on Single Biological Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tournadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Gales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (9), pp.338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo10090338⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simultaneous Measurement of Metabolite Concentration and Isotope Incorporation by Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madi Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Linares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Létisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 92 (8), pp.5890-5896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.9b05709⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02563842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Addendum: An Optimised Dual Extraction Method for the Simultaneous and Accurate Analysis of Polar Metabolites and Lipids Carried out on Single Biological Samples. Metabolites 2020, 10, 338</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Poupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tournadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Gales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo10120490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Targeting MDM2-dependent serine metabolism as a therapeutic strategy for liposarcoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madi Cissé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pyrdziak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Gayte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (547), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/scitranslmed.aay2163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436075v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sink/Source Balance of Leaves Influences Amino Acid Pools and Their Associated Metabolic Fluxes in Winter Oilseed Rape (Brassica napus L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Dellero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Marnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo10040150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02794472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IsoCor: isotope correction for high-resolution MS labeling experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baudoin Delepine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02084784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tumor-stroma mechanics coordinate amino acid availability to sustain tumor growth and malignancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bertero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William M. Oldham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eloise M. Grasset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Boulter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.124-140.e10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmet.2018.09.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional analysis of isoprenoid precursors biosynthesis by quantitative metabolomics and isotopologue profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk-Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (9), 10 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-019-1580-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Methodology for the validation of isotopic analyses by mass spectrometry in stable-isotope labeling experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Letisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (3), pp.1852-1860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b03886⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sphagnum Species Modulate their Phenolic Profiles and Mycorrhizal Colonization of Surrounding Andromeda polifolia along Peatland Microhabitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Chiapusio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jassey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie A. Weston</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (12), pp.1146-1157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10886-018-1023-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02171445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of plant diversity on the diversity of soil organic compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamiae El Moujahid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Michalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Weigelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0170494⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E4F1 controls a transcriptional program essential for pyruvate dehydrogenase activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Rodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Kirsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Houles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (39), pp.10998-11003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1602754113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chromatin-Bound MDM2 regulates serine metabolism and redox homeostasis independently of p53</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Riscal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Schrepfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Arena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madi Y. Cisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 62 (6), pp.890-902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molcel.2016.04.033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allelopathic effect of a native species on a major plant invader in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Christina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Rouifed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Puijalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102 (3-4), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-015-1263-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01135275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence for biological denitrification inhibition (BDI) by plant secondary metabolites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Piola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feth El Zahar Haichar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 204 (3), pp.620-630. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.12944⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01085302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of hydroxycinnamic acids degradation in Agrobacterium fabrum reveals a CoA-dependent, beta-oxidative deacetylation pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Campillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Renoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kerzaon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Vial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Baude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (11), pp.3341-3349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00475-14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01010603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential gene expression and metabolomic analyses of Brachypodium distachyon infected by deoxynivalenol producing and non-producing strains of Fusarium graminearum.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chaouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Macadré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Balzergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15, pp.629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-629⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The secondary metabolism glycosyltransferases UGT73B3 and UGT73B5 are components of redox status in resistance of Arabidopsis to Pseudomonas syringae pv. tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Langlois-Meurinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Didierlaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chaouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (5), pp.1114-1129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.12221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unexpected phytostimulatory behavior for Escherichia coli and Agrobacterium tumefaciens model strains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bruto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Bally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 26 (5), pp.495-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-12-12-0298-R⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00965830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benzo(a)pyrene inhibits the role of the bioturbator Tubifex tubifex in river sediment biogeochemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Mermillod-Blondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Foulquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Navel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Montuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 450-451, pp.230-241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2013.02.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00815261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invasive Fallopia × bohemica interspecific hybrids display different patterns in secondary metabolites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Piola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Rouifed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (3), pp.230-239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2980/20-3-3597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00951658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phytochemical analysis of mature tree root exudates in situ and their role in shaping soil microbial communities in relation to tree N-acquisition strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Michalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Warshan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Rogy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 72, pp.169-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2013.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01032437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variation of secondary metabolite levels in maize seedling roots induced by inoculation with Azospirillum, Pseudomonas and Glomus consortium under field conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couillerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas von Felten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Jansa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 356, pp.151-163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-011-0960-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00723509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Velamo do Campo : Its Volatile Constituents, Secretory Elements, and Biological Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha El Babili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laila Haddioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Medicinal Food</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (7), pp.671-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/jmf.2011.0252⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of the antimicrobial compound 2, 4-diacetylphloroglucinol in the impact of biocontrol Pseudomonas fluorescens F113 on Azospirillum brasilense phytostimulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Couillerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Combes-Meynet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. F. Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Challita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 157 (6), pp.1694-1705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mic.0.043943-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Allelochemical from Myrica gale with Strong Phytotoxic Activity against Highly Invasive Fallopia x bohemica Taxa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Jaquemoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria P. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16, pp.2323-2333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules16032323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00579629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oregano: chemical analysis and evaluation of its antimalarial, antioxidant, and cytotoxic activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha El. Babili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalloul Bouajila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Souchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 76 (3), pp.C512-C518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1750-3841.2011.02109.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strain specificity in the Myricaceae Frankia symbiosis is correlated to plant root phenolics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Functional Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (9), pp.682-689</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02540429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Host plant secondary metabolite profiling shows a complex, strain-dependent response of maize to plant growth-promoting rhizobacteria of the genus Azospirillum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Moenne-Loccoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Bally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 189 (2), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2010.03484.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00529161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential Effects of Rare Specific Flavonoids on Compatible and Incompatible Strains in the Myrica gale-Frankia Actinorhizal Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bagnarol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Alloisio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 76 (8), pp.2451-2460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02667-09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00525564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rare specific flavonoids affect differentially compatible and incompatible strains in the Myrica gale-Frankia actinorhizal symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bagnarol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Alloisio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 76, pp.2451-2460</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phylogeny and evolution of Baptistonia (Orchidaceae, Oncidiinae) based on molecular analyses, morphology and floral oil evidences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. R. Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. P. Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. M. Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Systematics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 281 (1), pp.35-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00606-009-0181-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02555036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exogenous glucosinolate produced by Arabidopsis thaliana has an impact on microbes in the rhizosphere and plant roots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Bressan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Roncato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feth El Zahar Haichar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 3 (11), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2009.68⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00525574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conspicuous colouration of the vocal sac of a nocturnal chorusing treefrog: carotenoid-based?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Popovici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lengagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amphibia-Reptilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30 (4), pp.576-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/156853809789647095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of bioinformatics tools for metabolomics and fluxomics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Serguei Sokol</w:t>
+                <w:t xml:space="preserve">Microbiota-Host interactions during juvenile growth: exploration of interconnected metabolic networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Melentev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole automnale RFMF 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RFMF, Nov 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">NMR metabolomics symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05445958v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated DESI-MS Imaging and SFC-QTOF analysis for spatial lipid characterization in Drosophila melanogaster larvae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Leulier</w:t>
+                <w:t xml:space="preserve">IsoDesign: software for optimizing the isotopic composition of labeled substrates in 13C-fluxomics experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Kouakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Grégam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Lipidomic Society meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, MADRID, Spain</w:t>
+              <w:t xml:space="preserve">RFMF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05365535v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05168002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IsoDesign: software for optimizing the isotopic composition of labeled substrates in 13C-fluxomics experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Development of bioinformatics tools for metabolomics and fluxomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Legregam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Butin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Millard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFMF 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Ecole automnale RFMF 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RFMF, Nov 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168002v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05445958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiota-Host interactions during juvenile growth: exploration of interconnected metabolic networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Integrated DESI-MS Imaging and SFC-QTOF analysis for spatial lipid characterization in Drosophila melanogaster larvae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Le Faouder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Melentev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Leulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR metabolomics symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">4th International Lipidomic Society meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, MADRID, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05460083v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05365535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IsoDesign: substrate design for isotopic labelling experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabomeeting 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated workflows for 13C-fluxomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Jourdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modeling metabolism 2nd edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational optimization of a novel synthetic pathway for methanol utilization in E. coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro de Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cláudia M. Vicente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Peiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Gales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aminobisphosphonates reveal a selective anti-viral potential of V gamma 9V delta 2 T cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Barragué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Daguzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Legrand-Abravanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the American-Association-of-Immunologists (AAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01886406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MetaboHUB and RFMF : two tools at the service of metabolomics and fluxomics in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Cole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MERLION Metabolomics Workshop Singapore 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symbiose puceron – Buchnera : approche métabolomique chez Acyrthosiphon pisum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6èmes journées du Réseau BAPOA (Biologie Adaptative des Pucerons et Organismes Associés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse métabolomique de la symbiose entre le puceron Acyrthosiphon pisum et la bactérie Buchnera aphidicola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjolaine Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7èmes Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03506751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particularités génomiques et adaptations spécifiques des espèces bactériennes : cas d'Agrobacterium fabrum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Campillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Baude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Lassalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Plant-Bacteria Interactions Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547657v1</w:t>
-              </w:r>
-[...7676 lines deleted...]
-                <w:t xml:space="preserve">halsde-00525574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9814,704 +9814,704 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular Heterogeneity Analysis: An Innovative Approach to Single-Cell Metabolomics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+                <w:t xml:space="preserve">Real-time metabolomics on E. coli cell cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Lager-lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire-Line Marais</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochelle Kouakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Maucourt</w:t>
+                <w:t xml:space="preserve">Margot Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Richard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Castelain</w:t>
+                <w:t xml:space="preserve">Esther Boiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes journées scientifiques du RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">17émes journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450472v1</w:t>
+                <w:t xml:space="preserve">hal-05095581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of polyamines compounds by quantitative metabolomics and Isotopic Profiling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cellular Heterogeneity Analysis: An Innovative Approach to Single-Cell Metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Line Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hoarau</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mickaël Maucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Castelain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFMF</w:t>
+              <w:t xml:space="preserve">17èmes journées scientifiques du RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05477167v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of metabolic networks and host-microbiota interactions using multimodal Metabolomics. A Methodological Approach Using Mass Spectrometry, NMR, DESI Imaging, and Modeling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Melentev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edern Cahoreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Le Faouder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RFMF 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05479492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular Heterogeneity Analysis: An Innovative Approach to Single-Cell Metabolomics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation of polyamines compounds by quantitative metabolomics and Isotopic Profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Gales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Kulyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05441915v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05477167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time metabolomics on E. coli cell cultures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId208" w:history="1">
+                <w:t xml:space="preserve">Cellular Heterogeneity Analysis: An Innovative Approach to Single-Cell Metabolomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Esther Boiron</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Line Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Maucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Castelain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17émes journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France. 2025</w:t>
+              <w:t xml:space="preserve">Metabolomics 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095581v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An automated workflow for high-throughput 13C-fluxomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Grégam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jourdan Fabien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10579,51 +10579,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Impact of Homocysteine Supplementation on Avian Embryonic Metabolism Through Mass Spectrometry-Based Metabolomics Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Lager-lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10681,929 +10681,929 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04634441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">METABOLOMIC AND LIPIDOMIC RESPONSES IN GOLDFISH (CARASSIUS AURATUS) EXPOSED TO FLUOPYRAM</w:t>
+                <w:t xml:space="preserve">Miniaturization of a metabolomics and fluxomics sample preparation workflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Bouly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
+                <w:t xml:space="preserve">Thibaud Lante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Lager-lachaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilipidnet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04656751v1</w:t>
+                <w:t xml:space="preserve">hal-04207388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of high throughput miniaturized robotic platforms for metabolism investigations of microorganisms</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">How metabolomics is used to support the MetaPath solution through metabolic profiling of sourdough fermentation industry ecosystem models?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vandeckerkove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Poilpré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosynsys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15èmes Journées Scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207380v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a method for quantitative profiling of the carnitine family by LC-HRMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId404" w:history="1">
+                <w:t xml:space="preserve">METABOLOMIC AND LIPIDOMIC RESPONSES IN GOLDFISH (CARASSIUS AURATUS) EXPOSED TO FLUOPYRAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Delos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Gales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
+              <w:t xml:space="preserve">Epilipidnet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04406276v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04656751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PhysioFit: Quantifying cell growth parameters and uptake and production fluxes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann Guitton</w:t>
+                <w:t xml:space="preserve">Development of high throughput miniaturized robotic platforms for metabolism investigations of microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Bergès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edern Cahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15émes journées scientifiques du RFMF ( Réseau Francophone de Métabolomique et Fluxomique )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France. 2023</w:t>
+              <w:t xml:space="preserve">Biosynsys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04321321v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04207380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How metabolomics is used to support the MetaPath solution through metabolic profiling of cheese fermentation industry ecosystem models ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of a method for quantitative profiling of the carnitine family by LC-HRMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabelle Fernandez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+                <w:t xml:space="preserve">Océane Delos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Le Faouder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15èmes Journées Scientifiques du RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France. </w:t>
+              <w:t xml:space="preserve">RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04168424v1</w:t>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04406276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How metabolomics is used to support the MetaPath solution through metabolic profiling of sourdough fermentation industry ecosystem models?</w:t>
+                <w:t xml:space="preserve">How metabolomics is used to support the MetaPath solution through metabolic profiling of cheese fermentation industry ecosystem models ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15èmes Journées Scientifiques du RFMF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Perpignan, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04168428v1</w:t>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04168424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniaturization of a metabolomics and fluxomics sample preparation workflow</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lindsay Peyriga</w:t>
+                <w:t xml:space="preserve">PhysioFit: Quantifying cell growth parameters and uptake and production fluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Grégam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Portais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Perpignan, France</w:t>
+              <w:t xml:space="preserve">15émes journées scientifiques du RFMF ( Réseau Francophone de Métabolomique et Fluxomique )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Perpignan, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207388v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04321321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic profiles of complex fermentation matrices from cream and bakery industry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Peyriga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Vandekerckove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11654,103 +11654,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miniaturisation of metabolomic and fluxomic workflow on spheroids cultures applied to the treatment of gastric cancer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Lager-lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">George Alzeeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Butin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Lante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytics 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
@@ -11779,103 +11779,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Going for miniaturized LC-Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Lager-lachaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Gales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14JS RFMF (Réseau Francophone de Métabolomique et Fluxomique)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Aussois, France. </w:t>
@@ -11904,103 +11904,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of mevalonate pathway by Quantitative metabolomics and Isotopologue profiling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Castaño-Cerezo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Portais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Heux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Touluse, France</w:t>
@@ -12029,103 +12029,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast-Quenching Standard Comparison of two sampling and extraction protocols to perform metabolomic studies on human adherent cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Butin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European RFMF Metabomeeting 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
@@ -12154,77 +12154,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the hepatic metabolic effects induced by PFOA exposure using a multiplatform metabolomics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joran Villaret-Cazadamont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemie Butin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12279,103 +12279,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVESTIGATING METABOLISM USING MASS SPECTROMETRY BASED FLUXOMICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Kulyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Heuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Gales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serguei Sokol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Millard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
@@ -12417,51 +12417,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Génomique fonctionnelle des interactions bactérie / hôte eucaryote : intégration systémique de données génomiques et métaboliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriant Bellvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12698,51 +12698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840601v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kern" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Picq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Hamond" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Megy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benezech" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840247v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chauveau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Fortuin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecante" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lager-Lachaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Boulay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935177v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Bosc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445958v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Kouakou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legregam" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Sokol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365535v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Melentev" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Clement" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leulier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168002v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Gr&#233;gam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Portais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460083v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839994v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941899v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04758515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Simone" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M. Vicente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Peiro" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886406v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Barragu&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Daguzan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legrand-Abravanel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547657v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Campillo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vial" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865843v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-024-01188-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05529878v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ley-Ngardigal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Claverol" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sobilo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hubert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.redox.2025.103613" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344083v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Navarro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Grazielli Doin de Moura" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.04.16.649159" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098483v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Duarte Hospital" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud T&#234;te" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klo&#233; Debizet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Imler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109503" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063440v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Celle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Chahin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beaufils" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cardouat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Eyraud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112546" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688552v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chamas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Treitz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-024-00251-w" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696400v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Manteaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Amsel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Riquier-Morcant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Prieto Romero" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gayte" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51827-3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253692v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Heux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.10.12.561695" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156158v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nakhle" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khattar Khattar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;lin &#214;zkan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Boughlita" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Abba Moussa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2767-9764.crc-23-0144" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791244v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurate Skerniskyte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Planchais" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Magniez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2022-326917" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838388v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berg&#232;s" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01897-5" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885039v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmeet Kaur Khanijou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leng Wei Khoo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pnelope Ng" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mec.2022.e00209" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788426v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gu&#233;gan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Tran Van" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Hay" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01325-9" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238014v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Padilla" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaillard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nhi Le" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2020.122458" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369975v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Esteves" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Blanc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Celle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dupin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maurat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.04252-2020" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03563454v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cognet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200924" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216838v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dinclaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050271" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131394v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivea Dias Amoedo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saharnaz Sarlak" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Obre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Begueret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI133081" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03139892v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Benkoulouche" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Ben Imeddourene" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Barel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Heiget" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pizzut" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81719-1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983257v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Aroua" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Ghisi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-19-1008" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927122v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Villaret-Cazadamont" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tournadre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10090338" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02935411v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M Vicente" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2020.07.005" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02563842v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Ciss&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Linares" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b05709" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012010v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duss&#233;aux" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Verbeke" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongpeng Guo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00954" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109907v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10120490" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436075v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pyrdziak" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Firmin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aay2163" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794472v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10040150" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084784v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Delepine" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guionnet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz209" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998873v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertero" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Oldham" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise M. Grasset" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourget" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Boulter" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2018.09.012" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269068v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk-Barbier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1580-8" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171445v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Chiapusio" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jassey" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Comte" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie A. Weston" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-018-1023-4" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886456v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03886" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606406v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae El Moujahid" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Michalet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weigelt" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0170494" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837650v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lacroix" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Rodier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kirsh" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Houles" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delpech" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1602754113" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886397v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Riscal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Schrepfer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Arena" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Y. Cisse" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.04.033" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01135275v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Rouifed" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Puijalon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Vallier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-015-1263-x" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01085302v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bardon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feth El Zahar Haichar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12944" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010603v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renoud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00475-14" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487464v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlois-Meurinne" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Didierlaurent" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaouch" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12221" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063227v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Pasquet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Macadr&#233;" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balzergue" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huguet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-629" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00951658v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Walker" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2980/20-3-3597" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00815261v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gilbert" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Navel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.02.013" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965830v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bally" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-12-0298-R" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032437v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rohr" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Warshan" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Rogy" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.05.003" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XC4KJRF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723509v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couillerot" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas von Felten" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Jansa" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0960-2" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JSXRV9WF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957651v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha El Babili" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roques" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Haddioui" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jmf.2011.0252" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00579629v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Popovici" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jaquemoud" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P. Fernandez" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules16032323" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540451v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couillerot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Combes-Meynet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Pothier" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Challita" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.043943-0" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540425v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha El. Babili" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Souchard" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bertrand" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2011.02109.x" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JZ6NLZHV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540429v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Popovici" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walker" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernandez" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525564v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bagnarol" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Alloisio" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fournier" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02667-09" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02548044v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Comte" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bagnarol" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alloisio" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fournier" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00529161v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03484.x" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545048v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richardson" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156853809789647095" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4F774D8C4531A60A45CE52A751C5EFF38321FB2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02555036v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Chiron" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Oliveira" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Santos" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-009-0181-9" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55C547289758E5A7BF7E30009397C90A55C686D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525574v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bressan" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Roncato" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2009.68" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450472v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castelain" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477167v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoarau" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479492v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441915v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095581v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lager-lachaud" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Hernandez" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Boiron" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619666v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Fabien" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634441v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rocher" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bertrand" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Guillot" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656751v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouly" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Delos" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207380v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406276v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321321v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168424v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Fernandez" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168428v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandeckerkove" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poilpr&#233;" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207388v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lante" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884883v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandekerckove" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894052v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Alzeeb" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480457v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480551v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948361v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306108v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Butin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480519v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791821v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228419v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Creusot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bertrand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bertrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Colas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840247v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chauveau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Fortuin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lecante" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lager-Lachaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Boulay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840601v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kern" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Picq" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameline Hamond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Megy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Benezech" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935177v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sabatier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Wang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Poupin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Bosc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344083v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Cazal&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Navarro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginaini Grazielli Doin de Moura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01225-25" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063440v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Celle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Chahin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Beaufils" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cardouat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edm&#233;e Eyraud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.112546" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098483v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Duarte Hospital" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud T&#234;te" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klo&#233; Debizet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Imler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109503" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05529878v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ley-Ngardigal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Claverol" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sobilo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hubert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.redox.2025.103613" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865843v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42255-024-01188-4" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04943138v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Attina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Roux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Tabet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laguesse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55444-y" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688552v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Casta&#241;o-Cerezo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chamas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Treitz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44318-024-00251-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696400v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Manteaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Amsel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Riquier-Morcant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Prieto Romero" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gayte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51827-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253692v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Gr&#233;gam" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guitton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Heux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Jourdan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.10.12.561695" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156158v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nakhle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khattar Khattar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;lin &#214;zkan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Boughlita" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Abba Moussa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2767-9764.crc-23-0144" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03791244v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Danne" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Michaudel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurate Skerniskyte" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Planchais" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Magniez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2022-326917" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838388v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Butin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Berg&#232;s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Portais" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01897-5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885039v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasmeet Kaur Khanijou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leng Wei Khoo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pnelope Ng" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mec.2022.e00209" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03788426v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Gu&#233;gan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Tran Van" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Hay" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-022-01325-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-03139892v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Benkoulouche" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akli Ben Imeddourene" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Barel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Le Heiget" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pizzut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81719-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369975v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Esteves" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Blanc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Celle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dupin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Maurat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/13993003.04252-2020" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238014v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Padilla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nhi Le" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2020.122458" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03563454v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cognet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20200924" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03216838v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edern Cahoreau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Dinclaux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo11050271" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131394v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nivea Dias Amoedo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saharnaz Sarlak" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Obre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Begueret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI133081" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03012010v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lajus" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Duss&#233;aux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Verbeke" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Rigouin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongpeng Guo" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00954" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02935411v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro de Simone" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M Vicente" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Peiro" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Gales" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2020.07.005" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983257v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Aroua" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Boet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Ghisi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Nicolau-Travers" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2159-8290.CD-19-1008" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02927122v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joran Villaret-Cazadamont" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tournadre" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10090338" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02563842v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heuillet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Ciss&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Linares" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L&#233;tisse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.9b05709" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109907v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10120490" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03436075v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pyrdziak" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Firmin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aay2163" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794472v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Marnet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10040150" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084784v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudoin Delepine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guionnet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz209" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998873v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bertero" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Oldham" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloise M. Grasset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourget" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Boulter" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2018.09.012" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269068v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Kulyk-Barbier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Heux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1580-8" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886456v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Letisse" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03886" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02171445v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Chiapusio" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jassey" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Comte" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie A. Weston" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-018-1023-4" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606406v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamiae El Moujahid" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Michalet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Weigelt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0170494" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837650v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lacroix" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Rodier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Kirsh" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Houles" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delpech" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1602754113" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886397v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Riscal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Schrepfer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Arena" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madi Y. Cisse" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2016.04.033" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01135275v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Rouifed" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Puijalon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Vallier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-015-1263-x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01085302v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bardon" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Piola" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feth El Zahar Haichar" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12944" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01010603v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Campillo" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Renoud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kerzaon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Vial" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Baude" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00475-14" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063227v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Pasquet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaouch" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Macadr&#233;" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Balzergue" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Huguet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-629" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02487464v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Langlois-Meurinne" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Didierlaurent" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12221" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965830v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Walker" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bruto" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Bally" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Muller" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-12-12-0298-R" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00815261v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Foulquier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gilbert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Navel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Montuelle" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2013.02.013" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00951658v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2980/20-3-3597" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01032437v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rohr" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Warshan" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Rogy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2013.05.003" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XC4KJRF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723509v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couillerot" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas von Felten" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Jansa" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-011-0960-2" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JSXRV9WF-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02957651v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha El Babili" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Roques" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Haddioui" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jmf.2011.0252" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540451v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Couillerot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Combes-Meynet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Pothier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Challita" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.043943-0" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00579629v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Popovici" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jaquemoud" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria P. Fernandez" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules16032323" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540425v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha El. Babili" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalloul Bouajila" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Souchard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bertrand" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1750-3841.2011.02109.x" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JZ6NLZHV-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02540429v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Popovici" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walker" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fernandez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00529161v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Moenne-Loccoz" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2010.03484.x" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525564v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bagnarol" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Alloisio" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fournier" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02667-09" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02548044v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Comte" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bagnarol" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alloisio" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fournier" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02555036v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Chiron" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. P. Oliveira" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Santos" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-009-0181-9" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/55C547289758E5A7BF7E30009397C90A55C686D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525574v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bressan" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Roncato" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2009.68" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02545048v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Richardson" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lengagne" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/156853809789647095" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F4F774D8C4531A60A45CE52A751C5EFF38321FB2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460083v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Melentev" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bertrand-Michel" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168002v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochelle Kouakou" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445958v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Legregam" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serguei Sokol" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365535v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Faouder" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Clement" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leulier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839994v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04941899v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04758515v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#225;udia M. Vicente" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886406v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champagne" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Barragu&#233;" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Daguzan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legrand-Abravanel" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798242v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Cole" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02547657v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095581v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Lager-lachaud" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Hernandez" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Boiron" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450472v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Line Marais" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Castelain" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479492v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477167v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hoarau" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441915v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619666v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jourdan Fabien" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634441v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Rocher" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bertrand" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Guillot" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207388v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Lante" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168428v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandeckerkove" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poilpr&#233;" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04656751v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouly" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Delos" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207380v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406276v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168424v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Fernandez" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04321321v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884883v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vandekerckove" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894052v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Alzeeb" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480457v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480551v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02948361v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306108v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Butin" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480519v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791821v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>