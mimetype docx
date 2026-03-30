--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fouad KHENFRI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRDG: Multi-Robots Dataset Generator for CSLAM Backend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncef Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 15th France-Japan & 13th Europe-Asia Congress on Mechatronics (MECATRONICS) / 23rd International Conference on Research and Education in Mechatronics (REM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Saint-Ouen-sur-Seine, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MECATRONICS-REM67547.2025.11349532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensor Selection Tradeoff for Robust C-SLAM in UAV Swarm Systems for Indoor Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncef Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Symposium on Mechatronic Systems and 14th Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model-Based Informed Eco-Routing Method for Electric Vehicles in Urban Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bouvier-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elwan Héry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum for Innovative Sustainable Transportation Systems (FISTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Riverside, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/fists60717.2024.10485537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive Hardware in the Loop Simulation Architecture for Quadrotor UAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Louali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Abdelhak Messaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafsa Osmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Mechali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering and Advanced Technology (ICEEAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Batna, Algeria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEEAT60471.2023.10425854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-NAS: A customizable search space for Neural Architecture Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Pouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Leserf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chokri Mhraida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMLT 2023: 2023 8th International Conference on Machine Learning Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, New York (NY), United States. pp.102-107, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3589883.3589898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using object detection for a robust monocular SLAM in dynamic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gaouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Helsinki, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10227983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure-prone propulsion system modelization for UAV predictive maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad KHENFRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Merced, CA, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC55846.2022.10003448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Efficient Neural Architecture Search Space Definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Pouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Leserf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chokri Mraidha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI-22 Workshop: Learning Network Architecture During Training</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Learning fault detection and classification on a UAV propulsion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Hybrid intelligent Controller for Chaotic Engineering Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahili Kheira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop in Health, Energy efficiency and Intelligent Building Systems (HEIBS’21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Hybrid Intelligent Backstepping Controller for Chaotic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Prague, Czech Republic. pp.1185-1190, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automation of Runnable to task mapping configuration of an AUTOSAR-based software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer and Information Sciences (2020 ICCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Aljouf, Saudi Arabia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Convolutional Neural Network architecture for UAV navigation within unstructured trail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Menfoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostefa Mohamed Touba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lemya Guettal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 1st International Conference on Communications, Control Systems and Signal Processing (CCSSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, EL OUED, Algeria. pp.211-214, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCSSP49278.2020.9151783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Intelligent Self-tuning PID Controller for the Body-rate Stabilization of Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.5281-5286, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A holistic optimization approach for the synthesis of AUTOSAR E/E architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 30th Annual ACM Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Salamanca, Spain. pp.1960-1961, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2695664.2696074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NOVEL HEURISTIC ALGORITHM FOR MAPPING AUTOSAR RUNNABLES TO TASKS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Pervasive and Embedded Computing and Communication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un environnement matériel et logiciel sous MATLAB pour le contrôle de la charge et de la validation des algorithmes de la gestion de l’énergie des systèmes hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Rafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Diaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2 nd International Seminar on New and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Ghardaïa, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State and Parameter Estimation Architecture for Quad-Rotor Tail-Sitter VTOL UAV 16 STATE AND PARAMETER ESTIMATION ARCHITECTURE FOR QUAD-ROTOR TAIL-SITTER VTOL UAV 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamelia Khammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mostefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical, Electronics and Data Communication (IJEEDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (2), pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Unmanned Aerial Vehicle Localization in Dynamic Environments Using Monocular Simultaneous Localization and Mapping and Object Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gaouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (11), pp.1619. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/math12111619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating Fault Databases Through Simulated and Experimental Multi-Rotor UAV Propulsion Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tvt.2024.3352172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Multi-Agent Deep Reinforcement Learning Approach for Enhanced Attitude Control in Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Yacine Trad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheireddine Choutri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohand Lagha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computing and Digital Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04641992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimum-time and minimum-energy trajectory planning under dynamic constraints for a quadrotor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Larabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bouadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 238 (10), pp.4587-4607. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/09544062231207453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Model of Hybrid Energy Storage System Integrating Lithium-Ion Battery and Supercapacitor for Electric Vehicle Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (5), pp.3962-3972. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2020.2984426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid FS–WNN approximator in indirect adaptive control of uncertain non‐linear MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Control Theory &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (4), pp.539-548. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-cta.2019.0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient mapping of runnables to tasks for embedded AUTOSAR applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 110, pp.101800. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2020.101800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Model of Li-Ion Batteries Incorporating Electrothermal and Ageing Aspects for Electric Vehicle Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 65 (2), pp.1298 - 1305. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2017.2714118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical modelling and emulation of Li‐ion batteries–supercapacitors hybrid power supply for electric vehicle applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Electrical Systems in Transportation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (2), pp.161-169. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-est.2016.0040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Energy Management For a Li-Ion Battery/Supercapacitor Hybrid Energy Storage System Based on Particle Swarm Optimization Incorporating Nelder-Mead Simplex Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIV.2017.2720464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Optimal Sizing and Control of Li-Ion Battery/Supercapacitor Embedded Power Supply Using Hybrid Particle Swarm–Nelder–Mead Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.59-73. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSTE.2016.2582927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical modeling of Li-ion batteries for electric vehicle applications based on hybrid Particle Swarm–Nelder–Mead (PSO–NM) optimization algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 131, pp.195-204. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2015.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and Realization of an Intelligent Power Strip for Energy Consumption Management in Hybrid Wind/Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafa Souad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diaf Said</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42, pp.530-538. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2013.11.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation holistique pour la configuration d’une architecture logicielle embarquée : application au standard AUTOSAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Systèmes embarqués. UNiversité de Nantes, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02943311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId109"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fouad KHENFRI </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRDG: Multi-Robots Dataset Generator for CSLAM Backend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncef Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 15th France-Japan & 13th Europe-Asia Congress on Mechatronics (MECATRONICS) / 23rd International Conference on Research and Education in Mechatronics (REM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2025, Saint-Ouen-sur-Seine, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MECATRONICS-REM67547.2025.11349532⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05476099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensor Selection Tradeoff for Robust C-SLAM in UAV Swarm Systems for Indoor Navigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moncef Hammadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th IFAC Symposium on Mechatronic Systems and 14th Symposium on Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Model-Based Informed Eco-Routing Method for Electric Vehicles in Urban Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Bouvier-Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elwan Héry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Frémont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum for Innovative Sustainable Transportation Systems (FISTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Riverside, United States. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/fists60717.2024.10485537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehensive Hardware in the Loop Simulation Architecture for Quadrotor UAV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Louali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimen Abdelhak Messaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafsa Osmani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Mechali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering and Advanced Technology (ICEEAT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Batna, Algeria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEEAT60471.2023.10425854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-NAS: A customizable search space for Neural Architecture Search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Pouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Leserf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chokri Mhraida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMLT 2023: 2023 8th International Conference on Machine Learning Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, New York (NY), United States. pp.102-107, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3589883.3589898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using object detection for a robust monocular SLAM in dynamic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gaouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE 32nd International Symposium on Industrial Electronics (ISIE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Helsinki, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE51358.2023.10227983⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Failure-prone propulsion system modelization for UAV predictive maintenance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad KHENFRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Merced, CA, United States. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VPPC55846.2022.10003448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Approach for Efficient Neural Architecture Search Space Definition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Pouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Leserf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chokri Mraidha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI-22 Workshop: Learning Network Architecture During Training</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep-Learning fault detection and classification on a UAV propulsion system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 24th European Conference on Power Electronics and Applications (EPE'22 ECCE Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Hannover, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Hybrid intelligent Controller for Chaotic Engineering Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kahili Kheira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop in Health, Energy efficiency and Intelligent Building Systems (HEIBS’21)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Hybrid Intelligent Backstepping Controller for Chaotic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Prague, Czech Republic. pp.1185-1190, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263809⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automation of Runnable to task mapping configuration of an AUTOSAR-based software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Computer and Information Sciences (2020 ICCIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Aljouf, Saudi Arabia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04514475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized Convolutional Neural Network architecture for UAV navigation within unstructured trail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Menfoukh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostefa Mohamed Touba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lemya Guettal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 1st International Conference on Communications, Control Systems and Signal Processing (CCSSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, EL OUED, Algeria. pp.211-214, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CCSSP49278.2020.9151783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Intelligent Self-tuning PID Controller for the Body-rate Stabilization of Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IECON 2019 - 45th Annual Conference of the IEEE Industrial Electronics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lisbon, Portugal. pp.5281-5286, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IECON.2019.8927751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A holistic optimization approach for the synthesis of AUTOSAR E/E architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 30th Annual ACM Symposium on Applied Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Salamanca, Spain. pp.1960-1961, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/2695664.2696074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NOVEL HEURISTIC ALGORITHM FOR MAPPING AUTOSAR RUNNABLES TO TASKS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Pervasive and Embedded Computing and Communication Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un environnement matériel et logiciel sous MATLAB pour le contrôle de la charge et de la validation des algorithmes de la gestion de l’énergie des systèmes hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souad Rafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Diaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2 nd International Seminar on New and Renewable Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Ghardaïa, Algérie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State and Parameter Estimation Architecture for Quad-Rotor Tail-Sitter VTOL UAV 16 STATE AND PARAMETER ESTIMATION ARCHITECTURE FOR QUAD-ROTOR TAIL-SITTER VTOL UAV 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamelia Khammar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Mostefa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electrical, Electronics and Data Communication (IJEEDC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (2), pp.16-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05331597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced Unmanned Aerial Vehicle Localization in Dynamic Environments Using Monocular Simultaneous Localization and Mapping and Object Tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef El Gaouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Mcharek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cherif Larouci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematics </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (11), pp.1619. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/math12111619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generating Fault Databases Through Simulated and Experimental Multi-Rotor UAV Propulsion Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/tvt.2024.3352172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Multi-Agent Deep Reinforcement Learning Approach for Enhanced Attitude Control in Quadrotors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taha Yacine Trad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheireddine Choutri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohand Lagha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Computing and Digital Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1, pp.1-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04641992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minimum-time and minimum-energy trajectory planning under dynamic constraints for a quadrotor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Larabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Yves Brulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hakim Bouadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part C: Journal of Mechanical Engineering Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 238 (10), pp.4587-4607. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/09544062231207453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Model of Hybrid Energy Storage System Integrating Lithium-Ion Battery and Supercapacitor for Electric Vehicle Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (5), pp.3962-3972. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2020.2984426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03411195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid FS–WNN approximator in indirect adaptive control of uncertain non‐linear MIMO systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kheira Kahili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Bouhali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Control Theory &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 (4), pp.539-548. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-cta.2019.0078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient mapping of runnables to tasks for embedded AUTOSAR applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Systems Architecture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 110, pp.101800. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sysarc.2020.101800⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02867311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Model of Li-Ion Batteries Incorporating Electrothermal and Ageing Aspects for Electric Vehicle Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 65 (2), pp.1298 - 1305. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2017.2714118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal Energy Management For a Li-Ion Battery/Supercapacitor Hybrid Energy Storage System Based on Particle Swarm Optimization Incorporating Nelder-Mead Simplex Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Redha Sadoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Intelligent Vehicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIV.2017.2720464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical modelling and emulation of Li‐ion batteries–supercapacitors hybrid power supply for electric vehicle applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IET Electrical Systems in Transportation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (2), pp.161-169. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/iet-est.2016.0040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Optimal Sizing and Control of Li-Ion Battery/Supercapacitor Embedded Power Supply Using Hybrid Particle Swarm–Nelder–Mead Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Le Moigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Sustainable Energy </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (1), pp.59-73. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSTE.2016.2582927⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04405340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical modeling of Li-ion batteries for electric vehicle applications based on hybrid Particle Swarm–Nelder–Mead (PSO–NM) optimization algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tedjani Mesbahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassim Rizoug</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Chaaban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bartholomeüs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 131, pp.195-204. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2015.10.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and Realization of an Intelligent Power Strip for Energy Consumption Management in Hybrid Wind/Photovoltaic Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafa Souad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diaf Said</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 42, pp.530-538. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.egypro.2013.11.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation holistique pour la configuration d’une architecture logicielle embarquée : application au standard AUTOSAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouad Khenfri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Systèmes embarqués. UNiversité de Nantes, 2020. Français. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02943311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId110"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Schweitzer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mcharek" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Khenfri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Hammadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECATRONICS-REM67547.2025.11349532" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331604v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouvier-Lambert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwan H&#233;ry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fr&#233;mont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Rizoug" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fists60717.2024.10485537" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Louali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Abdelhak Messaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafsa Osmani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mechali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEAT60471.2023.10425854" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404725v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pouy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Leserf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Mhraida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589883.3589898" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Gaouti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10227983" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Brulin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad KHENFRI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC55846.2022.10003448" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255842v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pouy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Mraidha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404806v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahili Kheira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouhali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405211v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheira Kahili" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263809" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514475v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chaaban" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Chetto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405127v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Menfoukh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Mohamed Touba" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemya Guettal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCSSP49278.2020.9151783" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405301v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927751" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405364v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2695664.2696074" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406541v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Rafa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Diaf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331597v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamelia Khammar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mostefa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12111619" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536387v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2024.3352172" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641992v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Yacine Trad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheireddine Choutri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Lagha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404750v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Larabi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Haddad" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Brulin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bouadi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062231207453" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjani Mesbahi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bartholomeus" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Sadoun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2020.2984426" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405274v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2019.0078" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867311v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2020.101800" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887922v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2017.2714118" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405335v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bartholome&#252;s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Moigne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2016.0040" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405330v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2017.2720464" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405340v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2016.2582927" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.10.018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112999v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa Souad" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaf Said" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2013.11.054" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02943311v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Schweitzer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Mcharek" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Khenfri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Hammadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECATRONICS-REM67547.2025.11349532" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331604v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639781v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bouvier-Lambert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elwan H&#233;ry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fr&#233;mont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Rizoug" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fists60717.2024.10485537" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Louali" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Abdelhak Messaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafsa Osmani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Mechali" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEAT60471.2023.10425854" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404725v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pouy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Leserf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Mhraida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larouci" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589883.3589898" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404677v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Gaouti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51358.2023.10227983" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404781v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Brulin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad KHENFRI" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC55846.2022.10003448" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255842v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Pouy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Mraidha" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404806v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahili Kheira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouhali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405211v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheira Kahili" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263809" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514475v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Chaaban" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Chetto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405127v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Menfoukh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Mohamed Touba" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemya Guettal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCSSP49278.2020.9151783" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405301v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927751" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405364v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2695664.2696074" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341785v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406541v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Rafa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Diaf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331597v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamelia Khammar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mostefa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643121v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12111619" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536387v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2024.3352172" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641992v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Yacine Trad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kheireddine Choutri" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Lagha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404750v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Larabi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Haddad" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Yves Brulin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Bouadi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09544062231207453" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tedjani Mesbahi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bartholomeus" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redha Sadoun" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2020.2984426" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405274v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cta.2019.0078" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867311v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sysarc.2020.101800" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887922v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2017.2714118" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405330v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIV.2017.2720464" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405335v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bartholome&#252;s" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Moigne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-est.2016.0040" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405340v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSTE.2016.2582927" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.10.018" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1GR9Q2RF-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112999v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa Souad" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaf Said" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2013.11.054" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02943311v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>