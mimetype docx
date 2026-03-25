--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -106,51 +106,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (73)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -274,295 +274,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05206330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D material fab-scale transfer of 200 mm wafer using molecular direct bonding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydroxide and fluoride catalyzed bonding interface closure for low-temperature wafer bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Brunet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">D. Landru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2D Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2053-1583/addf5b⟩</w:t>
+              <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (3), pp.03SP06. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35848/1347-4065/adb6af⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05132070v1</w:t>
+                <w:t xml:space="preserve">cea-04991363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroxide and fluoride catalyzed bonding interface closure for low-temperature wafer bonding</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Rieutord</w:t>
+                <w:t xml:space="preserve">2D material fab-scale transfer of 200 mm wafer using molecular direct bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Sklenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Landru</w:t>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 64 (3), pp.03SP06. </w:t>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://doi.org/10.1088/2053-1583/addf5b. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.35848/1347-4065/adb6af⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/addf5b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04991363v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05132070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial arrangements and types of dislocations in interfacial networks obtained by Si(001) wafer bonding at low twist angle: A TEM characterization</w:t>
               </w:r>
@@ -676,425 +676,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04765424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A nanofluidic exchanger for harvesting saline gradient energy</w:t>
+                <w:t xml:space="preserve">Light emission from ion-implanted SiGe quantum dots grown on Si substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saranath Sripriya</w:t>
+                <w:t xml:space="preserve">L. Spindlberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Picard</w:t>
+                <w:t xml:space="preserve">J. Aberl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Larrey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">L. Vukušić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Charlaix</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Fromherz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lab on a Chip</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4lc00544a⟩</w:t>
+              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 181, pp.108616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mssp.2024.108616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768354v1</w:t>
+                <w:t xml:space="preserve">cea-04771112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of post-fracture roughness with induced shear stress in the smart cut process</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A nanofluidic exchanger for harvesting saline gradient energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Lomonaco</w:t>
+                <w:t xml:space="preserve">Saranath Sripriya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Abadie</w:t>
+                <w:t xml:space="preserve">Cyril Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L G Michaud</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Charlaix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0223114⟩</w:t>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4lc00544a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04767394v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light emission from ion-implanted SiGe quantum dots grown on Si substrates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modulation of post-fracture roughness with induced shear stress in the smart cut process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Aberl</w:t>
+                <w:t xml:space="preserve">Lucas Colonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Vukušić</w:t>
+                <w:t xml:space="preserve">Q. Lomonaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Fromherz</w:t>
+                <w:t xml:space="preserve">K. Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Hartmann</w:t>
+                <w:t xml:space="preserve">L G Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 181, pp.108616. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 136 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mssp.2024.108616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0223114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04771112v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04767394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial arrangements and types of dislocations in interfacial networks obtained by Si(001) wafer bonding at low twist angle : a TEM characterization</w:t>
               </w:r>
@@ -1119,51 +1119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Alfonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Descoins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Mangelinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1199,1873 +1199,1873 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SAB-enabled room temperature hybrid bonding</w:t>
+                <w:t xml:space="preserve">Large-scale controlled coupling of single-photon emitters to high-index dielectric nanoantennas by AFM nanoxerography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Renaud</w:t>
+                <w:t xml:space="preserve">Mélodie Humbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Abadie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">Romain Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dubarry</w:t>
+                <w:t xml:space="preserve">Nicolas Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Baudin</w:t>
+                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 112 (3), pp.83-94. </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (2), pp.599-608. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/11203.0083ecst⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2nr05526k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04608606v1</w:t>
+                <w:t xml:space="preserve">hal-04158706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale controlled coupling of single-photon emitters to high-index dielectric nanoantennas by AFM nanoxerography</w:t>
+                <w:t xml:space="preserve">SAB-enabled room temperature hybrid bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélodie Humbert</w:t>
+                <w:t xml:space="preserve">Pablo Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Hernandez</w:t>
+                <w:t xml:space="preserve">Karine Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mallet</w:t>
+                <w:t xml:space="preserve">Christophe Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilhem Larrieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Larrey</w:t>
+                <w:t xml:space="preserve">Floriane Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (2), pp.599-608. </w:t>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 112 (3), pp.83-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2nr05526k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/11203.0083ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04158706v1</w:t>
+                <w:t xml:space="preserve">hal-04608606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AlGaInAs Multi-Quantum Well Lasers on Silicon-on-Insulator Photonic Integrated Circuits Based on InP-Seed-Bonding and Epitaxial Regrowth</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tailoring wavelength and emitter-orientation dependent propagation of single photons in silicon nanowires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Besancon</w:t>
+                <w:t xml:space="preserve">Peter Wiecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Néel</w:t>
+                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalila Make</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Giancarlo Cerulo</w:t>
+                <w:t xml:space="preserve">Xiao Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app12010263⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Applied</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (1), pp.014008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.17.014008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03867618v1</w:t>
+                <w:t xml:space="preserve">hal-03611963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailoring wavelength and emitter-orientation dependent propagation of single photons in silicon nanowires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélodie Humbert</w:t>
+                <w:t xml:space="preserve">Stress Engineering in Germanium-Silicon Heterostructure Using Surface Activated Hot Bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lomonaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Wiecha</w:t>
+                <w:t xml:space="preserve">Laurent Gaëtan Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mallet</w:t>
+                <w:t xml:space="preserve">Jérôme Richy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Applied</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevApplied.17.014008⟩</w:t>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 109 (4), pp.277-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/10904.0277ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03611963v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04521825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress Engineering in Germanium-Silicon Heterostructure Using Surface Activated Hot Bonding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large scale integration of functional radio‐frequency flexible MEMS under large mechanical strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edy Azrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Lomonaco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Abadie</w:t>
+                <w:t xml:space="preserve">Laurent Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Richy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Morales</w:t>
+                <w:t xml:space="preserve">Alexandre Reinhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gaëtan Michaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Richy</w:t>
+                <w:t xml:space="preserve">Samuel Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/10904.0277ecst⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022, pp.2205404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202205404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04521825v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03883016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large scale integration of functional radio‐frequency flexible MEMS under large mechanical strain</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct bonding, key enabler for 3D technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bourjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">https://chipscalereview.com/wp-content/uploads/2022/09/ChipScale_Sep-Oct_2022-digital.pdf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (5), pp.6</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03883016v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04680083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct bonding, key enabler for 3D technologies</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Double cantilever beam bonding energy measurement using confocal IR microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Colonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">https://chipscalereview.com/wp-content/uploads/2022/09/ChipScale_Sep-Oct_2022-digital.pdf</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0114668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04680083v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04521812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double cantilever beam bonding energy measurement using confocal IR microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AlGaInAs Multi-Quantum Well Lasers on Silicon-on-Insulator Photonic Integrated Circuits Based on InP-Seed-Bonding and Epitaxial Regrowth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Besancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Néel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Colonel</w:t>
+                <w:t xml:space="preserve">Dalila Make</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Calvez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">V. Larrey</w:t>
+                <w:t xml:space="preserve">Joan Manel Ramírez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Moreau</w:t>
+                <w:t xml:space="preserve">Giancarlo Cerulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 132 (21), </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0114668⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app12010263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04521812v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporary polymer bonding for the manufacturing of thin wafers: An innovative low temperature process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of amino-alcohol organic molecule on various silicon oxide bondings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Montméat</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Eleouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mssp.2020.105550⟩</w:t>
+              <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (6), pp.064005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2162-8777/ac08d7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03492895v1</w:t>
+                <w:t xml:space="preserve">cea-04916731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of amino-alcohol organic molecule on various silicon oxide bondings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Calvez</w:t>
+                <w:t xml:space="preserve">Transfer of an ultrathin single crystal silicon film from a Silicon On Insulator to a polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.G. Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Azrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Morales</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/2162-8777/ac08d7⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, pp.100107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtnano.2020.100107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04916731v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03096669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer of an ultrathin single crystal silicon film from a Silicon On Insulator to a polymer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advanced hydrogenation process applied on Ge on Si quantum dots for enhanced light emission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Spindlberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L.G. Michaud</w:t>
+                <w:t xml:space="preserve">Moonyong Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Azrak</w:t>
+                <w:t xml:space="preserve">Johannes Aberl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Castan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Rieutord</w:t>
+                <w:t xml:space="preserve">Thomas Fromherz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Schäffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Nano</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtnano.2020.100107⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (8), pp.083104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0036039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03096669v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced hydrogenation process applied on Ge on Si quantum dots for enhanced light emission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lukas Spindlberger</w:t>
+                <w:t xml:space="preserve">Aluminium-nitride thin-films on polymer substrates obtained by adhesive bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edy Azrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Reinhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moonyong Kim</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Friedrich Schäffler</w:t>
+                <w:t xml:space="preserve">Marie Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0036039⟩</w:t>
+              <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Focus Issue on Semiconductor Wafer Bonding: Science, Technology, and Applications, 10 (6), pp.064001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2162-8777/ac04ff⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04836721v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03264152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aluminium-nitride thin-films on polymer substrates obtained by adhesive bonding</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Samuel Tardif</w:t>
+                <w:t xml:space="preserve">Impact of the temperature process on the morphology of 3D temporary bonded wafers: Quantification and reducing of the effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Montméat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Le Cocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Enot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Bousquet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Zussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Focus Issue on Semiconductor Wafer Bonding: Science, Technology, and Applications, 10 (6), pp.064001. </w:t>
+              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 136, pp.106156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/2162-8777/ac04ff⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mssp.2021.106156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03264152v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04917047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the temperature process on the morphology of 3D temporary bonded wafers: Quantification and reducing of the effect</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Temporary polymer bonding for the manufacturing of thin wafers: An innovative low temperature process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Montméat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Le Cocq</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">L. Bally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dechamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Enot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Zussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 136, pp.106156. </w:t>
+              <w:t xml:space="preserve">, 2021, 123, pp.105550 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mssp.2021.106156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mssp.2020.105550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04917047v1</w:t>
+                <w:t xml:space="preserve">hal-03492895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration and characterization of a 200 mm stretchable and flexible ultra-thin semi-conductor film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3149,377 +3149,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02534522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic study of hydrogen lateral diffusion at high temperature in a directly-bonded InP-SiO 2 /Si substrate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of an Amino-Alcohol Organic Molecule on SiO 2 and Si Bonding Energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Besancon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Fournel</w:t>
+                <w:t xml:space="preserve">Aziliz Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Sanchez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Dupre</w:t>
+                <w:t xml:space="preserve">Gaëlle Eleouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab5ce5⟩</w:t>
+              <w:t xml:space="preserve">ECS Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 98 (4), pp.3-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/09804.0003ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917600v1</w:t>
+                <w:t xml:space="preserve">cea-04922835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of an Amino-Alcohol Organic Molecule on SiO 2 and Si Bonding Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">Kinetic study of hydrogen lateral diffusion at high temperature in a directly-bonded InP-SiO 2 /Si substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Besancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aziliz Calvez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Larrey</w:t>
+                <w:t xml:space="preserve">N. Vaissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Eleouet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Morales</w:t>
+                <w:t xml:space="preserve">C. Dupre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 98 (4), pp.3-9. </w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (13), pp.135205. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/09804.0003ecst⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6528/ab5ce5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04922835v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of AlGaInAs-Based Laser Behavior Grown on Hybrid InP-SiO₂/Si and InP Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Besancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giancarlo Cerulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Néel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Make</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (8), pp.469-472. </w:t>
@@ -3551,291 +3551,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02917586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the surface bonding energy: A comparison between the classical double-cantilever beam experiment and its nanoscale analog</w:t>
+                <w:t xml:space="preserve">Unveiling the optical emission channels of monolayer semiconductors coupled to silicon nanoantennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Pantzas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Fournel</w:t>
+                <w:t xml:space="preserve">Jean-Marie Poumirol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Talneau</w:t>
+                <w:t xml:space="preserve">Ioannis Paradisanos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Patriarche</w:t>
+                <w:t xml:space="preserve">Shivangi Shree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Le Bourhis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gonzague Agez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5143843⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (11), pp.3106-3115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.0c01175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03030828v1</w:t>
+                <w:t xml:space="preserve">hal-03075337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the optical emission channels of monolayer semiconductors coupled to silicon nanoantennas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Measuring the surface bonding energy: A comparison between the classical double-cantilever beam experiment and its nanoscale analog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ioannis Paradisanos</w:t>
+                <w:t xml:space="preserve">K. Pantzas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shivangi Shree</w:t>
+                <w:t xml:space="preserve">A. Talneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gonzague Agez</w:t>
+                <w:t xml:space="preserve">G. Patriarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Marie</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Éric Le Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 7 (11), pp.3106-3115. </w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.045006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.0c01175⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5143843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03075337v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SiO2-SiO2 die-to-wafer direct bonding interface weakening</w:t>
               </w:r>
@@ -3847,64 +3847,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshiyuki Tabata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Moriceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4079,987 +4079,987 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04937828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of temporary adherence to improve the manufacturing of 3D thin silicon wafers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FIVHeMA: Intraventricular fibrinolysis versus external ventricular drainage alone in aneurysmal subarachnoid hemorrhage: A randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Montmeat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T. Enot</w:t>
+                <w:t xml:space="preserve">T. Gaberel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gakuba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.03.009⟩</w:t>
+              <w:t xml:space="preserve">Neurochirurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 65 (1), pp.14-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuchi.2018.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02186447v1</w:t>
+                <w:t xml:space="preserve">hal-02154104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FIVHeMA: Intraventricular fibrinolysis versus external ventricular drainage alone in aneurysmal subarachnoid hemorrhage: A randomized controlled trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">F. Fournel</w:t>
+                <w:t xml:space="preserve">Epitaxial Growth of High‐Quality AlGaInAs‐Based Active Structures on a Directly Bonded InP‐SiO 2 /Si Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Besancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Le Blanc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Gaillard</w:t>
+                <w:t xml:space="preserve">Cecilia Dupre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurochirurgie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuchi.2018.11.004⟩</w:t>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 217 (3), pp.1900523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssa.201900523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154104v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epitaxial Growth of High‐Quality AlGaInAs‐Based Active Structures on a Directly Bonded InP‐SiO 2 /Si Substrate</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Vaissière</w:t>
+                <w:t xml:space="preserve">Transient current technique for charged traps detection in silicon bonded interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bronuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Dupre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Loic Sanchez</w:t>
+                <w:t xml:space="preserve">D. Bouvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. F. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssa.201900523⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.025307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5079999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02917597v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02186439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient current technique for charged traps detection in silicon bonded interfaces</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Bouvet</w:t>
+                <w:t xml:space="preserve">Application of temporary adherence to improve the manufacturing of 3D thin silicon wafers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Charrier</w:t>
+                <w:t xml:space="preserve">P. Montmeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Enot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. F. Garcia</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Wimplinger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (2), pp.025307. </w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 91, pp.123-130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5079999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2019.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02186439v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02186447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymer bonding temperature impact on bonded stack morphology and adherence energy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A direct sensor to measure minute liquid flow rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Louro de Oliveira</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Preeti Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Motte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Cross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Charlaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsystem Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00542-017-3519-1⟩</w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (9), pp.5726-5730. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.8b02332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02186140v1</w:t>
+                <w:t xml:space="preserve">hal-02001168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of water diffusion in deposited silicon oxides on direct bonding of hydrophilic surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desomberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Roule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsystem Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 24 (1), pp.801-808. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00542-017-3527-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01821482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A direct sensor to measure minute liquid flow rates</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">Polymer bonding temperature impact on bonded stack morphology and adherence energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Montmeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Enot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Cross</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Louro de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 18 (9), pp.5726-5730. </w:t>
+              <w:t xml:space="preserve">Microsystem Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (1), pp.793-799. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.8b02332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00542-017-3519-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02001168v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02186140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and adhesion characterization of a silicon wafer for temporary bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Montmeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Enot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Enyedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5148,51 +5148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strongly Directional Scattering from Dielectric Nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Wiecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Cuche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5200,51 +5200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arbouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS photonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 4 (8), pp.2036 - 2046. </w:t>
@@ -5276,4561 +5276,4695 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01730478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">InGaAs-OI Substrate Fabrication on a 300 mm Wafer</w:t>
+                <w:t xml:space="preserve">Manufacturing and characterization of III-V on silicon multijunction solar cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lecestre</w:t>
+                <w:t xml:space="preserve">Elias Veinberg-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Mallet</w:t>
+                <w:t xml:space="preserve">Cécilia Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Larrieu</w:t>
+                <w:t xml:space="preserve">Pablo Garcia-Linares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Sollier</w:t>
+                <w:t xml:space="preserve">Christophe Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Widiez</w:t>
+                <w:t xml:space="preserve">Romain Thibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Low Power Electronics and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (4), pp.19. </w:t>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 92, pp.242 - 247. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jlpea6040019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2016.07.066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01991855v1</w:t>
+                <w:t xml:space="preserve">hal-05550620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface water diffusion in silicon direct bonding</w:t>
+                <w:t xml:space="preserve">InGaAs-OI Substrate Fabrication on a 300 mm Wafer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Tedjini</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">V. Larrey</w:t>
+                <w:t xml:space="preserve">A. Lecestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Landru</w:t>
+                <w:t xml:space="preserve">N. Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Sollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Widiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4962464⟩</w:t>
+              <w:t xml:space="preserve">Journal of Low Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (4), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jlpea6040019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01851936v1</w:t>
+                <w:t xml:space="preserve">hal-01991855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct wafer bonding of amorphous or densified atomic layer deposited alumina thin films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Interface water diffusion in silicon direct bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tedjini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Landru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microsystem Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00542-015-2437-3⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 109 (11), pp.111603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4962464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586120v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01851936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Stress Corrosion in Bonded Structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct Bonding Mechanism of ALD-Al 2 O 3 Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Beche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Beche</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 4 (5), pp.P124-P130. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2015, 4 (5), pp.P171-P175</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02016558v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Bonding Mechanism of ALD-Al 2 O 3 Thin Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water Stress Corrosion in Bonded Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin-Cocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Radisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Beche</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS Journal of Solid State Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 4 (5), pp.P171-P175</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 4 (5), pp.P124-P130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/2.0031505jss⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02016525v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanism involved in direct hydrophobic Si(100)-2x1:H bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsystem Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 21 (5), pp.961-968. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00542-015-2443-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01616552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Copper–Copper Direct Bonding on Voiding in Metal Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gondcharton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benaissa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verdier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electronic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44 (11), pp.4128-4133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11664-015-3992-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01263546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature of Tunable Hole g Factors in Quantum Dots</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Direct wafer bonding of amorphous or densified atomic layer deposited alumina thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Stoffel</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elodie Beche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.046602⟩</w:t>
+              <w:t xml:space="preserve">Microsystem Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (5), pp.953-959. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00542-015-2437-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01285177v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The angular dislocation parallel to a free surface. Application to a (111)Si low angle twist boundary</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature of Tunable Hole g Factors in Quantum Dots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sami Youssef</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">N. Ares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bonnet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">V. N. Golovach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Katsaros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Stoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2011.600734⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.046602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00723598v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observation of Spin-Selective Tunneling in SiGe Nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Katsaros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitaly N. Golovach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panayotis Spathis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Ares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Stoffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 107 (24), pp.246601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.246601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00984199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid superconductor-semiconductor devices made from self-assembled SiGe nanocrystals on silicon</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The angular dislocation parallel to a free surface. Application to a (111)Si low angle twist boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Neily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Nanotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 91 (31), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2011.600734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nnano.2010.84⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00700017v1</w:t>
+                <w:t xml:space="preserve">hal-00723598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternate dissociation of the screw dislocations in a (001) buried small-angle twist boundary in silicon</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.L. Rouvière</w:t>
+                <w:t xml:space="preserve">Hybrid superconductor-semiconductor devices made from self-assembled SiGe nanocrystals on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Katsaros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panayotis Spathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stoffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mongillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.458-464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nnano.2010.84⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00389424v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00700017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanism of Thermal Silicon Oxide Direct Wafer Bonding</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Libralesso</w:t>
+                <w:t xml:space="preserve">Alternate dissociation of the screw dislocations in a (001) buried small-angle twist boundary in silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Loubradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochemical and Solid-State Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 89 (5), pp.413-434</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04526268v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00389424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled Ge quantum dots positioning with nano-patterned Si(001) substrates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanism of Thermal Silicon Oxide Direct Wafer Bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pascale</w:t>
+                <w:t xml:space="preserve">C. Ventosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Libralesso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Papon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">physica status solidi (b)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pssb.200671533⟩</w:t>
+              <w:t xml:space="preserve">Electrochemical and Solid-State Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 12 (10), pp.H373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1.3193533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01875054v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance and Physics of sub-50nm Strained Si on Si1-xGex-On-Insulator (SGOI) nMOSFETs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ernst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Faynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Rozeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bogumilowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid-State Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 50, pp.566</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00145116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ge quantum dots growth on nanopatterned Si(001) surface: Morphology and stress relaxation study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Bavard</w:t>
+                <w:t xml:space="preserve">Performance and Physics of sub-50nm Strained Si on Si1-xGex-On-Insulator (SGOI) MOSFETs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Faynot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rozeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bogumilowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 50, pp.566</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01876867v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00145501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance and Physics of sub-50nm Strained Si on Si1-xGex-On-Insulator (SGOI) MOSFETs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Bogumilowicz</w:t>
+                <w:t xml:space="preserve">Ge quantum dots growth on nanopatterned Si(001) surface: Morphology and stress relaxation study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pascale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gentile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Meziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bavard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 600 (16), pp.3187 - 3193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2006.06.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00145501v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic and optical properties of Si ∕ Si O 2 nanostructures. I. Electron-hole collective processes in single Si ∕ Si O 2 quantum wells</w:t>
+                <w:t xml:space="preserve">Controlled Ge quantum dots positioning with nano-patterned Si(001) substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Pauc</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">A. Bavard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pascale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Magnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">physica status solidi (b)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 243 (15), pp.3963 - 3967. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pssb.200671533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.72.205324⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02060353v1</w:t>
+                <w:t xml:space="preserve">hal-01875054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescence of nanometric single silicon quantum wells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Electronic and optical properties of Si ∕ Si O 2 nanostructures. I. Electron-hole collective processes in single Si ∕ Si O 2 quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pauc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Magnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.08.052⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 72 (20), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.72.205324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01875076v1</w:t>
+                <w:t xml:space="preserve">hal-02060353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-thin strained SOI substrate analysis by pseudo-MOS measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photoluminescence of nanometric single silicon quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pauc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gallon</w:t>
+                <w:t xml:space="preserve">V. Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fenouillet-Beranger</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Magnea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 80, pp. 241-244. </w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 27 (5), pp.1000 - 1003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mee.2005.04.074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.08.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00417214v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germanium growth on nanopatterned surface studied by STM</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultra-thin strained SOI substrate analysis by pseudo-MOS measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Leroy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Meziere</w:t>
+                <w:t xml:space="preserve">C. Gallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fenouillet-Beranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorin Cristoloveanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Allibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2004.11.177⟩</w:t>
+              <w:t xml:space="preserve">Microelectronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 80, pp. 241-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mee.2005.04.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01875068v1</w:t>
+                <w:t xml:space="preserve">hal-00417214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron hole liquid in silicon single quantum wells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Germanium growth on nanopatterned surface studied by STM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gentile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Meziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.08.051⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 275 (1-2), pp.e1609 - e1613. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2004.11.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01875073v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Dimensional Electron-Hole Liquid in Single Si Quantum Wells with Large Electronic and Dielectric Confinement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+                <w:t xml:space="preserve">Electron hole liquid in silicon single quantum wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pauc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Magnea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.92.236802⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 27 (5), pp.995 - 999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2004.08.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02060361v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01875073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering strained silicon on insulator wafers with the Smart CutTM technology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two-Dimensional Electron-Hole Liquid in Single Si Quantum Wells with Large Electronic and Dielectric Confinement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Pauc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Magnea</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid-State Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sse.2004.01.011⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 92 (23), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.92.236802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-04175606v1</w:t>
+                <w:t xml:space="preserve">hal-02060361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled surface nanopatterning with buried dislocation arrays</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Engineering strained silicon on insulator wafers with the Smart CutTM technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ghyselen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Hartmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aulnette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Osternaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Solid-State Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 48 (8), pp.1285-1296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sse.2004.01.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.susc.2003.08.051⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01876866v1</w:t>
+                <w:t xml:space="preserve">hal-04175606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazing incidence x-ray scattering investigation of Si surface patterned with buried dislocation networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
+                <w:t xml:space="preserve">Controlled surface nanopatterning with buried dislocation arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gentile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Surface Science : A Journal Devoted to the Physics and Chemistry of Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 545 (3), pp.211 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.susc.2003.08.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.1568545⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01442883v1</w:t>
+                <w:t xml:space="preserve">hal-01876866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GIXRD of nanoscale strain patterning in wafer bonding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Grazing incidence x-ray scattering investigation of Si surface patterned with buried dislocation networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Buttard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lazzari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0168-583X(02)01677-4⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 82 (16), pp.2598 - 2600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1568545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01876871v1</w:t>
+                <w:t xml:space="preserve">hal-01442883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ordering of Ge quantum dots with buried Si dislocation networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
+                <w:t xml:space="preserve">GIXRD of nanoscale strain patterning in wafer bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leroy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Gentile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 200, pp.73 - 78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0168-583X(02)01677-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01989695v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray reflectivity of silicon on insulator wafers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Ordering of Ge quantum dots with buried Si dislocation networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Rieutord</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Gentile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H. Moriceau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 80 (17), pp.3078-3080</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01876885v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01989695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement induced enhancement of the emission in Er-implanted Si/SiO2 quantum wells fabricated on SOI substrates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X-ray reflectivity of silicon on insulator wafers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Buttard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 4 (1-3), pp.31 - 33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1369-8001(00)00158-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01996944v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazing incidence X-ray studies of twist-bonded Si/Si and Si/SiO2 interfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D Lübbert</w:t>
+                <w:t xml:space="preserve">Confinement induced enhancement of the emission in Er-implanted Si/SiO2 quantum wells fabricated on SOI substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Calvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ulmer-Tuffigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Magnea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Hadji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 81 (1-3), pp.43-45</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01876872v1</w:t>
+                <w:t xml:space="preserve">cea-01996944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra thin silicon films directly bonded onto silicon wafers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grazing incidence X-ray studies of twist-bonded Si/Si and Si/SiO2 interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Buttard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J.L Rouvière</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Lübbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0921-5107(99)00431-6⟩</w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 283 (1-3), pp.103 - 107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0921-4526(99)01900-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01876883v1</w:t>
+                <w:t xml:space="preserve">hal-01876872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanometric patterning with ultrathin twist bonded silicon wafers</w:t>
+                <w:t xml:space="preserve">Ultra thin silicon films directly bonded onto silicon wafers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Magnea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B Buttard</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0040-6090(00)01460-7⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 73 (1-3), pp.42 - 46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0921-5107(99)00431-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01876895v1</w:t>
+                <w:t xml:space="preserve">hal-01876883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nanometric patterning with ultrathin twist bonded silicon wafers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Moriceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Magnea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Eymery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Buttard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 380 (1-2), pp.10 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0040-6090(00)01460-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Grazing incidence X-ray studies of twist-bonded Si/Si and Si/SiO2 interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Buttard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Eymery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Lübbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 283 (1-3), pp.103 - 107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0921-4526(99)01900-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01876874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9840,2463 +9974,2463 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copper Microstructure Optimization for Fine Pitch Low Temperature Cu/SiO 2 Hybrid Bonding</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Romero</w:t>
+                <w:t xml:space="preserve">Ultra low temperature hybrid bonding: morphological and electrical characterizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dominguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 74th Electronic Components and Technology Conference (ECTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECTC51529.2024.00105⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE 10th Electronics System-Integration Technology Conference (ESTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Berlin, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESTC60143.2024.10712151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04758477v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04924735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine pitch Nb-Nb Direct Bonding for quantum applications</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Edouard Deschaseaux</w:t>
+                <w:t xml:space="preserve">Towards 200 mm 2D materials transfer: Wafer scale characterizations during 2D materials transfer onto temporary substrate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Fournel</w:t>
+                <w:t xml:space="preserve">Thibaut Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Cadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 74th Electronic Components and Technology Conference (ECTC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2024 MRS Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, BOSTON, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04758586v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04768415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and mitigation of local wafer deformations introduced by direct wafer-to-wafer bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard van Haren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suwen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mart Baars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Minghetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leon van Dijk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novel Patterning Technologies 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, San Jose, United States. pp.1295606, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.3010477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04769554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards 200 mm 2D materials transfer: Wafer scale characterizations during 2D materials transfer onto temporary substrate.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephane Cadot</w:t>
+                <w:t xml:space="preserve">Fine pitch Nb-Nb Direct Bonding for quantum applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Deschaseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 MRS Fall Meeting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE 74th Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Denver, United States. pp.441-446, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC51529.2024.00076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04768415v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04758586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra low temperature hybrid bonding: morphological and electrical characterizations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dominguez</w:t>
+                <w:t xml:space="preserve">Copper Microstructure Optimization for Fine Pitch Low Temperature Cu/SiO 2 Hybrid Bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Maubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gottardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emile Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Fragnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 10th Electronics System-Integration Technology Conference (ESTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ESTC60143.2024.10712151⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE 74th Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Denver, United States. pp.631-636, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC51529.2024.00105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04924735v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04758477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Diameter Epi-Ready InP on Si (InPOSi) Substrates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Sanchez</w:t>
+                <w:t xml:space="preserve">Integration and process challenges of self assembly applied to die-to-wafer hybrid bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bourjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Nadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Enot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Compound Semiconductor Manufacturing Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ECTC 2023 - IEEE 73rd Electronic Components and Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Orlando, United States. pp.1397-1402, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC51909.2023.00239⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04624561v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D sequential integration with Si CMOS stacked on 28nm industrial FDSOI with Cu-ULK iBEOL featuring RO and HDR pixel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Mota-Frutuoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lapras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lugo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEDM 2023 - IEEE International Electron Devices Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, San Francisco, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IEDM45741.2023.10413864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04540443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration and process challenges of self assembly applied to die-to-wafer hybrid bonding</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Loic Sanchez</w:t>
+                <w:t xml:space="preserve">Enabling layer transfer and back-side power delivery network applications by wafer bonding and scanner correction optimizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard van Haren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suwen Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Minghetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leon van Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaas Brantjes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTC 2023 - IEEE 73rd Electronic Components and Technology Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECTC51909.2023.00239⟩</w:t>
+              <w:t xml:space="preserve">Metrology, Inspection, and Process Control XXXVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, San Jose, United States. pp.76, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2657422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757847v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04755920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enabling layer transfer and back-side power delivery network applications by wafer bonding and scanner correction optimizations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Klaas Brantjes</w:t>
+                <w:t xml:space="preserve">Large Diameter Epi-Ready InP on Si (InPOSi) Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ghyselen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fx Darras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Mourey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Navone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metrology, Inspection, and Process Control XXXVII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Compound Semiconductor Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Orlando, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04755920v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stressed Si/Si homo-structures manufacturing using surface activated bonding in temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lomonaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Lomonaco</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Colonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WaferBond’22 - The International Conference on Wafer Bonding for Microsystems, 3D- and Wafer Level Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Schmalkalden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04613733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">10 μm and 5 μm Die-to-Wafer Direct Hybrid Bonding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation acoustique de l’énergie de collage direct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Iklil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Despaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Deloffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 9th Electronics System-Integration Technology Conference (ESTC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04521796v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03848159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation acoustique de l’énergie de collage direct</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">10 μm and 5 μm Die-to-Wafer Direct Hybrid Bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bourjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Ladner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE 9th Electronics System-Integration Technology Conference (ESTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Sibiu, Romania. pp.31-38, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ESTC55720.2022.9939476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03848159v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04521796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineered SiC materials for power technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Schwarzenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverin Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Berre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICICDT 2022 - 2022 International Conference on IC Design and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Hanoi, Vietnam. pp.55-56, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICICDT56182.2022.9933092⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04528483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AlGaInAs Multi-Quantum Well Laser Array on Silicon Achieved by InP-Seed-Bonding and MOVPE Selective Area Growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Besancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vaissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Neel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Mehdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 Compound Semiconductor Week (CSW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Ann Arbor, United States. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CSW55288.2022.9930433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04627233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of an AlGaAs/GaAs crystalline Bragg mirror from a GaAs substrate to a fused silica substrate by direct bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Hui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Arnoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics and Photonics for Advanced Dimensional Metrology II</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.2621898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04793515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Array Covering 155 nm Wide Spectral Band Achieved by Selective Area Growth on Silicon Wafer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Vaissiere</w:t>
+                <w:t xml:space="preserve">Opportunities and challenges brought by 3D-sequential integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoforos Theodorou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Batude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fenouillet-Beranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lattard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 European Conference on Optical Communications (ECOC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECOC48923.2020.9333230⟩</w:t>
+              <w:t xml:space="preserve">2021 IEEE International Interconnect Technology Conference (IITC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Kyoto, France. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IITC51362.2021.9537356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627280v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards $5\mu \mathrm{m}$ interconnection pitch with Die-to-Wafer direct hybrid bonding</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bresson</w:t>
+                <w:t xml:space="preserve">Laser Array Covering 155 nm Wide Spectral Band Achieved by Selective Area Growth on Silicon Wafer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Besancon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Neel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Cerulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vaissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE 71st Electronic Components and Technology Conference (ECTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECTC32696.2021.00085⟩</w:t>
+              <w:t xml:space="preserve">2020 European Conference on Optical Communications (ECOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Brussels, Belgium. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECOC48923.2020.9333230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04951727v1</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunities and challenges brought by 3D-sequential integration</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Lattard</w:t>
+                <w:t xml:space="preserve">Towards $5\mu \mathrm{m}$ interconnection pitch with Die-to-Wafer direct hybrid bonding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Bourjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noura Nadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Bond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE International Interconnect Technology Conference (IITC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IITC51362.2021.9537356⟩</w:t>
+              <w:t xml:space="preserve">2021 IEEE 71st Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, San Diego, United States. pp.470-475, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC32696.2021.00085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434018v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04951727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die to Wafer Direct Hybid Bonding Demonstration with High Alignment Accuracy and Electrical Yields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12305,1986 +12439,1986 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International 3D Systems Integration Conference (3DIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Sendai, Japan. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/3DIC48104.2019.9058905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04777615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reliable copper-free wafer level hybrid bonding technology for high-performance medical imaging sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lagoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Crochemore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mauguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 70th Electronic Components and Technology Conference (ECTC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Orlando, United States. pp.201-209, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECTC32862.2020.00044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04924159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High temperature sealing of silicon oxide/oxide bonding interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Landru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRiME 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Online, United States. pp.1627-1627, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/MA2020-02221627mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03096019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die-to-Wafer 3D Interconnections Operating at Sub-Kelvin Temperatures for Quantum Computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 8th Electronics System-Integration Technology Conference (ESTC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Tønsberg, Norway. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ESTC48849.2020.9229657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03455251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Complete Direct Hybrid Bonding D2W Integration Flow: Known-Good-Dies and Die Planarization Modules Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bourjot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Lagoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International 3D Systems Integration Conference (3DIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Sendai, Japan. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/3DIC48104.2019.9058783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04776545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly Strained Silicon on Polymer Obtained By Temporary Polymer Wafer Bonding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gaëtan Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montméat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edy Azrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikita Nikitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRiME 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Online, United States. pp.1618-1618, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/MA2020-02221618mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03096035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustness and reliability achievements for direct hybrid bonding integration: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Jourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lhostis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bouchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 6th International Workshop on Low Temperature Bonding for 3D Integration (LTB-3D)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Kanazawa, Japan. pp.11-11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/LTB-3D.2019.8735353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04521620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-quality Epitaxial Growth of AlGaInAs-based Active Structure on a Directly-Bonded InPoSi Substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Besancon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Decobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Le Goec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vaissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Dupre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Compound Semiconductor Week (CSW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Nara, Japan. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICIPRM.2019.8818994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Breakthroughs in 3D Sequential technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fenouillet-Beranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Batude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Beaurepaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ponthenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 IEEE International Electron Devices Meeting (IEDM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, San Francisco, United States. pp.7.2.1-7.2.4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IEDM.2018.8614653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04808833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-Assembly Process for 3D Die-to-Wafer using Direct Bonding: A Step Forward Toward Process Automatisation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Rolland</w:t>
+                <w:t xml:space="preserve">Die to wafer direct bonding: from fundamental mechanisms to optoelectronic and 3D applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Montmayeul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE 69th Electronic Components and Technology Conference (ECTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECTC.2019.00041⟩</w:t>
+              <w:t xml:space="preserve">2019 6th International Workshop on Low Temperature Bonding for 3D Integration (LTB-3D)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Kanazawa, Japan. pp.16-16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/LTB-3D.2019.8735248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04783270v1</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04790247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Die to wafer direct bonding: from fundamental mechanisms to optoelectronic and 3D applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Laugier</w:t>
+                <w:t xml:space="preserve">Self-Assembly Process for 3D Die-to-Wafer using Direct Bonding: A Step Forward Toward Process Automatisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jouve Amandine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Castan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Laugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 6th International Workshop on Low Temperature Bonding for 3D Integration (LTB-3D)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/LTB-3D.2019.8735248⟩</w:t>
+              <w:t xml:space="preserve">2019 IEEE 69th Electronic Components and Technology Conference (ECTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Las Vegas, United States. pp.225-234, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECTC.2019.00041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04790247v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04783270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Invited) Water Transport Along Si/Si Direct Wafer Bonding Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Nikitskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwan Tedjini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIMES 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Electrochemical Society ECS, Sep 2018, CANCUN, Mexico. pp.39-47, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/08605.0039ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02005572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A sensor to measure flow rate in individual nanopore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preeti Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Cross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Charlaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la matière condensée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02017568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafer-Bonded AlGaAs///Si Dual-Junction Solar Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Veinberg-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Vauche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Weick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy da Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE 44th Photovoltaic Specialists Conference (PVSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Washington, United States. pp.2562-2565, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PVSC.2017.8366116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1μm Pitch direct hybrid bonding with &amp;lt;300nm wafer-to-wafer overlay accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Jouve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Balan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Euvrard-Colnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE SOI-3D-Subthreshold Microelectronics Technology Unified Conference (S3S)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Burlingame, Canada. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/S3S.2017.8309213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02185349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strongly directional scattering from dielectric nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Wiecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arbouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14316,1480 +14450,1480 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">META 2017, Symp. 14 "Fano resonances in optics and microwaves</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Incheon- Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01768972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Water Edge Absorption on Silicon Oxide Direct Bonding Energy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adhesion Energy and Bonding Wave Velocity Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mauguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">V. Larrey</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Radisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rieutord</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRIME 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2016, Honolulu, United States. pp.129-134, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/07509.0129ecst⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2016, Honolulu, United States. pp.145-152, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/07509.0145ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01974475v1</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of Ultra-Thin Semi-Conductor Films onto Flexible Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Montméat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. de Nigris Brandolisi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Enot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Enyedi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PRiME 2016/230th ECS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Electrochemical Society, Oct 2016, Honolulu, United States. pp.247-252, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/07509.0247ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02016097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhesion Energy and Bonding Wave Velocity Measurements</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Rieutord</w:t>
+                <w:t xml:space="preserve">Linear and nonlinear light scattering properties of individual silicon nanowires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Wiecha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arbouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRIME 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th Int. Conf. on Nanostructures and Nanomaterials Self-Assembly (nanosea 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Giardini Naxos, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01974477v1</w:t>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01768994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear and nonlinear light scattering properties of individual silicon nanowires.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId509" w:history="1">
+                <w:t xml:space="preserve">Linear and nonlinear optical properties properties of individual silicon nanowires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Wiecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arbouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Baron</w:t>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lecestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Int. Conf. on Nanostructures and Nanomaterials Self-Assembly (nanosea 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Giardini Naxos, Italy</w:t>
+              <w:t xml:space="preserve">ECS Meeting, nanoscale luminescent materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01768994v1</w:t>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01769024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId519" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear and nonlinear optical properties properties of individual silicon nanowires.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Lecestre</w:t>
+                <w:t xml:space="preserve">Edge Water Penetration in Direct Bonding Interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Landru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Kononchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECS Meeting, nanoscale luminescent materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PRiME 2016/230th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Electrochemical Society, Oct 2016, Honolulu, United States. pp.163-167, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/07509.0163ecst⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId519" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01769024v1</w:t>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge Water Penetration in Direct Bonding Interface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Water Edge Absorption on Silicon Oxide Direct Bonding Energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tedjini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rieutord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">V. Larrey</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRiME 2016/230th ECS Meeting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/07509.0163ecst⟩</w:t>
+              <w:t xml:space="preserve">PRIME 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Honolulu, United States. pp.129-134, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/07509.0129ecst⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02016077v1</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3DVLSI with CoolCube process: An alternative path to scaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Batude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fenouillet-Beranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pasini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Deprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 IEEE Symposium on VLSI Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Kyoto, Japan. pp.T48-T49, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/VLSIT.2015.7223698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02049760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Invited) Water Stress Corrosion in Bonded Structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct Bonding Mechanism of ALD-Al2O3 Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Beche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">E. Beche</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rieutord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Symposium on Semiconductor Wafer Bonding - Science, Technology and Applications as part of the 226th Meeting of the Electrochem Soc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2014, Cancun, Mexico. pp.121-132</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, ECS, Oct 2014, Cancun, Mexico. pp.57-65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/06405.0057ecst⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015940v1</w:t>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Bonding Mechanism of ALD-Al2O3 Thin Films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">(Invited) Water Stress Corrosion in Bonded Structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin-Cocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Radisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Larrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Beche</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Morales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Symposium on Semiconductor Wafer Bonding - Science, Technology and Applications as part of the 226th Meeting of the Electrochem Soc</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ECS, Oct 2014, Cancun, Mexico. pp.57-65, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Oct 2014, Cancun, Mexico. pp.121-132</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId530" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02015924v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02015940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-Depth Study of Strained SGOI nMOSFETs down to 30nm Gate Length</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ernst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Faynot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Rozeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bogumilowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35st European Solid-State Device Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId532" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00146508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration de Nanocristaux Silicium, propriétés électriques et optiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Mazen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Souifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gentile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIIIème Journées de la Matière Condensée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId533" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00486149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15799,154 +15933,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buffer-free GaN-on-X engineered substrates fabricated by using Smart Cut technology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gweltaz Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Veytizou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Strate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Servant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNS-14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Fukuoka, Japan. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04667600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15956,314 +16090,314 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collage direct - Assemblage sans adhésif pour environnements extrêmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId544" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Maurel-Pantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Billeton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Debray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hecquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techniques de l'ingénieur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.N 2000, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-n2000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId548" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fano-Resonances in High Index Dielectric Nanowires for Directional Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Wiecha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Cuche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId550" w:history="1">
+            <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Kallel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Colas Des Francs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lecestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eugene Kamenetskii; Almas Sadreev; Andrey Miroshnichenko. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fano Resonances in Optics and Microwaves: Physics and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId551" w:history="1">
+            <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.283-310, 2018, 978-3-319-99730-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId552" w:history="1">
+            <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-99731-5_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01850259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16273,261 +16407,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROCEDE ET DISPOSITIF DE CONTROLE D'UN COLLAGE ENTRE DEUX SUBSTRATS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId554" w:history="1">
+            <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Dekious</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Deloffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Despaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Larrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR3060121. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
+            <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02065696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de nanostructuration de la surface d'un substrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId556" w:history="1">
+            <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId557" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId558" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bavard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Meziere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N° de brevet: FRA 0652981. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00170052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16537,100 +16671,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REALISATION PAR ADHESION MOLECULAIRE D'UN SUBSTRAT INDUISANT L'AUTO-ORGANISATION LATERALE ET CONTROLEE DU DEPOT DE NANOSTRUCTURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matière Condensée [cond-mat]. Université Joseph-Fourier - Grenoble I, 2001. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00003882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16640,105 +16774,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications de l'adhésion moléculaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Fournel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie des procédés. Université Grenoble 1, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId562" w:history="1">
+            <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04086626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId563"/>
+      <w:footerReference w:type="default" r:id="rId568"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16885,51 +17019,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05206330v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rieutord" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larrey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tardif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morales" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0277335" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05132070v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Meyer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sklenard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rolland" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/addf5b" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04991363v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Landru" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35848/1347-4065/adb6af" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765424v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Patout" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alfonso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descoins" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fournel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangelinck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2024.108814" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768354v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saranath Sripriya" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Picard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Larrey" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Charlaix" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4lc00544a" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04767394v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Colonel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Lomonaco" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abadie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Michaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0223114" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771112v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Spindlberger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aberl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vuku&#353;i&#263;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fromherz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2024.108616" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683755v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Patout" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alfonso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Descoins" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mangelinck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608606v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Renaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abadie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubarry" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Baudin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/11203.0083ecst" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158706v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Humbert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nr05526k" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03867618v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besancon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#233;el" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Make" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Manel Ram&#237;rez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cerulo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12010263" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611963v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wiecha" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Yu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.014008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521825v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lomonaco" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morales" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ga&#235;tan Michaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Richy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/10904.0277ecst" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883016v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edy Azrak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Reinhardt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tardif" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202205404" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04680083v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourjot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521812v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colonel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calvez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0114668" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492895v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montm&#233;at" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bally" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dechamp" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Enot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2020.105550" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04916731v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Eleouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/ac08d7" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096669v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Michaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Azrak" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtnano.2020.100107" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836721v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Spindlberger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moonyong Kim" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Aberl" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromherz" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Sch&#228;ffler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0036039" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264152v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/ac04ff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04917047v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Cocq" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zussy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2021.106156" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02534522v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zussy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montm&#233;at" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent H Mareau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab647a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917600v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Besancon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sanchez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vaissiere" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupre" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab5ce5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04922835v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Calvez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Eleouet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/09804.0003ecst" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917586v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2979254" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030828v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pantzas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talneau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5143843" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075337v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Poumirol" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Paradisanos" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivangi Shree" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Agez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c01175" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947360v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Tabata" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Sanchez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2020.113589" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04937828v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Karam" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bresson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubarry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/mrc.2020.77" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186447v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montmeat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wimplinger" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.03.009" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154104v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gaberel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gakuba" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Blanc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuchi.2018.11.004" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917597v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Dupre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900523" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186439v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bronuzzi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charrier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Garcia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5079999" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186140v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Louro de Oliveira" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3519-1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01821482v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desomberg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roule" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3527-1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001168v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preeti Sharma" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Motte" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cross" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b02332" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186238v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Enyedi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thooris" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2018.01.007" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV92J7K7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730478v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Cuche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arbouet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Girard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b00423" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01991855v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lecestre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mallet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Larrieu" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sollier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea6040019" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01851936v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tedjini" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Landru" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962464" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586120v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beche" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rieutord" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fillot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2437-3" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016558v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin-Cocher" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Radisson" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beche" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0031505jss" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016525v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616552v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rauer" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2443-5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263546v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondcharton" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Imbert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benaissa" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-3992-1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285177v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ares" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. N. Golovach" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Katsaros" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.046602" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723598v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Neily" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2011.600734" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984199v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly N. Golovach" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Spathis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ares" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.246601" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700017v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mongillo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2010.84" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389424v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loubradou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Youssef" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526268v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ventosa" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Libralesso" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Papon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3193533" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875054v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bavard" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eymery" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascale" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200671533" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0VV7NL3S-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145116v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrieu" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faynot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rozeau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bogumilowicz" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876867v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Meziere" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.06.004" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TQ7KFR3T-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145501v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060353v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Magnea" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205324" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875076v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.052" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJS2ZKQV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417214v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallon" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fenouillet-Beranger" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allibert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.074" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SK5ZVXFP-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875068v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.11.177" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-39VCQFW9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875073v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.051" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1QK8M5F-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060361v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.236802" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876866v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2003.08.051" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T4NBJZKF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442883v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buttard" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renaud" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lazzari" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1568545" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876871v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(02)01677-4" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V8BPBVSM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989695v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876885v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moriceau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1369-8001(00)00158-X" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJSBZ1X7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996944v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sotta" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ulmer-Tuffigo" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876872v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D L&#252;bbert" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-4526(99)01900-6" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70W4FLZ0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876883v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5107(99)00431-6" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4FVR07C-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876895v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Buttard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(00)01460-7" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0S4LL5ZV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876874v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04758477v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maubert" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gottardi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emile Philip" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fragnaud" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romero" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51529.2024.00105" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04758586v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bresson" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Deschaseaux" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51529.2024.00076" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769554v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard van Haren" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwen Li" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Baars" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Minghetti" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon van Dijk" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3010477" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04768415v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dey" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cadot" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924735v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Faure" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dominguez" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC60143.2024.10712151" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04624561v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fx Darras" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mourey" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Navone" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sanchez" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04540443v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mota-Frutuoso" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lapras" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Basset" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugo" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413864" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757847v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bond" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Nadi" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Enot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51909.2023.00239" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04755920v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Brantjes" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2657422" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04613733v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521796v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ladner" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Moreau" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC55720.2022.9939476" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848159v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Iklil" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Despaux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deloffre" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04528483v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Schwarzenbach" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Rouchier" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulet" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ledoux" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT56182.2022.9933092" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04627233v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaissiere" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neel" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mehdi" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lefevre" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSW55288.2022.9930433" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04793515v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hui" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Andr&#233;" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Besson" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621898" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04627280v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besancon" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fanneau" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neel" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cerulo" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC48923.2020.9333230" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04951727v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Castan" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC32696.2021.00085" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434018v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoforos Theodorou" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Batude" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IITC51362.2021.9537356" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04777615v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouve" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC48104.2019.9058905" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924159v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagoutte" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crochemore" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauguen" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Flahaut" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC32862.2020.00044" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096019v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-02221627mtgabs" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455251v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Thomas" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charbonnier" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Garnier" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC48849.2020.9229657" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04776545v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourjot" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stewart" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rolland" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC48104.2019.9058783" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096035v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Nikitskiy" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-02221618mtgabs" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521620v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jourdon" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lhostis" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchu" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Henrion" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/LTB-3D.2019.8735353" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02330625v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decobert" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Goec" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2019.8818994" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04808833v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaurepaire" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ponthenier" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2018.8614653" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04783270v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouve Amandine" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Laugier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00041" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04790247v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montmayeul" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laugier" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/LTB-3D.2019.8735248" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02005572v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nikitskiy" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Tedjini" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/08605.0039ecst" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017568v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Charlaix" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02042351v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Veinberg-Vidal" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vauche" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Weick" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy da Fonseca" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jany" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2017.8366116" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02185349v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balan" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Euvrard-Colnat" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S.2017.8309213" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768972v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paillard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974475v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0129ecst" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016097v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Nigris Brandolisi" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0247ecst" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974477v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0145ecst" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768994v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769024v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016077v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kononchuk" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0163ecst" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049760v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pasini" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lu" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deprat" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSIT.2015.7223698" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02015940v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02015924v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06405.0057ecst" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146508v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486149v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Souifi" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04667600v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Gaudin" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Veytizou" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Strate" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801185v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Maurel-Pantel" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billeton" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Debray" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n2000" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850259v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Kallel" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/de/book/9783319997308" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99731-5_12" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065696v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Dekious" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170052v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pigeon" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bavard" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Meziere" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003882v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04086626v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05206330v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Noel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rieutord" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Larrey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tardif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Morales" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0277335" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04991363v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Landru" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35848/1347-4065/adb6af" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05132070v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sklenard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rolland" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/addf5b" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765424v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Patout" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alfonso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descoins" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fournel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangelinck" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2024.108814" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04771112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Spindlberger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aberl" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vuku&#353;i&#263;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fromherz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Hartmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2024.108616" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768354v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saranath Sripriya" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Picard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Larrey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Charlaix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4lc00544a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04767394v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Colonel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Lomonaco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abadie" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Michaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0223114" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683755v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Patout" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alfonso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Descoins" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mangelinck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158706v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Humbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hernandez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mallet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Larrieu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nr05526k" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608606v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Renaud" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abadie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubarry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Baudin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/11203.0083ecst" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611963v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Wiecha" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Colas Des Francs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Yu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.17.014008" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521825v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lomonaco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morales" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ga&#235;tan Michaud" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Richy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/10904.0277ecst" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883016v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edy Azrak" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Michaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Reinhardt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tardif" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202205404" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04680083v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourjot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521812v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colonel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calvez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Moreau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0114668" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03867618v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besancon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine N&#233;el" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Make" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Manel Ram&#237;rez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Cerulo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12010263" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04916731v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Eleouet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/ac08d7" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096669v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Michaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Azrak" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Castan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtnano.2020.100107" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04836721v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Spindlberger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moonyong Kim" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Aberl" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fromherz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Sch&#228;ffler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0036039" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264152v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bousquet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2162-8777/ac04ff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04917047v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montm&#233;at" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Cocq" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Enot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zussy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2021.106156" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492895v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bally" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dechamp" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2020.105550" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02534522v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Castan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zussy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montm&#233;at" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent H Mareau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab647a" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04922835v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Calvez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Eleouet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/09804.0003ecst" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917600v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Besancon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sanchez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vaissiere" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dupre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ab5ce5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917586v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2979254" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075337v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Poumirol" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Paradisanos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivangi Shree" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzague Agez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.0c01175" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030828v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pantzas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Talneau" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Patriarche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Le Bourhis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5143843" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947360v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Tabata" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Sanchez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2020.113589" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04937828v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnaud" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Karam" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bresson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubarry" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Borel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/mrc.2020.77" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154104v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gaberel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gakuba" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Blanc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuchi.2018.11.004" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02917597v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Dupre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900523" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186439v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bronuzzi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouvet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charrier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. F. Garcia" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5079999" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186447v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montmeat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wimplinger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2019.03.009" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001168v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preeti Sharma" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Motte" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cross" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b02332" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01821482v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desomberg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roule" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Barthel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3527-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186140v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Louro de Oliveira" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-017-3519-1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186238v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Enyedi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pellat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thooris" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2018.01.007" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV92J7K7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730478v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Cuche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arbouet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Girard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b00423" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550620v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Veinberg-Vidal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Dupr&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Garcia-Linares" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jany" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thibon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2016.07.066" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01991855v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lecestre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mallet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Larrieu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Sollier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jlpea6040019" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01851936v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tedjini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Landru" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4962464" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016525v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Beche" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02016558v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin-Cocher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Radisson" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/2.0031505jss" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616552v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rauer" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rieutord" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2443-5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263546v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gondcharton" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Imbert" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benaissa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-015-3992-1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586120v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beche" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fillot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2437-3" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285177v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ares" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. N. Golovach" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Katsaros" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stoffel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.046602" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984199v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly N. Golovach" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Spathis" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Ares" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.246601" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723598v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Neily" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2011.600734" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700017v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mongillo" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2010.84" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389424v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loubradou" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Youssef" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526268v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ventosa" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Libralesso" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Papon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3193533" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145116v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrieu" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ernst" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faynot" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rozeau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bogumilowicz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145501v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876867v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascale" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentile" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eymery" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Meziere" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bavard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2006.06.004" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TQ7KFR3T-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875054v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.200671533" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0VV7NL3S-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060353v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pauc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Calvo" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Magnea" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.205324" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875076v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.052" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJS2ZKQV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417214v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fenouillet-Beranger" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allibert" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.074" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SK5ZVXFP-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875068v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2004.11.177" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-39VCQFW9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875073v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2004.08.051" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1QK8M5F-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060361v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.92.236802" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04175606v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ghyselen" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aulnette" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Osternaud" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2004.01.011" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VGR41TH0-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876866v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2003.08.051" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T4NBJZKF-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442883v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Buttard" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Renaud" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lazzari" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1568545" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876871v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(02)01677-4" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V8BPBVSM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01989695v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876885v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moriceau" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1369-8001(00)00158-X" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJSBZ1X7-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01996944v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sotta" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ulmer-Tuffigo" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hadji" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876872v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D L&#252;bbert" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-4526(99)01900-6" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70W4FLZ0-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876883v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5107(99)00431-6" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P4FVR07C-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876895v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Buttard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(00)01460-7" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0S4LL5ZV-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876874v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924735v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Faure" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dominguez" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC60143.2024.10712151" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04768415v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dey" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cadot" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04769554v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard van Haren" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suwen Li" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart Baars" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Minghetti" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leon van Dijk" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3010477" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04758586v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bresson" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Deschaseaux" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51529.2024.00076" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04758477v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Maubert" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gottardi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emile Philip" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fragnaud" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romero" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51529.2024.00105" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757847v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bond" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Nadi" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Enot" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC51909.2023.00239" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04540443v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mota-Frutuoso" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lapras" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Basset" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugo" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM45741.2023.10413864" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04755920v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Brantjes" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2657422" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04624561v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fx Darras" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mourey" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Navone" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sanchez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04613733v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848159v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Iklil" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Despaux" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Deloffre" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521796v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Ladner" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Moreau" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC55720.2022.9939476" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04528483v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Schwarzenbach" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Rouchier" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Berre" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boulet" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ledoux" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICICDT56182.2022.9933092" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04627233v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vaissiere" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Neel" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mehdi" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lefevre" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSW55288.2022.9930433" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04793515v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Hui" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Andr&#233;" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Besson" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621898" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434018v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoforos Theodorou" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Batude" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Brunet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lattard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IITC51362.2021.9537356" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04627280v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Besancon" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fanneau" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Neel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cerulo" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECOC48923.2020.9333230" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04951727v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Castan" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC32696.2021.00085" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04777615v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jouve" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC48104.2019.9058905" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924159v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lagoutte" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crochemore" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mauguen" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Flahaut" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC32862.2020.00044" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096019v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-02221627mtgabs" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455251v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Thomas" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charbonnier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Garnier" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESTC48849.2020.9229657" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04776545v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bourjot" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Stewart" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rolland" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/3DIC48104.2019.9058783" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03096035v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikita Nikitskiy" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/MA2020-02221618mtgabs" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04521620v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jourdon" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lhostis" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouchu" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Henrion" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/LTB-3D.2019.8735353" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02330625v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Decobert" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Goec" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIPRM.2019.8818994" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04808833v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beaurepaire" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ponthenier" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM.2018.8614653" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04790247v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montmayeul" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laugier" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/LTB-3D.2019.8735248" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04783270v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouve Amandine" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Laugier" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECTC.2019.00041" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02005572v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Nikitskiy" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Tedjini" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/08605.0039ecst" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017568v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Charlaix" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02042351v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vauche" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Weick" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy da Fonseca" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PVSC.2017.8366116" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02185349v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balan" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Euvrard-Colnat" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/S3S.2017.8309213" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768972v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paillard" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974477v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0145ecst" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016097v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Nigris Brandolisi" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0247ecst" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768994v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769024v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lecestre" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016077v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Kononchuk" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0163ecst" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01974475v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/07509.0129ecst" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049760v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pasini" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lu" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deprat" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSIT.2015.7223698" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02015924v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06405.0057ecst" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02015940v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146508v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486149v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baron" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mazen" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Souifi" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04667600v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Gaudin" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Veytizou" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Strate" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Servant" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801185v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Maurel-Pantel" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Billeton" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Debray" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hecquet" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-n2000" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850259v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Kallel" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/de/book/9783319997308" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99731-5_12" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02065696v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Dekious" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170052v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pigeon" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bavard" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Meziere" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00003882v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04086626v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>