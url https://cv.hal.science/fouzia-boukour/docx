--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fouzia Boukour </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fouzia-boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0408-3486</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Spectrum Sensing Techniques for Robust Train-to-Train Wireless Communication Systems: A Comprehensive Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadli Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamen Alsaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Fargeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.152519 - 152529. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2025.3603626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrizations of a 77 GHz OFDM joint radar communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Serge Angelo Dapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saleh Bensator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3596870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing resource allocation in 5G-V2X communication: adaptive strategies for enhanced QoS in intelligent transportation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oummany Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elassali Raja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-025-01086-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of Neuromorphic Sound Source Localization and Echolocation-Based Navigation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dalmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (24), pp.4858. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13244858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a flexible real-time radar architecture of vital signs based on cyclic temporal moment algorithms using SDR technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Sekak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madjid Haddad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Open Journal of Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14p. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OJIM.2024.3502889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicular Communications Over OFDM Radar Sensing in the 77 GHz mmWave Band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saleh Bensator</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.4821-4829. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3235199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contactless Heart and Respiration Rates Estimation and Classification of Driver Physiological States Using CW Radar and Temporal Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Abbaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23239457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFMC Waveform and Multiple-Access Techniques for 5G RadCom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Khelouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (7), pp1-19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10070849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191682v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DMRS-based channel estimation for railway communications in tunnel environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vehicular Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, 7p. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vehcom.2021.100340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V2X Wireless Technology Identification Using Time-Frequency Analysis and Random Forest Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (13), pp1-14. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21134286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03275555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of LDS Multi Access Technique and New 5G waveforms for V2X Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Khelouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, 15p. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics9071094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOS identification for high accuracy TOA-based ranging system in tunnel environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEÜ - International Journal of Electronics and Communications / Archiv für Elektronik und Übertragungstechnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 98, pp.38 - 44. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2018.10.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and Evaluation of Pattern Division Multiple Access Scheme Jointed With 5G Waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mhedhbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp21826-21833. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2019.2893362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of pulse shaping filters on cyclostationary features of 5G waveforms candidates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 159, pp204-215. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the cyclostationarity of Universal Filtered Multi-Carrier UFMC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU - International Journal of Electronics and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89, pp174-180. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficiency analysis of a TR-UWB system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (1), pp.19-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Multi-user Ultra Wide Band System Based on Modified Gegenbauer Functions and M-OAM Modulation for Communication of Intelligent Transportation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82 (4), p2115-2134. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-015-2337-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of UWB signal performance in a constrained environment for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Cohin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Iben Jellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baranowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (4), pp. 79-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Solution for Reducing Doppler Shift in the MB-OFDM System Over High Mobility Multipath Channel for V&I Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Kabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Ait Essaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Ait Ouahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (12), p166-173. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3844/ajassp.2015.166.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-reversal UWB positioning beacon for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.28-39, article ID 27648. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2013.41005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00872038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB System Based on the Modified Gegenbauer Function in MISO Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Okassa Mfoubat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp. 117-123. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2013.420018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00992038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB communication system based on bipolar PPM with orthogonal waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, pp.181-188. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2012.33026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic radar target recognition of objects falling on railway tracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.025401-1-10. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/23/2/025401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of Passive Optical CDMA Networks using a linear parallel interference receiver in imperfect power cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Okassa Mfoubat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tatkeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Switching and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vol 9,issue2, p138-144. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.osn.2011.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel approach of UWB multi-band system based on orthogonal function for transports applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (3), pp.33608-1-6. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2011100067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB multiple access communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56, pp.333-352. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-009-9835-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00572654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millimeter-wave communicating-radars for enhanced vehicle-to-vehicle communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18, pp.440-456. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trc.2009.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of a multi-band UWB location and communication system based on modified Gegenbauer functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48, pp.361-384. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-008-9527-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Train-to-wayside wireless communication in tunnel using ultra-wide-band and time reversal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17, pp.81-97. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trc.2008.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time reversal UWB wireless communication-based train control in tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, 248-256, Special Issue on Wireless Communications in Underground and Confined Areas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication entre véhicules de transport guidé fondée sur la technologie radio ultra large bande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 24, pp.115-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00285682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using UWB gaussian pulses for inter-vehicle communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings. Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 152, pp.229-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between DS-CDMA and modified Gegenbauer functions for a multi-user communication Ultra Wide Band system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings. Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 152 (6), pp.1021-1028. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/ip-com:20045236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user Ultra Wide Band communication system based on modified Gegenbauer and Hermite functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 34, pp.255-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra wideband technique for short wireless communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical and Chemical News</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.4-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (52)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Generation Train Communication Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamen Alsaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fargeon Rodrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Petton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th SmartRaCon Scientific Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, San sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Sources of Uncertainties in CW Microwave Noncontact Vital Sign Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sekak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sebbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Antenna Measurements and Applications, CAMA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.614-617, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio Events Detection in Noisy Embedded Railway Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitou Afanou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ambellouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDCC 2020, European Dependable Computing Conference, Workshop on Artificial Intelligence for RAILwayS (AI4RAILS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Munich, Germany. pp20-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind parameters estimation for Universal Filtered Multicarrier : a cyclostationarity approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WTS 2019, Wireless Telecommunications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, New-York, United States. 6p, </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WTS.2019.8715533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Universal Filtered Multicarrier Channel Estimation with Different Pilots arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5GWF 2018, IEEE 5G World Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Santa Clara, United States. pp327-332, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/5GWF.2018.8517030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channel Characteristics in Indoor Environment at 10GHz through Ray Tracing Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference ISICV 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranging Error Estimation in Indoor Environment at 10 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference IPIN 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Alcala de Henares (Madrid), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB and time-reversal techniques positioning system for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Future Access Enablers for Ubiquitous and Intelligent Infrastructures, FABULOUS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ohrid, Unknown Region. pp.181-187, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27072-2_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03528684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB System Based on the M-OAM Modulation in IEEE.802.15.3a Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Doctoral Conference on Computing, Electrical and Industrial Systems (DoCEIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Costa de Caparica, Portugal. pp.507-514, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-54734-8_56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB M-OAM architecture for intelligent transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Signal, Image, Video and Communications, ISIVC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Marrackech, Morocco. 5 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of UWB modulations over Nakagami-m fading channels with path-loss for an energy efficient railway balise application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. pp.427-432, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2014.6959020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03561410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user interferences in ultra wide band system based on Modified Gegenbauer functions and M-OAM modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Industrial Engineering and Systems Management, IESM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Rabat, Morocco. pp.532-532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison entre les formes d'onde Gegenbauer et Hermite dans un système IR-ULB synchrone et asynchrone basé sur les modulations M-OAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secondes Journées Franco-Libanaises, Avancées de la Recherche et de ses Applications, JFL2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dunkerque, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparison of energy efficiency for UWB modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop of COST Action IC0902, Cognitive Radio and Networking for Cooperative Coexistence of Heterogeneous Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Rome, Italy. Session #2 - WG1, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V2X Communications Applied to Safety at Level Crossings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louahdi Khoudour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Ruichek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Salmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Meurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th ITS World Congress, October 15-18, 2013, Tokyo, Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental acquisition of UWB channel impulse responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Ferrante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Di Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop of COST Action IC0902, Cognitive Radio and Networking for Cooperative Coexistence of Heterogeneous Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Rome, Italy. Session #2 - WG1, 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent transports systems based on UWB technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE European Wireless Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Poland. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01068408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-reversal and UWB techniques for positioning system in transport applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Signal, Image, Video and Communications, ISIVC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valenciennes, France. paper ID 35, 142-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaky waveguide radar system for fall on track object detection and identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Congress on Railway Research, WCRR 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lille, France. pp.D11P, 1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor positioning system based on the UWB technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Indoor Positioning and Indoor Navigation, IPIN 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Guimarães, Portugal. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide d'onde à fentes pour la détection des chutes sur les voies ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales Micro-ondes, JNM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brest, France. papier 169, 2E19, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of classical and orthogonal UWB waveforms for radar applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Colloquium on Signal Processing &amp; its Applications, CSPA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Malaysia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSPA.2010.5545276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar and leaky waveguide for fall on track object identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Radar Conference, RADAR 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, United States. pp.573-577, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RADAR.2010.5494556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning system using the SS-ultra wide band technique for transport application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.663-666, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar for railway fall on track object detection and identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 69th Vehicular Technology Conference, VTC Spring 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Spain. pp.2027-2031, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2009.5073904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two coding techniques dedicated to UWB V2V communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.673-676, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millimeter wave ultra wide band short range radar localization accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 69th Vehicular Technology Conference, VTC Spring 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Spain. pp.2170-2174, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2009.5073669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of time reversal on UWB location system for train passenger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.677-680, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-band UWB system based on orthogonal function for transports systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELECOM'2009 &amp; 6èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Morocco. pp.F3, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00573509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un système radar communicant inter-véhicules en technologie Ultra Large Bande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.4D-6, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative entre deux systèmes de localisation basés sur la modulation de fréquence et le régime impulsionnel en gamme millimétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.4D-5, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time reversal : impact on the performance of an UWB location system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Wireless Technology Conference, EuWiT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.120-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collision avoidance radar system using UWB waveforms signature for road applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.223-226, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB-time-reversal wireless communication in tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Val-d'Or, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar system for road anti-collision application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies : from Theory to Applications, ICTTA'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Syria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4529963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between 60-GHz UWB frequency modulation and UWB impulse-radio location systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Radar Conference, EuRAD 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Netherlands. pp.41-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-users UWB inter vehicles communication system using MGF and DS-CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Applications of Advanced Technologies in Transportation, AATT 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00361529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning system based on the Ultra Wide Band technique for transport application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Val-d'Or, Québec, Canada. pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radar system for collision avoidance and target detection in confined areas and subway environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.G. Deloof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Canada. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB regulatory compliant synchronization signal for indoor broadcast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Laderriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Positioning, Navigation and Communication, WPNC'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Germany. pp.183-187, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WPNC.2007.353632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un radar Ultra Large Bande multiutilisateurs pour la détection d'obstacles en environnement routier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELECOM'2007 &amp; 5èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Maroc. pp.113-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a tunnel ground to train UWB communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et conception d'un système ultra large bande multi utilisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du GDR Ondes, groupe ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short range communication for intelligent transport systems using UWB based on the Hermite functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4ème Colloque International TELECOM'2005 &amp; 4èmes JFMMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de formes d'ondes ULB dans un modèle de canal en tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du GDR Ondes, groupe ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les impulsions ultra large bande : caractéristiques et performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de SEE - Nouvelles Formes d'Onde en Imagerie Localisation &amp; Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user communication system based in the Gegenbauer function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de TELECOM 03 et 3èmes Journées Franco-Maghrébines des Microondes et leurs Applications, JFMMA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short wireless communication system using ultra wideband monocycle pulse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, New York, NY, United States. pp.499-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ultra-wide band CDMA system for vehicule to vehicule communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Deloof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Intelligent Transport Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Sydney, Australia. pp.959-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-vehicule communication system based on ultra-wideband technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de TELECOM 2001 &amp; 2èmes Journées Franco-Maghrebines des Microondes et leurs Applications, JFMMA 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-blind detection of type of modulation in european edge standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference Third Generation Wireless and Beyond (3Gwireless'01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, San Francisco, CA, United States. pp.524-527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-vehicule communication based on ultra-wide band and CDMA techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.959-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats des traitements des Données, Recommandation fonctionnelle et opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodoyer D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arvind T.P. Prashant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deliverable D5.2 - SAFER-LC - Standards for communication and data interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Perpey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louahdi Khoudour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neofytos Boufidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Maria Salanova Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l&amp;apos;Aménagement et des Réseaux. 2020, 31p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03148657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Train Positioning / Communication System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Train Positioning / Communication System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IntechOpen, pp.108-129, 2018, 978-953-51-3860-0. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.71768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor positioning system based on the ultra wide band for transport applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elbahhar F., Rivenq A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New approach of indoor and outdoor localization systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, Chapter 4, 1-20, 2012, ISBN 978-953-51-0775-0. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/50017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New approach of indoor and outdoor localization systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InTech, 260 p., 2012, ISBN 978-953-51-0775-0. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/2751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif et procédé de positionnement et de contrôle de véhicules ferroviaires à bande de fréquence ultra large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2857644 (A1). 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00372437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId244"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Fouzia Boukour </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">fouzia-boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0408-3486</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Spectrum Sensing Techniques for Robust Train-to-Train Wireless Communication Systems: A Comprehensive Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chadli Hadji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamen Alsaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigue Fargeon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13, pp.152519 - 152529. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/access.2025.3603626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametrizations of a 77 GHz OFDM joint radar communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Serge Angelo Dapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saleh Bensator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2025.3596870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05228488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing resource allocation in 5G-V2X communication: adaptive strategies for enhanced QoS in intelligent transportation systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oummany Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elassali Raja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12243-025-01086-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of Neuromorphic Sound Source Localization and Echolocation-Based Navigation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Dalmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Danneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (24), pp.4858. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics13244858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a flexible real-time radar architecture of vital signs based on cyclic temporal moment algorithms using SDR technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Sekak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madjid Haddad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Open Journal of Instrumentation and Measurement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14p. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OJIM.2024.3502889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vehicular Communications Over OFDM Radar Sensing in the 77 GHz mmWave Band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Dapa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Point</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saleh Bensator</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.4821-4829. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3235199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04420058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contactless Heart and Respiration Rates Estimation and Classification of Driver Physiological States Using CW Radar and Temporal Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal El Abbaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23239457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFMC Waveform and Multiple-Access Techniques for 5G RadCom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Khelouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (7), pp1-19. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics10070849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191682v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V2X Wireless Technology Identification Using Time-Frequency Analysis and Random Forest Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (13), pp1-14. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s21134286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03275555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DMRS-based channel estimation for railway communications in tunnel environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vehicular Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, 7p. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.vehcom.2021.100340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance analysis of LDS Multi Access Technique and New 5G waveforms for V2X Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imane Khelouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9, 15p. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics9071094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02893530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LOS identification for high accuracy TOA-based ranging system in tunnel environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEÜ - International Journal of Electronics and Communications / Archiv für Elektronik und Übertragungstechnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 98, pp.38 - 44. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2018.10.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01932624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis and Evaluation of Pattern Division Multiple Access Scheme Jointed With 5G Waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mhedhbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7, pp21826-21833. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2019.2893362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02088997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of pulse shaping filters on cyclostationary features of 5G waveforms candidates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 159, pp204-215. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sigpro.2019.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02025452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the cyclostationarity of Universal Filtered Multi-Carrier UFMC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AEU - International Journal of Electronics and Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89, pp174-180. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aeue.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01821690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy efficiency analysis of a TR-UWB system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adil Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 12 (1), pp.19-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Solution for Reducing Doppler Shift in the MB-OFDM System Over High Mobility Multipath Channel for V&I Communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanaa Kabil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Ait Essaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellah Ait Ouahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3 (12), p166-173. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3844/ajassp.2015.166.173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01471389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Multi-user Ultra Wide Band System Based on Modified Gegenbauer Functions and M-OAM Modulation for Communication of Intelligent Transportation Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82 (4), p2115-2134. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-015-2337-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental analysis of UWB signal performance in a constrained environment for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouafae Cohin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Iben Jellal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Baranowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (4), pp. 79-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03586928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-reversal UWB positioning beacon for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp.28-39, article ID 27648. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2013.41005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00872038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB System Based on the Modified Gegenbauer Function in MISO Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Okassa Mfoubat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4, pp. 117-123. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2013.420018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00992038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB communication system based on bipolar PPM with orthogonal waveforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3, pp.181-188. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/wet.2012.33026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic radar target recognition of objects falling on railway tracks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Measurement Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23, pp.025401-1-10. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-0233/23/2/025401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00788180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of Passive Optical CDMA Networks using a linear parallel interference receiver in imperfect power cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anicet Okassa Mfoubat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Tatkeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Switching and Networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vol 9,issue2, p138-144. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.osn.2011.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel approach of UWB multi-band system based on orthogonal function for transports applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 53 (3), pp.33608-1-6. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2011100067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00672786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB multiple access communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 56, pp.333-352. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-009-9835-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00572654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millimeter-wave communicating-radars for enhanced vehicle-to-vehicle communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 18, pp.440-456. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trc.2009.05.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00549548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of a multi-band UWB location and communication system based on modified Gegenbauer functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 48, pp.361-384. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11277-008-9527-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time reversal UWB wireless communication-based train control in tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, 248-256, Special Issue on Wireless Communications in Underground and Confined Areas</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Train-to-wayside wireless communication in tunnel using ultra-wide-band and time reversal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation research. Part C, Emerging technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17, pp.81-97. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trc.2008.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00471843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication entre véhicules de transport guidé fondée sur la technologie radio ultra large bande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 24, pp.115-128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00285682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using UWB gaussian pulses for inter-vehicle communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings. Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 152, pp.229-234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between DS-CDMA and modified Gegenbauer functions for a multi-user communication Ultra Wide Band system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings. Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 152 (6), pp.1021-1028. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/ip-com:20045236⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user Ultra Wide Band communication system based on modified Gegenbauer and Hermite functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wireless Personal Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 34, pp.255-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra wideband technique for short wireless communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical and Chemical News</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 15, pp.4-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00141980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient CNN-Based Classification of NLOS/LOS Conditions Using CIR Features in Ultra-Wideband Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Bouzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca de Nardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Gabriella Di Benedetto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 International Joint Conference on Neural Networks (IJCNN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Rome, France. pp.1-7, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IJCNN64981.2025.11228049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05568677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Range-free positioning for Industrial Internet of Things in a mixed public-private midband and mmWave 5G deployment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Bouzar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca de Nardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Caso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Neri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 IEEE Conference on Standards for Communications and Networking (CSCN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Bologna, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSCN67557.2025.11230588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05568694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Generation Train Communication Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamen Alsaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fargeon Rodrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Berbineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Petton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th SmartRaCon Scientific Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, San sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Sources of Uncertainties in CW Microwave Noncontact Vital Sign Measurement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Sekak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Sebbache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Antenna Measurements and Applications, CAMA 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes Juan-les-Pins, France. pp.614-617, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CAMA49227.2021.9703622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03627132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audio Events Detection in Noisy Embedded Railway Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Marteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitou Afanou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ambellouis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDCC 2020, European Dependable Computing Conference, Workshop on Artificial Intelligence for RAILwayS (AI4RAILS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Munich, Germany. pp20-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blind parameters estimation for Universal Filtered Multicarrier : a cyclostationarity approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WTS 2019, Wireless Telecommunications Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, New-York, United States. 6p, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WTS.2019.8715533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Universal Filtered Multicarrier Channel Estimation with Different Pilots arrangements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kawtar Zerhouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5GWF 2018, IEEE 5G World Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Santa Clara, United States. pp327-332, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/5GWF.2018.8517030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03236622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Channel Characteristics in Indoor Environment at 10GHz through Ray Tracing Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference ISICV 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranging Error Estimation in Indoor Environment at 10 GHz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camelia Skiribou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noureddine Idboufker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference IPIN 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Alcala de Henares (Madrid), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB and time-reversal techniques positioning system for railway application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st International Conference on Future Access Enablers for Ubiquitous and Intelligent Infrastructures, FABULOUS 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Ohrid, Unknown Region. pp.181-187, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-27072-2_23⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03528684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB M-OAM architecture for intelligent transportation system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on Signal, Image, Video and Communications, ISIVC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Marrackech, Morocco. 5 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB System Based on the M-OAM Modulation in IEEE.802.15.3a Channel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Doctoral Conference on Computing, Electrical and Industrial Systems (DoCEIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Costa de Caparica, Portugal. pp.507-514, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-54734-8_56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of UWB modulations over Nakagami-m fading channels with path-loss for an energy efficient railway balise application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 IEEE International Conference on Ultra-WideBand (ICUWB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France. pp.427-432, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICUWB.2014.6959020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03561410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison entre les formes d'onde Gegenbauer et Hermite dans un système IR-ULB synchrone et asynchrone basé sur les modulations M-OAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secondes Journées Franco-Libanaises, Avancées de la Recherche et de ses Applications, JFL2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Dunkerque, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Comparison of energy efficiency for UWB modulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elabboubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop of COST Action IC0902, Cognitive Radio and Networking for Cooperative Coexistence of Heterogeneous Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Rome, Italy. Session #2 - WG1, 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user interferences in ultra wide band system based on Modified Gegenbauer functions and M-OAM modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Hamidoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalid Elbaamrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Industrial Engineering and Systems Management, IESM 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Rabat, Morocco. pp.532-532</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V2X Communications Applied to Safety at Level Crossings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louahdi Khoudour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Ruichek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houssam Salmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Meurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th ITS World Congress, October 15-18, 2013, Tokyo, Japan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02193707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental acquisition of UWB channel impulse responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.C. Ferrante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.G. Di Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop of COST Action IC0902, Cognitive Radio and Networking for Cooperative Coexistence of Heterogeneous Wireless Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Rome, Italy. Session #2 - WG1, 3 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligent transports systems based on UWB technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE European Wireless Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Poland. 5p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01068408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-reversal and UWB techniques for positioning system in transport applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Symposium on Signal, Image, Video and Communications, ISIVC 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valenciennes, France. paper ID 35, 142-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00802543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaky waveguide radar system for fall on track object detection and identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th World Congress on Railway Research, WCRR 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Lille, France. pp.D11P, 1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor positioning system based on the UWB technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Indoor Positioning and Indoor Navigation, IPIN 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Guimarães, Portugal. pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guide d'onde à fentes pour la détection des chutes sur les voies ferroviaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales Micro-ondes, JNM 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Brest, France. papier 169, 2E19, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of classical and orthogonal UWB waveforms for radar applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Colloquium on Signal Processing &amp; its Applications, CSPA 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Malaysia. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CSPA.2010.5545276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar and leaky waveguide for fall on track object identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Radar Conference, RADAR 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, United States. pp.573-577, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/RADAR.2010.5494556⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00568623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar for railway fall on track object detection and identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mroue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 69th Vehicular Technology Conference, VTC Spring 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Spain. pp.2027-2031, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2009.5073904⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning system using the SS-ultra wide band technique for transport application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.663-666, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative entre deux systèmes de localisation basés sur la modulation de fréquence et le régime impulsionnel en gamme millimétrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.4D-5, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un système radar communicant inter-véhicules en technologie Ultra Large Bande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales Microondes, JNM 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.4D-6, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00480321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of two coding techniques dedicated to UWB V2V communication system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.673-676, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Millimeter wave ultra wide band short range radar localization accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rolland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE 69th Vehicular Technology Conference, VTC Spring 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Spain. pp.2170-2174, </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VETECS.2009.5073669⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of time reversal on UWB location system for train passenger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.677-680, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-band UWB system based on orthogonal function for transports systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELECOM'2009 &amp; 6èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Morocco. pp.F3, 1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00573509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time reversal : impact on the performance of an UWB location system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd European Wireless Technology Conference, EuWiT 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Italy. pp.120-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collision avoidance radar system using UWB waveforms signature for road applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Intelligent Transport Systems Telecommunications, ITST 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, France. pp.223-226, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ITST.2009.5399353⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00474119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-users UWB inter vehicles communication system using MGF and DS-CDMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Applications of Advanced Technologies in Transportation, AATT 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Athens, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00361529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB-time-reversal wireless communication in tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Val-d'Or, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00811741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB radar system for road anti-collision application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Conference on Information and Communication Technologies : from Theory to Applications, ICTTA'08</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Syria. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTTA.2008.4529963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison between 60-GHz UWB frequency modulation and UWB impulse-radio location systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bocquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Obeid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Loyez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lethien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th European Radar Conference, EuRAD 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Netherlands. pp.41-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positioning system based on the Ultra Wide Band technique for transport application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Val-d'Or, Québec, Canada. pp.1-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00800983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radar system for collision avoidance and target detection in confined areas and subway environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin El Hillali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.G. Deloof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Wireless Communications in Underground and Confined Areas, ICWCUCA 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Canada. pp.1-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00360435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UWB regulatory compliant synchronization signal for indoor broadcast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Laderriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Rocher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Workshop on Positioning, Navigation and Communication, WPNC'07</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Germany. pp.183-187, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/WPNC.2007.353632⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00284410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception d'un radar Ultra Large Bande multiutilisateurs pour la détection d'obstacles en environnement routier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Sakkila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tatkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELECOM'2007 &amp; 5èmes Journées Franco-Maghrébines des Micro-ondes et leurs Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Maroc. pp.113-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of a tunnel ground to train UWB communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et conception d'un système ultra large bande multi utilisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lamari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du GDR Ondes, groupe ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short range communication for intelligent transport systems using UWB based on the Hermite functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des 4ème Colloque International TELECOM'2005 &amp; 4èmes JFMMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Rabat, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de formes d'ondes ULB dans un modèle de canal en tunnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du GDR Ondes, groupe ULB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les impulsions ultra large bande : caractéristiques et performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de SEE - Nouvelles Formes d'Onde en Imagerie Localisation &amp; Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00126722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-user communication system based in the Gegenbauer function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de TELECOM 03 et 3èmes Journées Franco-Maghrébines des Microondes et leurs Applications, JFMMA 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00147108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short wireless communication system using ultra wideband monocycle pulse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ghys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, New York, NY, United States. pp.499-502</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00149882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-blind detection of type of modulation in european edge standard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iyad Dayoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference Third Generation Wireless and Beyond (3Gwireless'01)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, San Francisco, CA, United States. pp.524-527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ultra-wide band CDMA system for vehicule to vehicule communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Deloof</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress on Intelligent Transport Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Sydney, Australia. pp.959-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An inter-vehicule communication system based on ultra-wideband technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Boukour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes de TELECOM 2001 &amp; 2èmes Journées Franco-Maghrebines des Microondes et leurs Applications, JFMMA 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter-vehicule communication based on ultra-wide band and CDMA techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001, pp.959-961</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00152927v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats des traitements des Données, Recommandation fonctionnelle et opérationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Sodoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodoyer D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arvind T.P. Prashant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Gustave Eiffel. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04639768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deliverable D5.2 - SAFER-LC - Standards for communication and data interoperability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Boukour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Perpey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louahdi Khoudour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neofytos Boufidis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josep Maria Salanova Grau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l&amp;apos;Aménagement et des Réseaux. 2020, 31p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03148657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Train Positioning / Communication System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Train Positioning / Communication System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IntechOpen, pp.108-129, 2018, 978-953-51-3860-0. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.71768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01935440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indoor positioning system based on the ultra wide band for transport applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouzia Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Elassali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elbahhar F., Rivenq A. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New approach of indoor and outdoor localization systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, Chapter 4, 1-20, 2012, ISBN 978-953-51-0775-0. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/50017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New approach of indoor and outdoor localization systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InTech, 260 p., 2012, ISBN 978-953-51-0775-0. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/2751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00798998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispositif et procédé de positionnement et de contrôle de véhicules ferroviaires à bande de fréquence ultra large</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Heddebaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atika Rivenq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Rouvaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Elbahhar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Ghys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: FR2857644 (A1). 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00372437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId253"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0257C3D1"/>
+    <w:nsid w:val="42471C66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fouzia-boukour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0408-3486" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502127v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadli Hadji" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamen Alsaba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Elbahhar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Fargeon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3603626" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Serge Angelo Dapa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Point" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Bensator" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3596870" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017558v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oummany Youssef" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elassali Raja" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01086-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Dalmas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Danneville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13244858" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798402v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sekak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Haddad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJIM.2024.3502889" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dapa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Elbahhar Boukour" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3235199" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419992v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Abbaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sodoyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23239457" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191682v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Khelouani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtar Zerhouni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Elassali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Idboufker" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10070849" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139740v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Skiribou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vehcom.2021.100340" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275555v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21134286" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893530v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9071094" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01932624v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Elbaamrani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.10.028" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHZB73SP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088997v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mhedhbi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2019.2893362" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025452v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.02.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70Z6S3X4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821690v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.03.016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTNQ5W1F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03682406v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Elabboubi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heddebaut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Hillali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214089v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Hamidoun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atika Rivenq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-015-2337-y" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586928v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Iben Jellal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boukour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baranowski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471389v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Kabil" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ait Essaid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ait Ouahman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/ajassp.2015.166.173" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872038v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fall" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elbahhar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heddebaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2013.41005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992038v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Okassa Mfoubat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2013.420018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elabed" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2012.33026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788180v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mroue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rouvaen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/23/2/025401" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-N6PWSLND-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854867v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.osn.2011.08.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQT7CNC9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-K65QDVTW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572654v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-009-9835-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V0M3HF66-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549548v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Obeid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2009.05.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z23T7NHJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-008-9527-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XMRZGZF8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471843v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saghir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2008.09.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0J6N7LQV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471834v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285682v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghys" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126479v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126472v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Boukour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-com:20045236" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126480v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141980v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879944v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fargeon Rodrigue" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Petton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627132v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sekak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boukour" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sebbache" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddad" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703622" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960153v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Marteau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitou Afanou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ambellouis" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236639v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WTS.2019.8715533" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236622v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/5GWF.2018.8517030" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378478v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378458v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528684v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elabboubi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27072-2_23" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01274817v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54734-8_56" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03625998v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03561410v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6959020" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03564033v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878880v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877789v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193707v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louahdi Khoudour" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ruichek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Salmane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meurie" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877790v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Ferrante" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Di Benedetto" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068408v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802543v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800246v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800170v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603130v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568621v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Sakkila" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tatkeu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSPA.2010.5545276" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568623v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADAR.2010.5494556" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474136v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399275" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474151v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2009.5073904" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474137v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Abed" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399273" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474172v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2009.5073669" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474170v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399270" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573509v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480321v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480320v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474168v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lethien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474119v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399353" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811741v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360429v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4529963" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362374v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361529v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800983v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360435v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Deloof" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284410v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laderriere" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rocher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPNC.2007.353632" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362695v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147735v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126753v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126723v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126754v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126722v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147108v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149882v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghys" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152912v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Deloof" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152916v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152928v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Dayoub" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152927v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639768v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caron" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sodoyer D." TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind T.P. Prashant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148657v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Perpey" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neofytos Boufidis" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Maria Salanova Grau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935440v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.71768" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798969v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/50017" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798998v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/2751" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372437v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/fouzia-boukour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0408-3486" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502127v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chadli Hadji" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamen Alsaba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berbineau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Elbahhar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Fargeon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2025.3603626" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Serge Angelo Dapa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Point" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Bensator" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3596870" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017558v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oummany Youssef" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elassali Raja" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01086-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863043v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Dalmas" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Danneville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bocquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Loyez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13244858" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798402v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Sekak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Haddad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJIM.2024.3502889" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Dapa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Elbahhar Boukour" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3235199" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419992v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal El Abbaoui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sodoyer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23239457" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191682v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Khelouani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kawtar Zerhouni" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Elassali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Idboufker" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics10070849" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275555v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camelia Skiribou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21134286" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139740v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vehcom.2021.100340" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893530v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics9071094" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01932624v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Elbaamrani" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.10.028" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NHZB73SP-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088997v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mhedhbi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2019.2893362" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025452v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2019.02.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-70Z6S3X4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01821690v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aeue.2018.03.016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTNQ5W1F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03682406v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Elabboubi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heddebaut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin El Hillali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471389v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanaa Kabil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ait Essaid" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Ait Ouahman" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3844/ajassp.2015.166.173" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214089v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Hamidoun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atika Rivenq" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-015-2337-y" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586928v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Cohin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Iben Jellal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Boukour" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baranowski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872038v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fall" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elbahhar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heddebaut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2013.41005" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992038v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Okassa Mfoubat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Tatkeu" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2013.420018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788184v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elabed" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/wet.2012.33026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788180v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mroue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Rouvaen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/23/2/025401" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-N6PWSLND-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854867v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.osn.2011.08.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQT7CNC9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672786v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lamari" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011100067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-K65QDVTW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572654v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-009-9835-8" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V0M3HF66-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549548v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Obeid" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rolland" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2009.05.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z23T7NHJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-008-9527-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XMRZGZF8-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471834v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saghir" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00471843v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2008.09.003" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0J6N7LQV-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00285682v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Ghys" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126479v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126472v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Boukour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-com:20045236" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126480v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141980v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568677v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Bouzar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca de Nardis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Gabriella Di Benedetto" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN64981.2025.11228049" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568694v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Caso" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Neri" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSCN67557.2025.11230588" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879944v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fargeon Rodrigue" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Petton" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627132v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sekak" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boukour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sebbache" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddad" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAMA49227.2021.9703622" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960153v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Marteau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitou Afanou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ambellouis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236639v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WTS.2019.8715533" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236622v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/5GWF.2018.8517030" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378478v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01378458v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528684v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elabboubi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27072-2_23" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03625998v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01274817v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-54734-8_56" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03561410v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUWB.2014.6959020" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878880v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877789v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03564033v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193707v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louahdi Khoudour" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ruichek" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Salmane" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meurie" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877790v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.C. Ferrante" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.G. Di Benedetto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068408v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802543v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800246v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800170v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603130v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568621v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Sakkila" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tatkeu" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CSPA.2010.5545276" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568623v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADAR.2010.5494556" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474151v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2009.5073904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474136v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399275" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480320v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00480321v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474137v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Abed" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399273" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474172v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VETECS.2009.5073669" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474170v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399270" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573509v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474168v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lethien" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474119v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITST.2009.5399353" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361529v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811741v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360429v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTTA.2008.4529963" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362374v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800983v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360435v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.G. Deloof" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00284410v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laderriere" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rocher" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPNC.2007.353632" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362695v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147735v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126753v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126723v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126754v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126722v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00147108v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149882v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghys" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152928v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyad Dayoub" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152912v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Deloof" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152916v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152927v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639768v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sodoyer D." TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvind T.P. Prashant" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148657v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Perpey" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neofytos Boufidis" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Maria Salanova Grau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935440v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.71768" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798969v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/50017" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798998v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/2751" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372437v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>