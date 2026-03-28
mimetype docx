--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -291,278 +291,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05226579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facial cues to anger affect meaning interpretation of subsequent spoken prosody</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating Droplet Emission During Speech Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Audibert</w:t>
+                <w:t xml:space="preserve">Gilles Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Legou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language and Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/langcog.2024.3⟩</w:t>
+              <w:t xml:space="preserve">Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10579-024-09789-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04385663v1</w:t>
+                <w:t xml:space="preserve">hal-04385770v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Droplet Emission During Speech Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facial cues to anger affect meaning interpretation of subsequent spoken prosody</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Legou</w:t>
+                <w:t xml:space="preserve">Nicolas Audibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine André</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language Resources and Evaluation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Language and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (4), pp.1214-1237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10579-024-09789-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/langcog.2024.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04385770v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04385663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of Emotions by Semantics and Prosody in French : An EDA Study (submitted)</w:t>
               </w:r>
@@ -744,90 +744,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Speed-Vel Project: a Corpus of Acoustic and Aerodynamic Data to Measure Droplets Emission During Speech Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Conference on Language Resources and Evaluation (LREC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Marseille, France. pp.1991-1999</w:t>
@@ -850,109 +850,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03718477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The processing of emotional semantics and prosody in French</w:t>
+                <w:t xml:space="preserve">Profili acustici ed emotivi associati alle polirematiche interiettive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phonetics and Phonology in Europe 2021 (PAPE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
+              <w:t xml:space="preserve">Spoken Communication 2021, International GSCP-Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Vercelli, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229743v1</w:t>
+                <w:t xml:space="preserve">hal-03229737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of emotional semantics and prosody on skin conductance responses</w:t>
               </w:r>
@@ -1014,273 +1001,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03229701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profili acustici ed emotivi associati alle polirematiche interiettive</w:t>
+                <w:t xml:space="preserve">The processing of emotional semantics and prosody in French</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spoken Communication 2021, International GSCP-Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Vercelli, Italy</w:t>
+              <w:t xml:space="preserve">Phonetics and Phonology in Europe 2021 (PAPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03229737v1</w:t>
+                <w:t xml:space="preserve">hal-03229743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'impact de la prosodie et du lexique des émotions sur l'activité électrodermale en français</w:t>
+                <w:t xml:space="preserve">Populism and Negative Emotions within the Italian Politics: A Twitter-based Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caterina Petrone</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arianna Grasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Santelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language et émotions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Journées internationales d’Analyse statistique des Données Textuelles (JADT 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03090705v1</w:t>
+                <w:t xml:space="preserve">hal-03173949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Populism and Negative Emotions within the Italian Politics: A Twitter-based Analysis</w:t>
+                <w:t xml:space="preserve">L'impact de la prosodie et du lexique des émotions sur l'activité électrodermale en français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francesco Santelli</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées internationales d’Analyse statistique des Données Textuelles (JADT 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Language et émotions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173949v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of emotions by prosody and semantics: an EDA experiment</w:t>
               </w:r>
@@ -1443,51 +1443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caterina Petrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Champagne-Lavau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of Speech Prosody</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Boston, United States. pp.425 - 429, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1566,90 +1566,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment l’identité segmentale des sons et la prosodie modulent-elles les caractéristiques des gouttelettes expirées dans la production de la parole ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Legou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de Phonétique Clinique (JPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
@@ -1901,51 +1901,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EBEE9374"/>
+    <w:nsid w:val="159562C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2132,51 +2132,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francesca-carbone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9164-0203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226579v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piera Filippi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Petrone" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-025-10147-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385663v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Champagne-Lavau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/langcog.2024.3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948877v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229722v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229743v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229701v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090705v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173949v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Grasso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Santelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229765v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174044v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459689v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-87" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229732v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Allocca" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Coppola" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Occhini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francesca-carbone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9164-0203" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226579v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Carbone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piera Filippi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Petrone" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-025-10147-9" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385770v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Legou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-024-09789-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385663v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Audibert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Champagne-Lavau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/langcog.2024.3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948877v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229722v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718477v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229737v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229701v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229743v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173949v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Grasso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Santelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090705v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229765v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174044v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01459689v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2016-87" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229751v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229732v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Allocca" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Coppola" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Occhini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>