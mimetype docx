--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francesca Petrella </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francesca-petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0258-5084</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076390322</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur des Universités à Aix-Marseille Université</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francesca.petrella@univ-amu.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Domaines de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Economie sociale et solidaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approches socio-économiques du tiers secteur,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Théories des organisations</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaluation des politiques publiques, en particulier dans le cas des services de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (personnes âgées, petite enfance, services à la personne),</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Innovation sociale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse des formes d’organisation territoriale (proximité, partenariat, coopération et gouvernance).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Habilitation à diriger des recherches en sciences économiques, Aix-Marseille Université, septembre 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en Sciences Economiques de l’Université Catholique de Louvain, Louvain-la-Neuve, Belgique, décembre 2003.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 2 GRH Economie sociale et solidaire : Economie sociale en Europe; Régulation publique et cohésion territoriale, Méthodologie de mémoire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 2 GRH Organisations, Travail et Ressources humaines : Economic issues and organisations strategies</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 1 GRH (formation continue): Economie du travail, Théories des organisations</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 1 GRH : Théorie des organisations : Diagnostic et interventions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Licence Pro Management des organisations, option responsable de structure enfance et petite enfance</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités scientifiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-directrice du Master 2 GRH Economie sociale et solidaire avec Nadine Richez-Battesti, Aix-Marseille Université.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Présidente du réseau international de recherche EMES (émergence des entreprises sociales).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du CIRIEC France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Réseau Inter-Universitaire d’Economie sociale et Solidaire (RIUESS), France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation à différentes recherches européennes (projet INTERREG + Resilient sur les clusters d'innovation sociale, Third sector Impact, Mapping social entreprises and their eco-systems, petite enfance).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work organization in social enterprises: A source of job satisfaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Joutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kyklos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 78 (1), pp.111-148. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/kykl.12411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des proximités au sein d’un réseau d’acteurs territorialisé dans l’émergence et la gestion d’un commun : le cas d’une expérimentation Territoires zéro chômeur de longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Retsin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (2), pp.70-82. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ror.192.0070.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating Cross-Sector Partnerships: Innovative Strategies and Challenges for Work Integration Social Enterprises in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Entrepreneurship and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (3), pp.1655-1676. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19420676.2024.2325706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social and solidarity economy in the cultural field: governance as a transformative lever? A comparison between three French organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (2), pp.123-139. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SEJ-12-2022-0118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La convention d’identité coopérative : création de compromis sectoriels et territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Artis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 | 1er semestre, 24 p. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04435785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutional shaping of third sector organizations: Empirical evidence from Italian provinces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Alfano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Lucio Gaeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apce.12425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sociétés coopératives de production à la marge de la gouvernance territoriale ? Une analyse à partir de Scop-Scic en régions Auvergne-Rhône-Alpes et Sud-PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2-3), pp.185-206. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ges.2023.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03963587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire vivre le common purpose organisationnel : application au cas des coopératives multisociétaires françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (2), pp.133-143. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-jstr-ww5q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: a comparative analysis on WISES in France and Danemark,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, vol. 93/2, pp 417-434</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’« urgence nord-africaine » à la ville-refuge : la gouvernance locale des migrations à Naples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 / « Villes et territoires accueillants » en France et ailleurs (185), pp.171-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: a comparative analysis on WISES in France and Danemark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From grassroots social innovation to public experimentation in the French Local childcare system : the managerial turn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie locali e servizi sociali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (3/2021), pp. 457-476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’« urgence nord-africaine » à la ville-refuge : la gouvernance locale des migrations à Naples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, « Villes et territoires accueillants » en France et ailleurs, 2021/3 (N° 185), pp.171 - 185. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.185.0171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03398573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing With Paradoxes, Manufacturing Governance: Organizational Change in European Third-Sector Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Simsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonprofit and Voluntary Sector Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/08997640211005849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03197647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler conventions valorielle et délibératrices dans les pratiques de GRH d’une coopérative : le cas de Scop-Ti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020/3 (36), pp.13-36. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh1.203.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans l’ESS, des actrices engagées et inspirantes mais peu reconnues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Pleintel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n°625, pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger la gouvernance des entreprises sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 4 (4), pp.30-35. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rn.194.0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRÉSERVER LE SENS DANS LES ORGANISATIONS DE L’ÉCONOMIE SOCIALE ET SOLIDAIRE : QUELS OUTILS DE GESTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La gestion hors Mainstream, 8 (34), pp.3-29. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.034.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques et potentialités des restructurations interassociatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 344, pp.41-57. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1039581ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working under pressure: economic recession and third sector development in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chaves Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Pielinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology and Social Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 36, pp.547 - 566. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJSSP-01-2016-0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération : la reconquête de la dimension socio-politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Comptabilité analytique : bilan sur le divan, 540, pp.41‑45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of evolutions of social enterprises in France: a focus on work integration social enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (2), pp.234-246. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906701.2016.1181390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération et gouvernance : Normalisation ou reconquête du fait associatif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La gouvernance auscultée en santé (première partie), 33 (6), pp. 359 - 373. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jgem.156.0359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESS et ressources communes : vers la reconnaissance d’une diversité institutionnelle. Interpellations croisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Penser l'économie solidaire : une perspective internationale, 15, pp.117-136. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.015.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social entrepreneur, social entrepreneurship and social enterprise: semantics and controversies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Innovative Entrepreneurship, 14, pp.143 - 143. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.014.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction sociale de la qualité dans les services d’accueil collectif du jeune enfant. Pluralité de modèles d’organisation et enjeux de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 116, pp.39-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue social territorial : origines, enjeux et leviers d'action pour la qualité de l'emploi dans l'aide à domicile, à partir de deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'IRES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 78, pp.127-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01008146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the professionalism of management practices in nonprofits and for-profits affect job satisfaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human Resource Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (6), pp.1300-1321. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09585192.2012.712543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La petite fabrique de la médiation territorialisée : vers un modèle multi partie prenante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux territoriaux d’organisations et processus de normalisation. Le cas de la GRH dans les services à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation sociale, une notion aux usages pluriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (2), pp.15-36. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.038.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Access to childcare services : the role of demand and supply-side policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Isabel Farfan-Portet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lorant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Research and Policy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (2), pp.165-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00627517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation de la qualité dans les services à la personne en France : l'Economie sociale et solidaire entre innovation et isomorphisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35 (5), pp.273-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and New Forms of Governance : the Case of Childcare Services in a European Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.25-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes de gouvernance territoriale des politiques sociales et place des organisations d'économie sociale et solidaire : regards croisés sur les services de care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pôle sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 31 (2), pp.25-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire (ESS) : premiers jalons pour une analyse de la qualité de l'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 201, pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finalité sociale et partenariat public-privé dans l'offre de services quasi-collectifs locaux : une forme innovante de propriété,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés. Série EGS, Economie et gestion des services </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (4), pp.747-774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'engagement des entreprises dans l'accueil des jeunes enfants. De nombreux enjeux et des partenariats public-privé complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et prévisions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92, pp.61-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accueil des jeunes enfants en Europe : vers des formes de gouvernance multilatérale et intégrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, n° 2, pp. 141-160. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.002.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Economy and Welfare Mix: A Framework for the Analysis of Relationnal Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Bode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, vol. 74 (n° 4), pp. 585-589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinventing food provision in the Anthropocene era: Towards sustainable and democratised local food systems?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMES Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Utrecht, Nov 2025, Utrecht (Netherlands), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinventer la restauration à l’ère de l’Anthropocène : est-il possible d’aller vers une alimentation durable et démocratisée ? Quels rôles pour les organisations de l’économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRIEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université de Bordeaux, Oct 2025, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les partenariats intersectoriels : Stratégies innovantes et défis pour les entreprises sociales d'insertion par l’activité économique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIemes rencontres du RIUESS, « l’ESS hors la loi »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREACT, Université de Lorraine, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité comme socle du projet politique au cœur des interdépendances entre logiques marchandes et redistributives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau International de recherche sur les Organisations et le Développement Durable (RIODD) [Communication orale]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC, Sep 2024, Bruxelles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04714421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS au péril du genre : La fabrique de l’égalité dans 3 pays européens : Premiers résultats,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIUESS, XXIIIemes rencontres L'ESS hors la loi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREAT, Université de Lorraine, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les coopérations territoriales à partir des PTCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire chercheurs-acteurs PTCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique de l’égalité femmes-hommes au sein de l’ESS dans 3 pays européens : Une porte d’entrée pour de nouveaux imaginaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11eme journées GESS, Sociales, solidaires et économiques, tensions et convergences des organisations de l’ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, UPEC, Université Gustave Effel, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acceptation des tensions, stratégie d’adaptation permanente pour entretenir une gestion alternative ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mendez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19è congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04896537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mieux assumer les responsabilités sociales et environnementales des entreprises : le cas des Coopératives Multi-Sociétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Roanne, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Pôles territoriaux de coopération économique : état des lieux de la recherche et coopération avec les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Pôles territoriaux de coopération économique : état des lieux de la recherche et coopération avec les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theorising cooperative and social clusters: Contributions and limits of social enterprise approaches and lessons from conceptualisations of French Territorial poles of economic cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th EMES International Research Conference on Social Enterprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Zaragossa, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet de recherche “L’hybridité des ressources au regard de la crise sanitaire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire chercheurs « modèles socio-économiques (MSE) et création de valeur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How mixing meta-organization and social enterprise literatures can enhance the understanding of social territorialized clusters like PTCEs in a multi-level perspective?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saniossian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing social enterprises in changing territories: a multi-level perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMPOWER-SE COST Action, EMES International Research Network, Aix-Marseille University, LEST CNRS, University of Zagreb, Mar 2021, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing social clusters: a cross-reading from meta-organization and social and solidarity economy theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saniossian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS ST 73: The Plurality of Meta-organizations: Variations and Dynamics of Collective Action among Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGOS, Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hybridité des ressources au regard de la crise sanitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La connaissance du monde associatif à la lumière de la crise covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises in France, Spain and Portugal: between pathdependence and institutional creation?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Moryama Solorzano-Kraemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOP et SCIC: projet coopératif et gouvernance au-delà des statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres du GESS (gestion des entreprises sociales et solidaires), IUT de Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building processes of impact measurement in the case of workintegration social enterprises (WISEs)). A France-Denmark comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle fabrique de la gouvernance au sein des organisations culturelles ? Une étude de cas multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS de la culture et Culture de l'ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From public governance to internal governance: How EuropeanThird Sector organizations respond to changes? A comparative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et stratégies de mobilisation de ressources territoriales : vers une (re)territorialisation durable des activités économiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème colloque ASRDLF/12ème colloque ARSR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF/ARSR, Jul 2019, Iasi, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02177974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Third Sector Organizational Responses in a Changing Environment - Hybridization, Governance, Management Dilemmas : A Comparative Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference International Society for Third-Sector Research (ISTR) Amsterdam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des modes de gouvernance dans le secteur de la culture : le cas de 3 organisations en croissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème colloque de l'ADDES (Association pour le développement des données sur l'économie sociale) "Gouvernance et ESS", Paris, 9 octobre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et (re) territorialisation durable des activités économiques ? Une étude de cas sur deux coopératives en Provence-Alpes-Côte d’Azur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Rencontres GESS, « ESS, Communs, Organisations alternatives : La gestion peut-elle fédérer autour d’une plus grande soutenabilité ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01960936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisation du travail au sein des organisations de l'économie sociale et solidaire : des modèles de GRH plus participatifs et épanouissants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Joutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIème Congrès de l''Association francophone de Gestion des Ressources Humaines (AGRH), "GRH et alternatives "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises in France and in Spain : Common trends and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Solorzano-Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EMES International Research Conference on Social Enterprises, Louvain-la-Neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs associatifs et l'enjeu de la qualité de l'accueil collectif du jeune enfant avant l'école : que nous apprend le cas français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">? Rencontres RIUESS à Marrakech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers for Third Sector Organizations and best practice coping strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Simsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zimmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EMES International Research Conference on Social Enterprises, Louvain-la-Neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs associatifs et l'enjeu de l'accueil collectif du jeune enfant avant l'école : que nous apprend le cas français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannig Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Rencontres du Réseau inter-universitaire de l’économie sociale et solidaire, « Engagement, citoyenneté et développement » ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marrakech., Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopérative et territoire : premiers jalons d'un cadre analytique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIèmes journées de l’AES "Economie sociale et économie politique : regards croisés sur l’histoire et sur les enjeux contemporains"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d'Economie Sociale, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’’ESS : vers des formes d’hybridation renouvelées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Societies in transition: Social and solidarity economy, the commons, public action and livelihood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karl Polanyi Institute of Political Economy, EMES International Research Network, CNAM Solidarity Economy Chair, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working under pressure: How third sector organizations in Europe have responded to transforming policy environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Pielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danijel Baturina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chaves Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference International Society for Third-Sector Research (ISTR), « The Third Sector in Transition: Accountability, Transparency, and Social Inclusion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ersta Skondal University College, Jun 2016, Stockholm, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d’organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire externe, Coactis, Axe 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03504499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises: at the crossroads of social economy, solidarity economy and social entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference internationale EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Helsinski, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise sociale à la croisée de l’économie sociale, de l’économie solidaire et de l’entrepreneuriat social : une spécificité française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4emes journées GESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’ESS : vers des formes d’hybridation renouvelées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th journées GESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’ESS : vers des formes d’hybridation renouvelées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference internationale EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMES, Jun 2016, Helsinski, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESS et ressources communes : vers la reconnaissance d’une diversité institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIe Rencontres du Réseau interuniversitaire de l’économie sociale et solidaire (RIUESS), « Les « communs » et l’économie sociale et solidaire. Quelles identités et quelles dynamiques communes" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, May 2016, Montpellier France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XXXVIèmes Journées de l’Association d’économie sociale (AES) : La culture : un nouveau chantier au cœur du renouvellement des politiques sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques sociales en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille 1, Sep 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">., Coopérations interassociatives : les stratégies socio-politiques en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : "Mutualisations, Regroupements Communs : quelles stratégies de cooperation dans les organisations de l’ESS", IAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entrepreneuriat social est-il soluble dans l'ESS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims, May 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d'organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRMAP 2014 – Aix-en-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et stratégies de croissance dans le champ de l’accueil du jeune enfant : vers de nouveaux modèles d’organisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du RIUESS, "L’ESS en coopération"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et politiques publiques : la petite fabrique du dialogue social territorial dans l'aide à domicile (PACA et Rhône - Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e congrès de l'Association française de sciences politique, Sciences po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00919182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux territoriaux d'organisation (RTO) et gestion des compétences : vers une redéfinition des espaces de la GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International AGRH "PME innovantes, clusters et territoires: théories et pratiques de la gestion des compétences"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00576457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mondialisation et secteurs abrités : effet de la normalisation sur les services de proximité en France et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Travail, Emploi et Compétences dans la mondialisation : les dynamiques sociétales à l'œuvre et à l'épreuve". LEST (UMR 6123)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business social, entreprise sociale et ESS : quelles formes de gouvernance ? entre similitudes et divergences...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elaborer un corpus théorique de l'ESS pour un autre modèle de société, Réseau Interuniversitaire d'Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches qualité et Economie sociale et solidaire : entre innovation et isomorphisme ? Le cas des services à la personne en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Politiques Publiques et Innovation dans le champ social et médico-social : "Quels modèles et capacité d'action ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality certification procedure and non profit organisations : between innovation and isomorphism ? The case of home care services in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EMES International Conf. on Social enterprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialised governance of care services in Europe, proximity and participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of the ISTR et EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes de gouvernance territoriale des politiques sociales et place des organisations d'économie sociale et solidaire : regards croisés sur les services de « care » en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Economie sociale et solidaire, territoire et politique : regards croisés, SPIRIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les associations dans la régulation locale de la petite enfance : acteurs de réduction ou de renforcement des inégalités d'accès à l'accueil ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIèmes Journées de l'Association d'économie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Nanterre, France. pp. 25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00232620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions entre acteurs publics et associatifs dans la gouvernance de la petite enfance : une perspective européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIUESS 2006. 6èmes Rencontres du Réseau Inter-Universitaire de l’Economie Sociale et Solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Enterprises and their Eco-systems : A European mapping report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Commission : DG Employment, Social Affairs and Inclusion. Publications Office of the European Union, 2016, 978-92-79-61645-7. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2767/526313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01461283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail, organisations et politiques publiques : quelle « soutenabilité » à l’heure de la mondialisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gianfaldoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérimentation «Territoire zéro chômeur de longue durée. Un projet entre dispositif d’insertion et projet de territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric Frétigné et Philippe Semenowicz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel de l'Insertion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promises and Limits of Social Innovation in the French Childcare System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raquel Gallego; Sheila González Motos; Lara Maestripieri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Innovation and Welfare State Retrenchment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishing Limited, pp.119-135, 2024, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/978-1-83753-928-420241015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05484090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre valeurs et pratiques : le rôle de la démocratie interne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Glémain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La gestion des ressources humaines dans les organisations de l’économie sociale et solidaire. Les valeurs à l'épreuve des pratiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2023, 978-2-311-41275-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Isla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy, Yann; Henneguelle, Anaïs; Puissant, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.172-182, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04199521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France, Spain and Portugal: between path dependence and institutional creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Solorzano-Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny et Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe: Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, ISBN 9780367151188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France : at the crossroads of the Social Economy, Solidarity Economy and Social entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny et Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe : Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, ISBN 9780367151188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Enterprise in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny; Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe: Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 4, Routledge, 16 p., 2021, 9780429055140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valider les acquis de l'expérience : processus, enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stoessel-Rits J et Blanc M. (Coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment former à l'économie sociale et solidaire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, pp.233-245, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement, travail , emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Pleintel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas commenté de l'Economie Sociale et Solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire national de l’Economie Sociale et Solidaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.75-154, 2020, 978-2-247-191713-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle fabrique de la gouvernance dans les organisations culturelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Defalvard hervé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUG, pp.24-37, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The french cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annette Zimmer, Patrick Hoemke, Joachim Benedikt Pahl and Christina Rentzsch (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resilient organizations int the third sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ebook, Münster: Westfälische Wilhelms-Universität, Institut für Politik wissenschaft., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03128075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire et Communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Cornu; Fabienne Orsi; Judith Rochfeld. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des biens communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.497-502, 2017, Quadrige, 978-2-13-065477-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01622557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance dans l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny; Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire, Socioéconomie du 3ème secteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.325-361, 2017, 978-228041-8302-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01622537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat social est-il soluble dans l’économie sociale et solidaire,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lethielleux Laetitia, Combes-Joret Monique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l’ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPURE, pp.221-238, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01443474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de croissance ou de coopération ? Les enjeux pour l’accueil du jeune enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Gardin ; Florence Jany-Catrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire en coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-42, 2016, 978-2-7535-5094-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre pressions institutionnelles et stratégies d'innovation : les formes de coopération entre associations de solidarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire en coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-52, 2016, 978-2-7535-5094-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à domicile et services à la personne : les associations dans la tourmente. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petrella Francesca (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aide à domicile et services à la personne. Les associations dans la tourmente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp. 9-22, 2012, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.44655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00752066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche multi dimensionnelle de la qualité de l'emploi en ESS : premiers jalons sur données françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport Moral sur l'argent dans le Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, [s.e.], pp.371-386, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00437004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisations non lucratives et partenariat : avantages et risques dans le cas des services de développement local en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Enjolras. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance et intérêt général dans les services sociaux et de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.60-85, 2008, Economie sociale et économie publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France : at the crossroads of the social economy, solidarity economy and social entrepreneurship ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les professions et leur coordination dans les établissements d'accueil collectifs du jeune enfant : une hétérogénéité source de tensions au sein des équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et modes d'accueil de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et modes d'accueil de la petite enfance : innovation et diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: A comparative analysis on work integration social enterprises (WISEs) in France and Denmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire face aux difficultés de financement dans les associations artistiques et culturelles. Quelles stratégies d’hybridation des ressources ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Injep. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04883301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation Territoires Zéro chômeur de longue durée : note d'étape du comité scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick L'Horty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrino Graceffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dares; France stratégie. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels leviers pour favoriser l'innovation sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mendez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aix-Marseille Université; Laboratoire d’économie et de Sociologie du travail (LEST). 2023, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03945664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et créativité : comprendre l'apport de l'économie sociale et solidaire dans les lieux de travail à visée utopique AMORCE 2022, INCIAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariagrazia Crocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Donaggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEST CNRS UMR 7317; Centre Gaston Granger. 2022, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des nouvelles technologies sur la qualité de l'emploi et du travail dans l'aide à domicile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathel Kornig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Recotillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et de sociologie du Travail (LEST); Institut de Recherches écoomiques et sociales (IRES); CGT-FO. 2021, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scop & Scic : les sens de la coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Charmettant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boissin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en économie de Grenoble (CREG). 2020, pp.222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02535566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">National Report on third sector barriers in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] National Report No. 04/2016, Laboratoire d'économie et sociologie du travail (LEST); Mathématiques appliquées Paris 5 (CNRS : UMR8145, Université Paris 5). 2016, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01461284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations de solidarité et nouvelles pratiques de coopération sur les territoires : état des lieux, effets et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2015, pp.122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03225268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d'organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2013, pp.205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation sociale dans les services à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2012, pp.109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03225255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle qualité de l'emploi dans l'économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST); Aix-Marseille Université (AMU). 2010, pp.254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02960049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des acteurs et des politiques de la petite enfance : vers une gouvernance partenariale et négociée ? Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blöss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2008, 119 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires d'entrée en dépendance des personnes âgées du point de vue du « care » : approche comparative France-Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Jönsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnus Ring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Convention DREES – MIRE 06/8333, Laboratoire d'économie et sociologie du travail (LEST); Lund University (Lund). 2008, pp.93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId249"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francesca Petrella </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francesca-petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0258-5084</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">076390322</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Professeur des Universités à Aix-Marseille Université</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">francesca.petrella@univ-amu.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Domaines de recherche</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Economie sociale et solidaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Approches socio-économiques du tiers secteur,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Théories des organisations</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Evaluation des politiques publiques, en particulier dans le cas des services de </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (personnes âgées, petite enfance, services à la personne),</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Innovation sociale</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse des formes d’organisation territoriale (proximité, partenariat, coopération et gouvernance).</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Habilitation à diriger des recherches en sciences économiques, Aix-Marseille Université, septembre 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteur en Sciences Economiques de l’Université Catholique de Louvain, Louvain-la-Neuve, Belgique, décembre 2003.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 2 GRH Economie sociale et solidaire : Economie sociale en Europe; Régulation publique et cohésion territoriale, Méthodologie de mémoire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 2 GRH Organisations, Travail et Ressources humaines : Economic issues and organisations strategies</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 1 GRH (formation continue): Economie du travail, Théories des organisations</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Master 1 GRH : Théorie des organisations : Diagnostic et interventions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Licence Pro Management des organisations, option responsable de structure enfance et petite enfance</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Activités scientifiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-directrice du Master 2 GRH Economie sociale et solidaire avec Nadine Richez-Battesti, Aix-Marseille Université.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Présidente du réseau international de recherche EMES (émergence des entreprises sociales).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du CIRIEC France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du Réseau Inter-Universitaire d’Economie sociale et Solidaire (RIUESS), France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation à différentes recherches européennes (projet INTERREG + Resilient sur les clusters d'innovation sociale, Third sector Impact, Mapping social entreprises and their eco-systems, petite enfance).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work organization in social enterprises: A source of job satisfaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Joutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kyklos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 78 (1), pp.111-148. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/kykl.12411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Navigating Cross-Sector Partnerships: Innovative Strategies and Challenges for Work Integration Social Enterprises in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Entrepreneurship and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (3), pp.1655-1676. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19420676.2024.2325706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04568618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social and solidarity economy in the cultural field: governance as a transformative lever? A comparison between three French organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 20 (2), pp.123-139. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SEJ-12-2022-0118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des proximités au sein d’un réseau d’acteurs territorialisé dans l’émergence et la gestion d’un commun : le cas d’une expérimentation Territoires zéro chômeur de longue durée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Retsin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (2), pp.70-82. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ror.192.0070.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04946241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sociétés coopératives de production à la marge de la gouvernance territoriale ? Une analyse à partir de Scop-Scic en régions Auvergne-Rhône-Alpes et Sud-PACA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géographie, Économie, Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (2-3), pp.185-206. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ges.2023.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03963587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The institutional shaping of third sector organizations: Empirical evidence from Italian provinces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Alfano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Lucio Gaeta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apce.12425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La convention d’identité coopérative : création de compromis sectoriels et territoriaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Artis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Filippi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34 | 1er semestre, 24 p. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.22457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04435785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire vivre le common purpose organisationnel : application au cas des coopératives multisociétaires françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 27 (2), pp.133-143. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.59876/a-jstr-ww5q⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04185701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: a comparative analysis on WISES in France and Danemark,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, vol. 93/2, pp 417-434</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From grassroots social innovation to public experimentation in the French Local childcare system : the managerial turn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie locali e servizi sociali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 (3/2021), pp. 457-476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dealing With Paradoxes, Manufacturing Governance: Organizational Change in European Third-Sector Organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruth Simsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonprofit and Voluntary Sector Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/08997640211005849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03197647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’« urgence nord-africaine » à la ville-refuge : la gouvernance locale des migrations à Naples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, « Villes et territoires accueillants » en France et ailleurs, 2021/3 (N° 185), pp.171 - 185. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.185.0171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03398573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: a comparative analysis on WISES in France and Danemark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’« urgence nord-africaine » à la ville-refuge : la gouvernance locale des migrations à Naples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3 / « Villes et territoires accueillants » en France et ailleurs (185), pp.171-185</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articuler conventions valorielle et délibératrices dans les pratiques de GRH d’une coopérative : le cas de Scop-Ti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">@GRH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020/3 (36), pp.13-36. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/grh1.203.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans l’ESS, des actrices engagées et inspirantes mais peu reconnues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Pleintel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n°625, pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRÉSERVER LE SENS DANS LES ORGANISATIONS DE L’ÉCONOMIE SOCIALE ET SOLIDAIRE : QUELS OUTILS DE GESTION ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIMHE : Revue Interdisciplinaire Management, Homme(s) &amp; Entreprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, La gestion hors Mainstream, 8 (34), pp.3-29. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rimhe.034.0003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interroger la gouvernance des entreprises sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue nouvelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N° 4 (4), pp.30-35. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rn.194.0030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03516618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques et potentialités des restructurations interassociatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de l'Economie Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 344, pp.41-57. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1039581ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working under pressure: economic recession and third sector development in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chaves Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Pielinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology and Social Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 36, pp.547 - 566. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJSSP-01-2016-0010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération : la reconquête de la dimension socio-politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jurisassociations : le bimensuel des organismes sans but lucratif [Juris associations]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Comptabilité analytique : bilan sur le divan, 540, pp.41‑45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of evolutions of social enterprises in France: a focus on work integration social enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 26 (2), pp.234-246. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906701.2016.1181390⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESS et ressources communes : vers la reconnaissance d’une diversité institutionnelle. Interpellations croisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Penser l'économie solidaire : une perspective internationale, 15, pp.117-136. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.015.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopération et gouvernance : Normalisation ou reconquête du fait associatif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d’économie médicales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, La gouvernance auscultée en santé (première partie), 33 (6), pp. 359 - 373. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jgem.156.0359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social entrepreneur, social entrepreneurship and social enterprise: semantics and controversies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Innovative Entrepreneurship, 14, pp.143 - 143. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.014.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction sociale de la qualité dans les services d’accueil collectif du jeune enfant. Pluralité de modèles d’organisation et enjeux de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 116, pp.39-52</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La petite fabrique de la médiation territorialisée : vers un modèle multi partie prenante ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the professionalism of management practices in nonprofits and for-profits affect job satisfaction?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human Resource Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 24 (6), pp.1300-1321. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09585192.2012.712543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01451365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dialogue social territorial : origines, enjeux et leviers d'action pour la qualité de l'emploi dans l'aide à domicile, à partir de deux études de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue de l'IRES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 78, pp.127-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01008146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux territoriaux d’organisations et processus de normalisation. Le cas de la GRH dans les services à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie et institutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02429378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation sociale, une notion aux usages pluriels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 38 (2), pp.15-36. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.038.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Access to childcare services : the role of demand and supply-side policies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Isabel Farfan-Portet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lorant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population Research and Policy Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (2), pp.165-183</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00627517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régulation de la qualité dans les services à la personne en France : l'Economie sociale et solidaire entre innovation et isomorphisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35 (5), pp.273-292</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finalité sociale et partenariat public-privé dans l'offre de services quasi-collectifs locaux : une forme innovante de propriété,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés. Série EGS, Economie et gestion des services </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (4), pp.747-774</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and New Forms of Governance : the Case of Childcare Services in a European Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comparative Social Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 26, pp.25-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes de gouvernance territoriale des politiques sociales et place des organisations d'économie sociale et solidaire : regards croisés sur les services de care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pôle sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 31 (2), pp.25-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire (ESS) : premiers jalons pour une analyse de la qualité de l'emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Guérin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour. La revue du Groupe Ruralités, Éducation et Politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 201, pp.103-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'accueil des jeunes enfants en Europe : vers des formes de gouvernance multilatérale et intégrée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Socio-Economie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, n° 2, pp. 141-160. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rfse.002.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'engagement des entreprises dans l'accueil des jeunes enfants. De nombreux enjeux et des partenariats public-privé complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches et prévisions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 92, pp.61-71</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Economy and Welfare Mix: A Framework for the Analysis of Relationnal Services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingo Bode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Public and Cooperative Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, vol. 74 (n° 4), pp. 585-589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinventing food provision in the Anthropocene era: Towards sustainable and democratised local food systems?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMES Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Utrecht, Nov 2025, Utrecht (Netherlands), Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinventer la restauration à l’ère de l’Anthropocène : est-il possible d’aller vers une alimentation durable et démocratisée ? Quels rôles pour les organisations de l’économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIRIEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, université de Bordeaux, Oct 2025, BORDEAUX, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique de l’égalité femmes-hommes au sein de l’ESS dans 3 pays européens : Une porte d’entrée pour de nouveaux imaginaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11eme journées GESS, Sociales, solidaires et économiques, tensions et convergences des organisations de l’ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRG, UPEC, Université Gustave Effel, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’acceptation des tensions, stratégie d’adaptation permanente pour entretenir une gestion alternative ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mendez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19è congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Sep 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04896537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réciprocité comme socle du projet politique au cœur des interdépendances entre logiques marchandes et redistributives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseau International de recherche sur les Organisations et le Développement Durable (RIODD) [Communication orale]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ICHEC, Sep 2024, Bruxelles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04714421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ESS au péril du genre : La fabrique de l’égalité dans 3 pays européens : Premiers résultats,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIUESS, XXIIIemes rencontres L'ESS hors la loi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREAT, Université de Lorraine, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer les partenariats intersectoriels : Stratégies innovantes et défis pour les entreprises sociales d'insertion par l’activité économique en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIIemes rencontres du RIUESS, « l’ESS hors la loi »,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CREACT, Université de Lorraine, May 2024, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05027955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser les coopérations territoriales à partir des PTCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire chercheurs-acteurs PTCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France. pp.9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04477636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment mieux assumer les responsabilités sociales et environnementales des entreprises : le cas des Coopératives Multi-Sociétaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de la Recherche en IUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Roanne, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysing social clusters: a cross-reading from meta-organization and social and solidarity economy theories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saniossian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGOS ST 73: The Plurality of Meta-organizations: Variations and Dynamics of Collective Action among Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EGOS, Jul 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hybridité des ressources au regard de la crise sanitaire.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La connaissance du monde associatif à la lumière de la crise covid-19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Pôles territoriaux de coopération économique : état des lieux de la recherche et coopération avec les acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Pôles territoriaux de coopération économique : état des lieux de la recherche et coopération avec les acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation du projet de recherche “L’hybridité des ressources au regard de la crise sanitaire”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire chercheurs « modèles socio-économiques (MSE) et création de valeur »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03503724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theorising cooperative and social clusters: Contributions and limits of social enterprise approaches and lessons from conceptualisations of French Territorial poles of economic cooperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th EMES International Research Conference on Social Enterprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Zaragossa, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How mixing meta-organization and social enterprise literatures can enhance the understanding of social territorialized clusters like PTCEs in a multi-level perspective?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Saniossian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Changing social enterprises in changing territories: a multi-level perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMPOWER-SE COST Action, EMES International Research Network, Aix-Marseille University, LEST CNRS, University of Zagreb, Mar 2021, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03506762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et stratégies de mobilisation de ressources territoriales : vers une (re)territorialisation durable des activités économiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème colloque ASRDLF/12ème colloque ARSR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF/ARSR, Jul 2019, Iasi, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02177974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle fabrique de la gouvernance au sein des organisations culturelles ? Une étude de cas multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS de la culture et Culture de l'ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIUESS, May 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building processes of impact measurement in the case of workintegration social enterprises (WISEs)). A France-Denmark comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOP et SCIC: projet coopératif et gouvernance au-delà des statuts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7èmes rencontres du GESS (gestion des entreprises sociales et solidaires), IUT de Valence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Valence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises in France, Spain and Portugal: between pathdependence and institutional creation?»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monica Moryama Solorzano-Kraemer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From public governance to internal governance: How EuropeanThird Sector organizations respond to changes? A comparative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th EMES International Conference on Social Enterprise, Sheffield Hallam University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des modes de gouvernance dans le secteur de la culture : le cas de 3 organisations en croissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28ème colloque de l'ADDES (Association pour le développement des données sur l'économie sociale) "Gouvernance et ESS", Paris, 9 octobre 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Third Sector Organizational Responses in a Changing Environment - Hybridization, Governance, Management Dilemmas : A Comparative Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Benedikt Pahl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference International Society for Third-Sector Research (ISTR) Amsterdam</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopératives et (re) territorialisation durable des activités économiques ? Une étude de cas sur deux coopératives en Provence-Alpes-Côte d’Azur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Rencontres GESS, « ESS, Communs, Organisations alternatives : La gestion peut-elle fédérer autour d’une plus grande soutenabilité ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01960936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises in France and in Spain : Common trends and challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Solorzano-Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EMES International Research Conference on Social Enterprises, Louvain-la-Neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisation du travail au sein des organisations de l'économie sociale et solidaire : des modèles de GRH plus participatifs et épanouissants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Joutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIème Congrès de l''Association francophone de Gestion des Ressources Humaines (AGRH), "GRH et alternatives "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs associatifs et l'enjeu de la qualité de l'accueil collectif du jeune enfant avant l'école : que nous apprend le cas français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">? Rencontres RIUESS à Marrakech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marrakech, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barriers for Third Sector Organizations and best practice coping strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Simsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Zimmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EMES International Research Conference on Social Enterprises, Louvain-la-Neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Louvain-la-Neuve, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coopérative et territoire : premiers jalons d'un cadre analytique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIèmes journées de l’AES "Economie sociale et économie politique : regards croisés sur l’histoire et sur les enjeux contemporains"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association d'Economie Sociale, Sep 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01659327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs associatifs et l'enjeu de l'accueil collectif du jeune enfant avant l'école : que nous apprend le cas français ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannig Robin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17e Rencontres du Réseau inter-universitaire de l’économie sociale et solidaire, « Engagement, citoyenneté et développement » ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Marrakech., Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ESS et ressources communes : vers la reconnaissance d’une diversité institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marthe Nyssens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIe Rencontres du Réseau interuniversitaire de l’économie sociale et solidaire (RIUESS), « Les « communs » et l’économie sociale et solidaire. Quelles identités et quelles dynamiques communes" </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Paul-Valéry Montpellier 3, May 2016, Montpellier France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’ESS : vers des formes d’hybridation renouvelées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference internationale EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EMES, Jun 2016, Helsinski, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">XXXVIèmes Journées de l’Association d’économie sociale (AES) : La culture : un nouveau chantier au cœur du renouvellement des politiques sociales ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques sociales en mutation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille 1, Sep 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01448397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entreprise sociale à la croisée de l’économie sociale, de l’économie solidaire et de l’entrepreneuriat social : une spécificité française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4emes journées GESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’ESS : vers des formes d’hybridation renouvelées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th journées GESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GESS, Dec 2016, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03510989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprises: at the crossroads of social economy, solidarity economy and social entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference internationale EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Helsinski, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03511041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d’organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire externe, Coactis, Axe 3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03504499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Working under pressure: How third sector organizations in Europe have responded to transforming policy environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Pape</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bartosz Pielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danijel Baturina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taco Brandsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafael Chaves Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference International Society for Third-Sector Research (ISTR), « The Third Sector in Transition: Accountability, Transparency, and Social Inclusion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ersta Skondal University College, Jun 2016, Stockholm, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01447586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transformations de l’’ESS : vers des formes d’hybridation renouvelées ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Societies in transition: Social and solidarity economy, the commons, public action and livelihood</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karl Polanyi Institute of Political Economy, EMES International Research Network, CNAM Solidarity Economy Chair, May 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">., Coopérations interassociatives : les stratégies socio-politiques en question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude : "Mutualisations, Regroupements Communs : quelles stratégies de cooperation dans les organisations de l’ESS", IAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'entrepreneuriat social est-il soluble dans l'ESS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Rencontres du RIUESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Reims, May 2015, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d'organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIRMAP 2014 – Aix-en-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes et stratégies de croissance dans le champ de l’accueil du jeune enfant : vers de nouveaux modèles d’organisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du RIUESS, "L’ESS en coopération"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action collective et politiques publiques : la petite fabrique du dialogue social territorial dans l'aide à domicile (PACA et Rhône - Alpes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e congrès de l'Association française de sciences politique, Sciences po</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00919182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business social, entreprise sociale et ESS : quelles formes de gouvernance ? entre similitudes et divergences...</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elaborer un corpus théorique de l'ESS pour un autre modèle de société, Réseau Interuniversitaire d'Economie Sociale et Solidaire (RIUESS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mondialisation et secteurs abrités : effet de la normalisation sur les services de proximité en France et en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque "Travail, Emploi et Compétences dans la mondialisation : les dynamiques sociétales à l'œuvre et à l'épreuve". LEST (UMR 6123)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00519012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux territoriaux d'organisation (RTO) et gestion des compétences : vers une redéfinition des espaces de la GRH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International AGRH "PME innovantes, clusters et territoires: théories et pratiques de la gestion des compétences"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00576457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality certification procedure and non profit organisations : between innovation and isomorphism ? The case of home care services in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd EMES International Conf. on Social enterprise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démarches qualité et Economie sociale et solidaire : entre innovation et isomorphisme ? Le cas des services à la personne en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Politiques Publiques et Innovation dans le champ social et médico-social : "Quels modèles et capacité d'action ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorialised governance of care services in Europe, proximity and participation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Conference of the ISTR et EMES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des formes de gouvernance territoriale des politiques sociales et place des organisations d'économie sociale et solidaire : regards croisés sur les services de « care » en Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Economie sociale et solidaire, territoire et politique : regards croisés, SPIRIT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les associations dans la régulation locale de la petite enfance : acteurs de réduction ou de renforcement des inégalités d'accès à l'accueil ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIèmes Journées de l'Association d'économie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Nanterre, France. pp. 25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00232620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions entre acteurs publics et associatifs dans la gouvernance de la petite enfance : une perspective européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RIUESS 2006. 6èmes Rencontres du Réseau Inter-Universitaire de l’Economie Sociale et Solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Enterprises and their Eco-systems : A European mapping report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Commission : DG Employment, Social Affairs and Inclusion. Publications Office of the European Union, 2016, 978-92-79-61645-7. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2767/526313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01461283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail, organisations et politiques publiques : quelle « soutenabilité » à l’heure de la mondialisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gianfaldoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01322018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’expérimentation «Territoire zéro chômeur de longue durée. Un projet entre dispositif d’insertion et projet de territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jany-Catrice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric Frétigné et Philippe Semenowicz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand Manuel de l'Insertion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05465140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promises and Limits of Social Innovation in the French Childcare System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raquel Gallego; Sheila González Motos; Lara Maestripieri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Innovation and Welfare State Retrenchment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishing Limited, pp.119-135, 2024, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/978-1-83753-928-420241015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05484090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre valeurs et pratiques : le rôle de la démocratie interne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Glémain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La gestion des ressources humaines dans les organisations de l’économie sociale et solidaire. Les valeurs à l'épreuve des pratiques.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vuibert, 2023, 978-2-311-41275-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04229477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Defalvard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Isla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Lamarche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Puissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Guy, Yann; Henneguelle, Anaïs; Puissant, Emmanuelle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand manuel d'économie politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.172-182, 2023, 978-2-10-084101-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04199521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Enterprise in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny; Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe: Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chapter 4, Routledge, 16 p., 2021, 9780429055140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France : at the crossroads of the Social Economy, Solidarity Economy and Social entrepreneurship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny et Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe : Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, ISBN 9780367151188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France, Spain and Portugal: between path dependence and institutional creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Solorzano-Garcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny et Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Enterprise in Western Europe: Theory, Models and Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2021, ISBN 9780367151188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement, travail , emploi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Pleintel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas commenté de l'Economie Sociale et Solidaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire national de l’Economie Sociale et Solidaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.75-154, 2020, 978-2-247-191713-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valider les acquis de l'expérience : processus, enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stoessel-Rits J et Blanc M. (Coord.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comment former à l'économie sociale et solidaire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, pp.233-245, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle fabrique de la gouvernance dans les organisations culturelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Ferraton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Vallade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Defalvard hervé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUG, pp.24-37, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03127862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The french cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Annette Zimmer, Patrick Hoemke, Joachim Benedikt Pahl and Christina Rentzsch (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resilient organizations int the third sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ebook, Münster: Westfälische Wilhelms-Universität, Institut für Politik wissenschaft., 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03128075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire et Communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Cornu; Fabienne Orsi; Judith Rochfeld. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire des biens communs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUF, pp.497-502, 2017, Quadrige, 978-2-13-065477-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01622557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gouvernance dans l’économie sociale et solidaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Defourny; Marthe Nyssens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economie sociale et solidaire, Socioéconomie du 3ème secteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.325-361, 2017, 978-228041-8302-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01622537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’entrepreneuriat social est-il soluble dans l’économie sociale et solidaire,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lethielleux Laetitia, Combes-Joret Monique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formes et fondements de la créativité dans l’ESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPURE, pp.221-238, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01443474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de croissance ou de coopération ? Les enjeux pour l’accueil du jeune enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurent Gardin ; Florence Jany-Catrice. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire en coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-42, 2016, 978-2-7535-5094-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01413688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre pressions institutionnelles et stratégies d'innovation : les formes de coopération entre associations de solidarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'économie sociale et solidaire en coopérations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.43-52, 2016, 978-2-7535-5094-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à domicile et services à la personne : les associations dans la tourmente. Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Petrella Francesca (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aide à domicile et services à la personne. Les associations dans la tourmente</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp. 9-22, 2012, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.44655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00752066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une approche multi dimensionnelle de la qualité de l'emploi en ESS : premiers jalons sur données françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport Moral sur l'argent dans le Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, [s.e.], pp.371-386, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00437004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organisations non lucratives et partenariat : avantages et risques dans le cas des services de développement local en Belgique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Enjolras. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernance et intérêt général dans les services sociaux et de santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.60-85, 2008, Economie sociale et économie publique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00448626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social enterprise in France : at the crossroads of the social economy, solidarity economy and social entrepreneurship ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Laville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 34 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01449222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les professions et leur coordination dans les établissements d'accueil collectifs du jeune enfant : une hétérogénéité source de tensions au sein des équipes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et modes d'accueil de la petite enfance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entreprises et modes d'accueil de la petite enfance : innovation et diversification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding social impact assessment through public value theory: A comparative analysis on work integration social enterprises (WISEs) in France and Denmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expérimentation Territoires Zéro chômeur de longue durée : note d'étape du comité scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick L'Horty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrino Graceffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Kerivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Le Gallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dares; France stratégie. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire face aux difficultés de financement dans les associations artistiques et culturelles. Quelles stratégies d’hybridation des ressources ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgia Trasciani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Injep. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04883301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels leviers pour favoriser l'innovation sociale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Mendez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aix-Marseille Université; Laboratoire d’économie et de Sociologie du travail (LEST). 2023, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03945664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travail et créativité : comprendre l'apport de l'économie sociale et solidaire dans les lieux de travail à visée utopique AMORCE 2022, INCIAM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariagrazia Crocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Donaggio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LEST CNRS UMR 7317; Centre Gaston Granger. 2022, pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03991839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact des nouvelles technologies sur la qualité de l'emploi et du travail dans l'aide à domicile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cathel Kornig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Recotillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et de sociologie du Travail (LEST); Institut de Recherches écoomiques et sociales (IRES); CGT-FO. 2021, pp.80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scop & Scic : les sens de la coopération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Charmettant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Boissin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Dubrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Hirczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Juban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en économie de Grenoble (CREG). 2020, pp.222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02535566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">National Report on third sector barriers in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] National Report No. 04/2016, Laboratoire d'économie et sociologie du travail (LEST); Mathématiques appliquées Paris 5 (CNRS : UMR8145, Université Paris 5). 2016, pp.36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01461284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Associations de solidarité et nouvelles pratiques de coopération sur les territoires : état des lieux, effets et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2015, pp.122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03225268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des opérateurs et gouvernance locale de la petite enfance : quels enjeux pour le développement des territoires, les modes d'organisation des acteurs et la régulation de la qualité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Chanut-Guieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lhuillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2013, pp.205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'innovation sociale dans les services à la personne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Marival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2012, pp.109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03225255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle qualité de l'emploi dans l'économie sociale et solidaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Maisonnasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Melnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Richez-Battesti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST); Aix-Marseille Université (AMU). 2010, pp.254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02960049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires d'entrée en dépendance des personnes âgées du point de vue du « care » : approche comparative France-Suède</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Jönsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnus Ring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Convention DREES – MIRE 06/8333, Laboratoire d'économie et sociologie du travail (LEST); Lund University (Lund). 2008, pp.93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00449844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des acteurs et des politiques de la petite enfance : vers une gouvernance partenariale et négociée ? Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mossé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Blöss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Daune-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Odena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Petrella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'économie et sociologie du travail (LEST). 2008, 119 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00458569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId249"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AE9796F0"/>
+    <w:nsid w:val="9AE446DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1F2671ED"/>
+    <w:nsid w:val="A2D11569"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="3CC32220"/>
+    <w:nsid w:val="A57F7F9A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="CA94EA91"/>
+    <w:nsid w:val="D5122FCF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -791,51 +791,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francesca-petrella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0258-5084" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076390322" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francesca.petrella@univ-amu.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708606v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/kykl.12411" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946241v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Retsin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.192.0070." TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568618v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Trasciani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19420676.2024.2325706" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763775v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ferraton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vallade" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SEJ-12-2022-0118" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04435785v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Artis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22457" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Alfano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Lucio Gaeta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12425" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963587v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maisonnasse" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2023.0009" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185701v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dubrion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Juban" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jstr-ww5q" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Dufour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04688502v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506867v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506641v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fraisse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398573v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.185.0171" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197647v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Simsa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Pape" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Benedikt Pahl" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Brandsen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08997640211005849" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510692v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh1.203.0013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127794v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pleintel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516618v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rn.194.0030" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429281v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.034.0003" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696967v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marival" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039581ar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447612v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Chaves Avila" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Pielinski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-01-2016-0010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448393v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448388v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2016.1181390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451368v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.156.0359" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447073v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Nyssens" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.015.0117" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451372v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.014.0143" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626062v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chanut-Guieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhuillier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Laurent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01008146v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451365v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Melnik" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2012.712543" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429363v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429378v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062418v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.038.0015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00627517v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Isabel Farfan-Portet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lorant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519005v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448603v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448596v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458579v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448600v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448608v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Daune-Richard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Odena" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448615v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.002.0141" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500375v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Bode" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gardin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Laville" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349992v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027955v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04714421v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027946v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477636v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027896v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896537v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gouteux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Mendez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809671v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506699v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506706v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503724v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506762v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506731v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514033v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543292v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Moryama Solorzano-Kraemer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferreira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543317v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543276v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Dufour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510873v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543282v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177974v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543301v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075263v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01960936v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543322v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543304v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Solorzano-Garcia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543328v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543314v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Simsa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zimmer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247066v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Robin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659327v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449051v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447586v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danijel Baturina" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511041v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511001v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510989v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511044v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447582v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448397v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543334v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03256921v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413741v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413740v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00919182v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576457v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519012v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519010v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458614v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458612v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458619v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458567v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00232620v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458571v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461283v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2767/526313" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05465140v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pr&#233;vost" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05484090v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/978-1-83753-928-420241015" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229477v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gl&#233;main" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199521v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226159v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ferreira" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Solorzano-Garcia" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226168v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03722120v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127843v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216398v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cress-na.org/publication/atlas-2020-commente-de-leconomie-sociale-et-solidaire/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127862v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128075v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01622557v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01622537v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443474v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413688v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4216" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449089v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752066v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.44655" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437004v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448626v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449222v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449771v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449780v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458566v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216401v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883301v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775725v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrino Graceffa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lima" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kerivel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Gallo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03945664v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariagrazia Crocco" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Donaggio" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482493v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535566v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Charmettant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461284v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225268v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02958290v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225255v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02960049v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Melnik" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458569v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moss&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bl&#246;ss" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449844v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid J&#246;nsson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Ring" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francesca-petrella" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0258-5084" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/076390322" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francesca.petrella@univ-amu.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708606v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Petrella" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Richez-Battesti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/kykl.12411" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568618v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Trasciani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19420676.2024.2325706" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763775v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Ferraton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vallade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SEJ-12-2022-0118" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946241v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Retsin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.192.0070." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963587v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Hirczak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maisonnasse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ges.2023.0009" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Esposito" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Alfano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Lucio Gaeta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apce.12425" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04435785v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Artis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Filippi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.22457" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185701v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dubrion" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Juban" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-jstr-ww5q" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Dufour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506641v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fraisse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197647v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Simsa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Pape" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Benedikt Pahl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco Brandsen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/08997640211005849" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03398573v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.185.0171" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506867v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04688502v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510692v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh1.203.0013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127794v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pleintel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429281v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rimhe.034.0003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03516618v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rn.194.0030" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696967v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marival" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1039581ar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447612v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Chaves Avila" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartosz Pielinski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSSP-01-2016-0010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448393v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448388v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906701.2016.1181390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447073v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marthe Nyssens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.015.0117" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451368v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jgem.156.0359" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451372v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.014.0143" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01626062v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Chanut-Guieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhuillier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Laurent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429363v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01451365v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Melnik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09585192.2012.712543" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01008146v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puissant" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02429378v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062418v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.038.0015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00627517v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Isabel Farfan-Portet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lorant" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519005v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448600v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448603v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448596v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458579v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gu&#233;rin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448615v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.002.0141" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448608v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Daune-Richard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Odena" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500375v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Bode" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gardin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Laville" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349990v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349992v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027896v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896537v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gouteux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Mendez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04714421v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027946v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027955v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477636v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809671v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506731v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Saniossian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514033v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506699v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503724v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506706v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03506762v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177974v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510873v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543276v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Dufour" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543317v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543292v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Moryama Solorzano-Kraemer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543282v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075263v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543301v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01960936v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543304v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Solorzano-Garcia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543322v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543328v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543314v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Simsa" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zimmer" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01659327v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247066v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannig Robin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447582v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511044v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01448397v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511001v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510989v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511041v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504499v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447586v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danijel Baturina" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449051v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543334v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03256921v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413741v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413740v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00919182v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519010v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00519012v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00576457v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458612v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458614v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458619v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458567v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00232620v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458571v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461283v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2767/526313" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gianfaldoni" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05465140v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jany-Catrice" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pr&#233;vost" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05484090v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/978-1-83753-928-420241015" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229477v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gl&#233;main" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04199521v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Defalvard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamarche" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/entreprise-et-economie/grand-manuel-d-economie-politique" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03722120v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226168v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226159v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Ferreira" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Solorzano-Garcia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216398v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cress-na.org/publication/atlas-2020-commente-de-leconomie-sociale-et-solidaire/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127843v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03127862v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128075v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01622557v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01622537v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01443474v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01413688v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4216" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449089v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00752066v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.44655" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00437004v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448626v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01449222v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449771v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449780v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458566v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216401v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775725v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick L'Horty" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrino Graceffa" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lima" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Kerivel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Gallo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883301v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03945664v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariagrazia Crocco" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Donaggio" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482493v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathel Kornig" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Recotillet" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02535566v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Charmettant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01461284v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meunier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225268v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02958290v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03225255v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02960049v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Melnik" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00449844v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid J&#246;nsson" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Ring" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00458569v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moss&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bl&#246;ss" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>