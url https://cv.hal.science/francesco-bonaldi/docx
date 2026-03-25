--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -217,278 +217,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04037653v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical analysis of a mixed-dimensional poromechanical model with frictionless contact at matrix–fracture interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An energy-consistent discretization of hyper-viscoelastic contact models for soft tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Barboteu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roland Masson</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Mahmoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics of Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1090/mcom/3949⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 421 (5), pp.116785. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2024.116785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03541096v3</w:t>
+                <w:t xml:space="preserve">hal-04291073v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An energy-consistent discretization of hyper-viscoelastic contact models for soft tissues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical analysis of a mixed-dimensional poromechanical model with frictionless contact at matrix–fracture interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Serge Dumont</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Droniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Mahmoud</w:t>
+                <w:t xml:space="preserve">Roland Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 421 (5), pp.116785. </w:t>
+              <w:t xml:space="preserve">Mathematics of Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 93 (349), pp.2103-2134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2024.116785⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/mcom/3949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291073v2</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03541096v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Improved Normal Compliance method for dynamic hyperelastic problems with energy conservation property</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Barboteu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -587,51 +587,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Droniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pasteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -672,776 +672,776 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349229v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient discretization of two-phase poro-mechanical models with discontinuous pressures at matrix fracture interfaces</w:t>
+                <w:t xml:space="preserve">Gradient discretization of two-phase flows coupled with mechanical deformation in fractured porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Droniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Masson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 55 (5), pp.1741-1777. </w:t>
+              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/m2an/2021036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.camwa.2021.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348216v1</w:t>
+                <w:t xml:space="preserve">hal-02549111v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient discretization of two-phase flows coupled with mechanical deformation in fractured porous media</w:t>
+                <w:t xml:space="preserve">Gradient discretization of two-phase poro-mechanical models with discontinuous pressures at matrix fracture interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Droniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Masson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pasteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Mathematics with Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (5), pp.1741-1777. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.camwa.2021.06.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2021036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02549111v3</w:t>
+                <w:t xml:space="preserve">hal-03348216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of three‐dimensional elastoacoustic wave propagation based on a Discontinuous Galerkin spectral element method</w:t>
+                <w:t xml:space="preserve">A high-order discontinuous Galerkin approach to the elasto-acoustic problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola F. Antonietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilario Mazzieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 121 (10), pp.2206-2226. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/nme.6305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cma.2019.112634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500137v1</w:t>
+                <w:t xml:space="preserve">hal-04500106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-order discontinuous Galerkin approach to the elasto-acoustic problem</w:t>
+                <w:t xml:space="preserve">Simulation of three‐dimensional elastoacoustic wave propagation based on a Discontinuous Galerkin spectral element method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola F. Antonietti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilario Mazzieri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Applied Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">International Journal for Numerical Methods in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 121 (10), pp.2206-2226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cma.2019.112634⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/nme.6305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500106v1</w:t>
+                <w:t xml:space="preserve">hal-04500137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An asymptotic plate model for magneto-electro-thermo-elastic sensors and actuators</w:t>
+                <w:t xml:space="preserve">Mathematical and numerical modeling of plate dynamics with rotational inertia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Geymonat</w:t>
+                <w:t xml:space="preserve">Giuseppe Geymonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Krasucki</w:t>
+                <w:t xml:space="preserve">Françoise Krasucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Serpilli</w:t>
+                <w:t xml:space="preserve">Marina Vidrascu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematics and Mechanics of Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 22 (4), pp.798-822. </w:t>
+              <w:t xml:space="preserve">Journal of Numerical Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (1), pp.1 - 20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1081286515612885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/jnma-2016-1020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01207392v1</w:t>
+                <w:t xml:space="preserve">hal-01413037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical and numerical modeling of plate dynamics with rotational inertia</w:t>
+                <w:t xml:space="preserve">An asymptotic plate model for magneto-electro-thermo-elastic sensors and actuators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Geymonat</w:t>
+                <w:t xml:space="preserve">G. Geymonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Krasucki</w:t>
+                <w:t xml:space="preserve">F. Krasucki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Vidrascu</w:t>
+                <w:t xml:space="preserve">M. Serpilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Numerical Mathematics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (1), pp.1 - 20. </w:t>
+              <w:t xml:space="preserve">Mathematics and Mechanics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (4), pp.798-822. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/jnma-2016-1020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1081286515612885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01413037v1</w:t>
+                <w:t xml:space="preserve">hal-01207392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of smart materials with thermal effects: dynamic and quasi-static evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Geymonat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Krasucki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Models and Methods in Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (14), pp.2633-2667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1520,77 +1520,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An energy-consistent discretization of hyper-viscoelastic contact models for soft tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bonaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Barboteu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Mahmoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30e Séminaire Franco-Polonais de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LAMPS, May 2024, Perpignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1723,51 +1723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Brenner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Droniou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECMOR XVII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online Event, France. pp.1-20, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2073,51 +2073,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037653v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele A. Di Pietro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Droniou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaibo Hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1602" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541096v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Masson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3949" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291073v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Barboteu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mahmoud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.116785" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791122v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Danan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soad El-Hadri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2023.107296" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349229v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pasteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110984" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348216v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Brenner" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2021036" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549111v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2021.06.017" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500137v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola F. Antonietti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilario Mazzieri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500106v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.112634" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207392v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Geymonat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krasucki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serpilli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1081286515612885" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413037v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Geymonat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Krasucki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vidrascu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jnma-2016-1020" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202515500578" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798992v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799027v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434139v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202035013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01786352v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTS027" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037653v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bonaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele A. Di Pietro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Droniou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaibo Hu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1602" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291073v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Barboteu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dumont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mahmoud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.116785" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541096v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Masson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/mcom/3949" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791122v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Danan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soad El-Hadri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2023.107296" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349229v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pasteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2022.110984" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549111v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Brenner" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2021.06.017" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348216v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2021036" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500106v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola F. Antonietti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilario Mazzieri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2019.112634" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500137v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nme.6305" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Geymonat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Krasucki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vidrascu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/jnma-2016-1020" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207392v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Geymonat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Krasucki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Serpilli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1081286515612885" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167897v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218202515500578" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798992v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799027v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434139v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.202035013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01786352v3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016MONTS027" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>