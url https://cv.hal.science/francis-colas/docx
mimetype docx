--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francis Colas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.14530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Probabilistic Model for Cobot Decision Making to Mitigate Human Fatigue in Repetitive Co-manipulation Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2023.3315583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workstation Suitability Maps: Generating Ergonomic Behaviors on a Population of Virtual Humans with Multi-task Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2023.3318191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bayesian tracker for synthesizing mobile robot behaviour from demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-021-10019-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408925v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planning for robot audition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Quan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (8), pp.2293-2317. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-019-09880-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity Recognition for Ergonomics Assessment of Industrial Tasks with Automatic Feature Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (2), pp.1132-1139. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2019.2894389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01985013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles probabilistes formels pour problèmes cognitifs usuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nouvelles approches en robotique cognitive, 65 (1), pp.111-141. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/intel.2016.1792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxing the planar assumption: 3D state estimation for an autonomous surface vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Hitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (13), pp.1604-1621. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364915583680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental topological segmentation for semi-structured environments using discretized GVG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Oth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38 (2), pp.143--160. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-014-9398-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Data Fusion of Multi-modal Sensory Information for Mobile Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimír Kubelka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Svoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (4), pp.447--473</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRADR Project: Long-Term Human-Robot Teaming for Robot Assisted Disaster Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Kruijff-Korbayová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koen Hindriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Neerincx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petter Ögren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KI - Künstliche Intelligenz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (2), pp.193--201. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13218-015-0352-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing, developing, and deploying systems to support human–robot teams in disaster response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Kruijff-Korbayová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslav Janíček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (23), pp.1547--1570. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01691864.2014.985335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing ICP variants on real-world data sets Open-source library and experimental protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34 (3), pp.133--148. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-013-9327-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging data sets for point cloud registration algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (14), pp.1705--1711. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364912458814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common bayesian models for common cognitive issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biotheoretica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2-3), pp.191-216. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10441-010-9101-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian models of eye movement selection with retinotopic maps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Flacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Tanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Cybernetics (Modeling)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 100 (3), pp.203-14. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00422-009-0292-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified probabilistic model of the perception of three-dimensional structure from optic flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Cybernetics (Modeling)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.132--154. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00422-007-0183-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00215918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Skilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAROS 2024 - 25th Toward Autonomous Robotic Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ana Cavalcanti, Simon Foster, Rob Richardson, Aug 2024, Londres, United Kingdom. pp.11, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-72062-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation through Planning in Human-Robot Repetitive Co-Manipulation: Automatic Extraction of Relevant Action Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.795-802, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Humanoids58906.2024.10769843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom. pp.9793-9799, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10161406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monte-Carlo Search for an Equilibrium in Dec-POMDPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 39th Conference on Uncertainty in Artificial Intelligence (UAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Pittsburgh, PA, United States. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2305.11811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation with Cobots: Investigating the Cobot Workspace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GdR Robotique, Oct 2023, Moliets et Maa, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification robuste pour la collaboration homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Planification, Décision et Apprentissage (JFPDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Schwarzentruber, Jun 2022, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Pose and Posture Estimation with a Two-stage Particle Filter for Visuo-inertial Fusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Advanced Robotics and Mechatronics (ICARM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guilin, China. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARM54641.2022.9959293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quality-diversity approach to study the impact of human morphology in physics-based virtual workstations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 - Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Robotique, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTAI 2021 - IEEE 33rd International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Washington/virtual, United States. pp.427-434, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI52525.2021.00069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution de Dec-POMDP à horizon infini à l'aide de contrôleurs à états finis dans JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPDA 2021 - Journées Francophones Planification, Décision et Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Bordeaux (virtuel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAS 2018 - 9ème conférence internationale sur la sécurité des systèmes industriels automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity Recognition With Multiple Wearable Sensors for Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACHI 2018 - Eleventh International Conference on Advances in Computer-Human Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRH 2018 - Journées Nationales de la Robotique Humanoïde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Human Whole-Body Movements with AE-ProMPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Dermy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chaveroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RAS 18th International Conference on Humanoid Robots (HUMANOIDS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China. pp.572-579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term robot motion planning for active sound source localization with Monte Carlo tree search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Nguyen Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HSCMA 2017 - Hands-free Speech Communication and Microphone Arrays </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of inexpensive robots with low-bandwidth sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiling Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Distributed Autonomous Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic sensor data processing for robot localization on load-sensing floors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Andries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing an intermittent and moving sound source using a mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Quan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Deajeon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Estimation for Shore Monitoring Using an Autonomous Surface Vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Hitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Experimental Robotics (ISER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term 3D map maintenance in dynamic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Krüsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Furgale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Hong-kong, China. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D path planning and execution for search and rescue ground robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srivatsa Mahesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Tokyo, Japan. pp.722--727, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2013.6696431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise characterization of depth sensors for surface inspections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Breitenmoser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Applied Robotics for the Power Industry (CARPI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Zurich, Switzerland. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CARPI.2012.6473358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Non-Parametric Bayesian Learning of Robot Behaviors from Demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIPS Workshop on "Bayesian Nonparametric Models (BNPM) For Reliable Planning And Decision-Making Under Uncertainty"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lake Tahoe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Mapping: Spatial Inferencing to Aid Human-Robot Rescue Efforts in Unstructured Disaster Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Zender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 AAAI Spring Symposium on Designing Intelligent Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal estimation for pointcloud using GPU based sparse tensor voting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics (Robio)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Guangzhou, China. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBIO.2012.6490949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Intelligent Robots for Human-Robot Teaming in Urban Search & Rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomáš Svoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurriaan van Diggelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI 2012 Spring Symposium on Designing Intelligent Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience in System Design for Human-Robot Teaming in Urban Search & Rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslav Janícek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Zender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Field and Service Robotics (FSR 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Matsushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markov semi-supervised clustering approach and its application in topological map extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vilamoura, Portugal. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2012.6385683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Adaptive Robotic Green Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Stocker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Veillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards Autonomous Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Sheffield, United Kingdom. pp.422--423, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23232-9_58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional topological segmentation based on mutual information graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Shangai, China. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2011.5979672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking a depth camera: Parameter exploration for fast ICP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2011.6048545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning user habits for semi-autonomous navigation using low throughput interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Chavarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Anchorage, United States. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.2011.6083633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum entropy perception-action space: a Bayesian model of eye movement selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Conf. on Bayesian Methods and Maximum Entropy in Science and Engineering (MaxEnt2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Chamonix, France. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3573660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a benchmark for RGB-D SLAM evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Sturm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolas Engelhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RGB-D Workshop on Advanced Reasoning with Depth Cameras at Robotics: Science and Systems Conf.(RSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Unified Framework for Planning and Execution-Monitoring of Mobile Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Papadakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiora Pirri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Ming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshops at the Twenty-Fifth AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00759033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative Motion Threshold for Rejection in ICP Registration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ferland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-13408-1_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to identify users and predict their destination in a robotic guidance application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Y. Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit uncertainty for eye movement selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Flacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiére</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Programming: life science modeling and robotics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressing Bayesian Fusion as a Product of Distributions: Applications in Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Las Vegas, United States. pp.1851--1856, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2003.1248913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089247v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressing Bayesian Fusion as a Product of Distributions: Application to Randomized Hough Transform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation in Human-Robot Repetitive Co-Manipulation: A Planning-Friendly Discretization of The Continuous Action Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICRA 2024 Workshop on Innovations and Applications of Human Modelling in Physical Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Yokohama, Japan. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04590156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-task Optimization to Evaluate Workstation Suitability over a Population of Virtual Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRH 2023 - Journées Nationales de la Robotique Humanoïde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duration Models for Human Activity Prediction in Industry-Like Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 : Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic planning for cobots to mitigate fatigue in repetitive comanipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 : Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interacting with a torque-controlled virtual human in virtual reality for ergonomics studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Andriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VR 2022 - 29th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Christchurch, New Zealand. , </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VRW55335.2022.00190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03632811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la variabilité morphologique de l'opérateur dans des tâches de montage simulées en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2021 - Journée des Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of Point Cloud Registration Algorithms for Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Know Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 4 (1), pp.120, 2015, Foundations and Trends® in Robotics, 978-1-68083-025-5. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1561/2300000035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Modelling of Perception of Structure from Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wexler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probabilistic Reasoning and Decision Making in Sensory-Motor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, springer, pp.301-328, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified probabilistic model of the perception of three-dimensionnal structure from optic flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Wexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00182001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duration Models for Human Activity Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception des objets en mouvement Composition bayésienne du flux optique et du mouvement de l'observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Institut National Polytechnique de Grenoble - INPG, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00080229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation bayésienne et robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robotique [cs.RO]. Université de Lorraine, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01647934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Francis Colas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49th congress of the Société de Biomécanique, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46298/mbj.14530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workstation Suitability Maps: Generating Ergonomic Behaviors on a Population of Virtual Humans with Multi-task Optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2023.3318191⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Probabilistic Model for Cobot Decision Making to Mitigate Human Fatigue in Repetitive Co-manipulation Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2023.3315583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04209954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bayesian tracker for synthesizing mobile robot behaviour from demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-021-10019-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03408925v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion planning for robot audition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Quan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (8), pp.2293-2317. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-019-09880-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity Recognition for Ergonomics Assessment of Industrial Tasks with Automatic Feature Selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (2), pp.1132-1139. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LRA.2019.2894389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01985013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles probabilistes formels pour problèmes cognitifs usuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Nouvelles approches en robotique cognitive, 65 (1), pp.111-141. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/intel.2016.1792⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxing the planar assumption: 3D state estimation for an autonomous surface vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Hitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 34 (13), pp.1604-1621. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364915583680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01174626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incremental topological segmentation for semi-structured environments using discretized GVG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Oth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 38 (2), pp.143--160. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-014-9398-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Data Fusion of Multi-modal Sensory Information for Mobile Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimír Kubelka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenz Oswald</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Svoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Field Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (4), pp.447--473</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TRADR Project: Long-Term Human-Robot Teaming for Robot Assisted Disaster Response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Kruijff-Korbayová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koen Hindriks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Neerincx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petter Ögren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KI - Künstliche Intelligenz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (2), pp.193--201. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13218-015-0352-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing, developing, and deploying systems to support human–robot teams in disaster response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Kruijff-Korbayová</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslav Janíček</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (23), pp.1547--1570. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01691864.2014.985335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing ICP variants on real-world data sets Open-source library and experimental protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomous Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34 (3), pp.133--148. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10514-013-9327-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging data sets for point cloud registration algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Journal of Robotics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31 (14), pp.1705--1711. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0278364912458814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common bayesian models for common cognitive issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biotheoretica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2-3), pp.191-216. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10441-010-9101-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00530356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian models of eye movement selection with retinotopic maps.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Flacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Tanner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Cybernetics (Modeling)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 100 (3), pp.203-14. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00422-009-0292-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00384515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified probabilistic model of the perception of three-dimensional structure from optic flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Cybernetics (Modeling)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp.132--154. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00422-007-0183-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00215918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Skilton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAROS 2024 - 25th Toward Autonomous Robotic Systems Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ana Cavalcanti, Simon Foster, Rob Richardson, Aug 2024, Londres, United Kingdom. pp.11, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-72062-8_1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04884318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identifying human movement strategies for human-robot collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation through Planning in Human-Robot Repetitive Co-Manipulation: Automatic Extraction of Relevant Action Sets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RAS 23rd International Conference on Humanoid Robots (Humanoids 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. pp.795-802, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Humanoids58906.2024.10769843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Robot Planning for Human-Robot Collaboration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, London, United Kingdom. pp.9793-9799, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA48891.2023.10161406⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monte-Carlo Search for an Equilibrium in Dec-POMDPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 39th Conference on Uncertainty in Artificial Intelligence (UAI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Pittsburgh, PA, United States. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2305.11811⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04191493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation with Cobots: Investigating the Cobot Workspace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GdR Robotique, Oct 2023, Moliets et Maa, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planification robuste pour la collaboration homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachid Alami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones Planification, Décision et Apprentissage (JFPDA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, François Schwarzentruber, Jun 2022, Saint Etienne (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous Pose and Posture Estimation with a Two-stage Particle Filter for Visuo-inertial Fusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Advanced Robotics and Mechatronics (ICARM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Guilin, China. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICARM54641.2022.9959293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quality-diversity approach to study the impact of human morphology in physics-based virtual workstations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 - Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR Robotique, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résolution de Dec-POMDP à horizon infini à l'aide de contrôleurs à états finis dans JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JFPDA 2021 - Journées Francophones Planification, Décision et Apprentissage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Bordeaux (virtuel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICTAI 2021 - IEEE 33rd International Conference on Tools with Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Washington/virtual, United States. pp.427-434, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTAI52525.2021.00069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAS 2018 - 9ème conférence internationale sur la sécurité des systèmes industriels automatisés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activity Recognition With Multiple Wearable Sensors for Industrial Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACHI 2018 - Eleventh International Conference on Advances in Computer-Human Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01701996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Human Activity Recognition for Ergonomics Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Malaisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRH 2018 - Journées Nationales de la Robotique Humanoïde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction of Human Whole-Body Movements with AE-ProMPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oriane Dermy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chaveroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE-RAS 18th International Conference on Humanoid Robots (HUMANOIDS 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Beijing, China. pp.572-579</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term robot motion planning for active sound source localization with Monte Carlo tree search</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Nguyen Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HSCMA 2017 - Hands-free Speech Communication and Microphone Arrays </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01447787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localization of inexpensive robots with low-bandwidth sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shiling Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Symposium on Distributed Autonomous Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic sensor data processing for robot localization on load-sensing floors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihai Andries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01274696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localizing an intermittent and moving sound source using a mobile robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">van Quan Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charpillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Deajeon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01354006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term 3D map maintenance in dynamic environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Krüsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Furgale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Hong-kong, China. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2014.6907397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State Estimation for Shore Monitoring Using an Autonomous Surface Vessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Hitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Experimental Robotics (ISER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marrakech, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D path planning and execution for search and rescue ground robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srivatsa Mahesh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Tokyo, Japan. pp.722--727, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2013.6696431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise characterization of depth sensors for surface inspections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Breitenmoser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Applied Robotics for the Power Industry (CARPI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Zurich, Switzerland. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CARPI.2012.6473358⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Non-Parametric Bayesian Learning of Robot Behaviors from Demonstration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NIPS Workshop on "Bayesian Nonparametric Models (BNPM) For Reliable Planning And Decision-Making Under Uncertainty"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Lake Tahoe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Mapping: Spatial Inferencing to Aid Human-Robot Rescue Efforts in Unstructured Disaster Environments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Zender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 AAAI Spring Symposium on Designing Intelligent Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normal estimation for pointcloud using GPU based sparse tensor voting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics (Robio)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Guangzhou, China. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ROBIO.2012.6490949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing Intelligent Robots for Human-Robot Teaming in Urban Search & Rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomáš Svoboda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jurriaan van Diggelen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Balmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAI 2012 Spring Symposium on Designing Intelligent Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Stanford, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience in System Design for Human-Robot Teaming in Urban Search & Rescue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Kruijff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miroslav Janícek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shanker Keshavdas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Larochelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hendrik Zender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Conference on Field and Service Robotics (FSR 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Matsushima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01143147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Markov semi-supervised clustering approach and its application in topological map extraction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Vilamoura, Portugal. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2012.6385683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Adaptive Robotic Green Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janine Stocker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Veillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards Autonomous Robotic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Sheffield, United Kingdom. pp.422--423, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-23232-9_58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional topological segmentation based on mutual information graphs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Shangai, China. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRA.2011.5979672⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking a depth camera: Parameter exploration for fast ICP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2011.6048545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning user habits for semi-autonomous navigation using low throughput interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Chavarriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics (SMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Anchorage, United States. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.2011.6083633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximum entropy perception-action space: a Bayesian model of eye movement selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Conf. on Bayesian Methods and Maximum Entropy in Science and Engineering (MaxEnt2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Chamonix, France. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3573660⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Unified Framework for Planning and Execution-Monitoring of Mobile Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gianni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Papadakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiora Pirri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Ming</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshops at the Twenty-Fifth AAAI Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00759033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a benchmark for RGB-D SLAM evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jürgen Sturm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Magnenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolas Engelhard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RGB-D Workshop on Advanced Reasoning with Depth Cameras at Robotics: Science and Systems Conf.(RSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative Motion Threshold for Rejection in ICP Registration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Ferland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Michaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Cambridge, United States. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-13408-1_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to identify users and predict their destination in a robotic guidance application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Y. Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field and Service Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicit uncertainty for eye movement selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Flacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiére</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Programming: life science modeling and robotics applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressing Bayesian Fusion as a Product of Distributions: Applications in Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Las Vegas, United States. pp.1851--1856, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IROS.2003.1248913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00089247v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expressing Bayesian Fusion as a Product of Distributions: Application to Randomized Hough Transform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pradalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00019262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatigue Mitigation in Human-Robot Repetitive Co-Manipulation: A Planning-Friendly Discretization of The Continuous Action Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE ICRA 2024 Workshop on Innovations and Applications of Human Modelling in Physical Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Yokohama, Japan. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04590156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-task Optimization to Evaluate Workstation Suitability over a Population of Virtual Humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRH 2023 - Journées Nationales de la Robotique Humanoïde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duration Models for Human Activity Prediction in Industry-Like Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 : Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probabilistic planning for cobots to mitigate fatigue in repetitive comanipulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aya Yaacoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2022 : Journée des Jeunes Chercheurs et Jeunes Chercheuses en Robotique 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interacting with a torque-controlled virtual human in virtual reality for ergonomics studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Andriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE VR 2022 - 29th IEEE Conference on Virtual Reality and 3D User Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Christchurch, New Zealand. , </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/VRW55335.2022.00190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-03632811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en compte de la variabilité morphologique de l'opérateur dans des tâches de montage simulées en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Zhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Weistroffer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJCR 2021 - Journée des Jeunes Chercheurs en Robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Review of Point Cloud Registration Algorithms for Mobile Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pomerleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Siegwart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Know Publishers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 4 (1), pp.120, 2015, Foundations and Trends® in Robotics, 978-1-68083-025-5. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1561/2300000035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01178661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bayesian Modelling of Perception of Structure from Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Wexler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probabilistic Reasoning and Decision Making in Sensory-Motor Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, springer, pp.301-328, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00338732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A unified probabilistic model of the perception of three-dimensionnal structure from optic flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Droulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Wexler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bessiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00182001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duration Models for Human Activity Prediction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nima Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serena Ivaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solving infinite-horizon Dec-POMDPs using Finite State Controllers within JESP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yang You</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Buffet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03523415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception des objets en mouvement Composition bayésienne du flux optique et du mouvement de l'observateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Institut National Polytechnique de Grenoble - INPG, 2006. Français. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00080229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation bayésienne et robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Robotique [cs.RO]. Université de Lorraine, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01647934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738014v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Colombel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209954v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yaacoub" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3315583" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216552v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Zhong" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Weistroffer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3318191" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03408925v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Magnenat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-021-10019-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02188342v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-019-09880-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985013v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malais&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2894389" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345697v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2016.1792" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174626v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hitz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pomerleau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Siegwart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364915583680" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143466v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Liu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Oth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-014-9398-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143471v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladim&#237;r Kubelka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Oswald" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Svoboda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143484v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kruijff-Korbayov&#225;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Hindriks" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Neerincx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter &#214;gren" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13218-015-0352-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Kruijff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanker Keshavdas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Larochelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Jan&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01691864.2014.985335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143458v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-013-9327-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6F6DDE0CFBF4A249D27E0A170B88864873B7F173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143454v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912458814" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530356v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessiere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-010-9101-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384515v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tanner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Girard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00422-009-0292-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00215918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Droulez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wexler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00422-007-0183-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886005v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids58906.2024.10769843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404291v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212836v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808832v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701996v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Dermy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaveroche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Nguyen Van" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01379218v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiling Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mondada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01274696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rio" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354006v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143108v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143106v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kr&#252;si" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Furgale" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907397" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143103v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srivatsa Mahesh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2013.6696431" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142707v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Breitenmoser" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CARPI.2012.6473358" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142732v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143134v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Zender" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142736v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6490949" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143096v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Svoboda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan van Diggelen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balmer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143147v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Jan&#237;cek" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142738v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2012.6385683" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142611v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Stocker" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Veillat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23232-9_58" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142701v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5979672" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142622v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6048545" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142698v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Chavarriaga" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2011.6083633" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142599v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3573660" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142608v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Sturm" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Engelhard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00759033v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gianni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiora Pirri" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Ming" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pomerleau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142575v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferland" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13408-1_21" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746542v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Pradalier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Y. Siegwart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331555v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#233;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338776v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089247v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2003.1248913" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019262v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590156v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212850v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943432v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03632811v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andriot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW55335.2022.00190" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212828v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178661v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nowpublishers.com/article/Details/ROB-035" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/2300000035" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338732v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00182001v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wexler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00080229v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01647934v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738014v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Colombel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maurice" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14530" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216552v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Zhong" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Weistroffer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3318191" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209954v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Yaacoub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2023.3315583" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03408925v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Magnenat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-021-10019-4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02188342v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vincent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charpillet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-019-09880-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985013v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Malais&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Ivaldi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2894389" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345697v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Diard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2016.1792" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01174626v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hitz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pomerleau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Siegwart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364915583680" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143466v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Liu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Oth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-014-9398-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143471v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladim&#237;r Kubelka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Oswald" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Svoboda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143484v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kruijff-Korbayov&#225;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Hindriks" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Neerincx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petter &#214;gren" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13218-015-0352-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143476v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Kruijff" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanker Keshavdas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Larochelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Jan&#237;&#269;ek" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01691864.2014.985335" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143458v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-013-9327-2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6F6DDE0CFBF4A249D27E0A170B88864873B7F173/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143454v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364912458814" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530356v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessiere" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-010-9101-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384515v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Flacher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Tanner" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Girard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00422-009-0292-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00215918v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Droulez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Wexler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00422-007-0183-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04884318v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang You" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Skilton" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buffet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-72062-8_1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886005v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Humanoids58906.2024.10769843" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA48891.2023.10161406" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04191493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2305.11811" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404291v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03935200v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722103v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mehdi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARM54641.2022.9959293" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212836v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523841v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI52525.2021.00069" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808832v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701996v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348724v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01895148v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Dermy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaveroche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447787v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Nguyen Van" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01379218v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiling Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Mondada" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01274696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rio" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Andries" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354006v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143106v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Kr&#252;si" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Furgale" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2014.6907397" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143108v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143103v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srivatsa Mahesh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2013.6696431" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142707v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Breitenmoser" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CARPI.2012.6473358" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142732v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pradalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143134v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Zender" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142736v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6490949" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143096v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Svoboda" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jurriaan van Diggelen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balmer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143147v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Jan&#237;cek" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142738v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2012.6385683" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142611v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Stocker" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Veillat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23232-9_58" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142701v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5979672" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142622v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6048545" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142698v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Perrin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Chavarriaga" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.2011.6083633" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142599v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3573660" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00759033v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gianni" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiora Pirri" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Ming" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Pomerleau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142608v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Sturm" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolas Engelhard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142575v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ferland" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13408-1_21" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00746542v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Pradalier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Y. Siegwart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331555v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bessi&#233;re" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338776v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00089247v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2003.1248913" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019262v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590156v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212850v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943360v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03943432v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03632811v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andriot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VRW55335.2022.00190" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212828v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178661v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nowpublishers.com/article/Details/ROB-035" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/2300000035" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338732v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00182001v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wexler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04313912v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03523415v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00080229v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/tel-01647934v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>