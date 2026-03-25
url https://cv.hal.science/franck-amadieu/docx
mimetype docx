--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -336,261 +336,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05327331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between critical thinking dispositions and evaluation of videos with variation in the level of expertise of the source among middle and high school students</w:t>
+                <w:t xml:space="preserve">La méthode de l'objet technique : reprendre la main sur l'activité, Gaubert, Cuvillier, Leblanc, Rouat (Eds.), Octarès éditions, Paris 2024.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brivael Hémon</w:t>
+                <w:t xml:space="preserve">V. Saint-Dizier de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin de Checchi</w:t>
+                <w:t xml:space="preserve">R. Thouez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaël Arguel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+                <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compedu.2025.105274⟩</w:t>
+              <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pto.2025.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973687v1</w:t>
+                <w:t xml:space="preserve">hal-04930749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode de l'objet technique : reprendre la main sur l'activité, Gaubert, Cuvillier, Leblanc, Rouat (Eds.), Octarès éditions, Paris 2024.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationships between critical thinking dispositions and evaluation of videos with variation in the level of expertise of the source among middle and high school students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Hémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Saint-Dizier de Almeida</w:t>
+                <w:t xml:space="preserve">Kevin de Checchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Thouez</w:t>
+                <w:t xml:space="preserve">Amaël Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Amadieu</w:t>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Computers and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 230, pp.105274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pto.2025.01.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compedu.2025.105274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04930749v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractéristiques personnelles et explications dans les EIAH : une étude exploratoire dans l’enseignement de l’informatique</w:t>
               </w:r>
@@ -804,51 +804,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04617061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expert but Not Persuasive: Middle School Students’ Consideration of Source in the Processing of Conflicting Videos</w:t>
+                <w:t xml:space="preserve">“Because I agree with him”: the impact of middle-school students’ prior attitude on the evaluation of source credibility when watching videos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Magnier</w:t>
@@ -883,106 +883,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Boucheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infancia y Aprendizaje</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 46 (2), pp.285-321. </w:t>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.77-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02103702.2022.2159616⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10212-023-00678-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03972744v1</w:t>
+                <w:t xml:space="preserve">hal-03972511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Because I agree with him”: the impact of middle-school students’ prior attitude on the evaluation of source credibility when watching videos</w:t>
+                <w:t xml:space="preserve">Expert but Not Persuasive: Middle School Students’ Consideration of Source in the Processing of Conflicting Videos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colin Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Magnier</w:t>
@@ -1017,82 +1017,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Boucheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.77-104. </w:t>
+              <w:t xml:space="preserve">Infancia y Aprendizaje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (2), pp.285-321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10212-023-00678-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02103702.2022.2159616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03972511v1</w:t>
+                <w:t xml:space="preserve">hal-03972744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the acceptability of BCIs for motor rehabilitation after stroke: a large scale study on the general public</w:t>
               </w:r>
@@ -1340,681 +1340,681 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04354964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of students’ prior attitude on the processing of conflicting videos: a comparison between middle-school and undergraduate students</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A meta-analysis on air traffic controllers selection: cognitive and non-cognitive predictors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mouratille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Matton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10212-022-00634-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 138, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvb.2022.103769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03972297v1</w:t>
+                <w:t xml:space="preserve">hal-03757317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do graphic and textual interactive content organizers have the same impact on hypertext processing and learning outcome?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">The impact of students’ prior attitude on the processing of conflicting videos: a comparison between middle-school and undergraduate students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Boucheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computing in Higher Education: Research &amp; Integration of Instructional Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12528-022-09328-z⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Psychology of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (38), pp.519-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10212-022-00634-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03707753v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03972297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A meta-analysis on air traffic controllers selection: cognitive and non-cognitive predictors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Mouratille</w:t>
+                <w:t xml:space="preserve">Do graphic and textual interactive content organizers have the same impact on hypertext processing and learning outcome?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nadine Matton</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 138, </w:t>
+              <w:t xml:space="preserve">Journal of Computing in Higher Education: Research &amp; Integration of Instructional Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35 (3), pp.433-465. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvb.2022.103769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12528-022-09328-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03757317v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating digital documents by means of concept maps: testing an intervention program with eye-movements modelling examples</w:t>
+                <w:t xml:space="preserve">Performance and acceptance when using tablets as a multiple document learning tool: do application and guidance matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victoria García</w:t>
+                <w:t xml:space="preserve">Jordan Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivar Bråten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ladislao Salmerón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7 (12), </w:t>
+              <w:t xml:space="preserve">Instructional Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (2), pp.197-221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2021.e08607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11251-021-09537-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560389v1</w:t>
+                <w:t xml:space="preserve">hal-03559074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance and acceptance when using tablets as a multiple document learning tool: do application and guidance matter?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les types de guidage des processus d'apprentissage avec des ressources numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Instructional Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11251-021-09537-6⟩</w:t>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.5817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03559074v1</w:t>
+                <w:t xml:space="preserve">hal-03563315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les types de guidage des processus d'apprentissage avec des ressources numériques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrating digital documents by means of concept maps: testing an intervention program with eye-movements modelling examples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislao Salmerón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 24 (2), </w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/alsic.5817⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2021.e08607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03563315v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">User-friendly search interface for older adults: supporting search goal refreshing in working memory to improve information search strategies</w:t>
               </w:r>
@@ -2130,51 +2130,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un sens inné du nombre ? Une revue des différentes tâches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Miravète</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2215,1525 +2215,1525 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03132581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experience matters: Bridging the gap between experience-and functionality-driven design in technology-enhanced learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acceptabilité des technologies d'apprentissage mobile : le cas des tablettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Björn Rohles</w:t>
+                <w:t xml:space="preserve">Julie Mulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Koenig</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+                <w:t xml:space="preserve">Jan van Der Linden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interaction Design and Architecture(s) Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55612/s-5002-042-001⟩</w:t>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 219 (2), pp.31-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/edpe.219.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03560583v1</w:t>
+                <w:t xml:space="preserve">hal-02178606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating multimedia effects on concept map building: Impact on map quality, information processing and learning outcome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Lemarié</w:t>
+                <w:t xml:space="preserve">Does pre-activating domain knowledge foster elaborated online information search strategies? Comparisons between young and old web user adults;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Sanchiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fu Wai-Tat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education and Information Technologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10639-019-09943-x⟩</w:t>
+              <w:t xml:space="preserve">Applied Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75, pp.201-213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apergo.2018.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813277v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptabilité des technologies d'apprentissage mobile : le cas des tablettes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Critical Literature Review of Perceptions of Tablets for Learning in Primary and Secondary Schools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation permanente</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/edpe.219.0031⟩</w:t>
+              <w:t xml:space="preserve">Educational Psychology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31, pp.631-662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10648-019-09478-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02178606v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02071469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does pre-activating domain knowledge foster elaborated online information search strategies? Comparisons between young and old web user adults;</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mylene Sanchiz</w:t>
+                <w:t xml:space="preserve">Experience matters: Bridging the gap between experience-and functionality-driven design in technology-enhanced learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Rohles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Koenig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fischbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Ergonomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apergo.2018.10.010⟩</w:t>
+              <w:t xml:space="preserve">Interaction Design and Architecture(s) Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 42, pp.11-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55612/s-5002-042-001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01938018v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03560583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Critical Literature Review of Perceptions of Tablets for Learning in Primary and Secondary Schools</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigating multimedia effects on concept map building: Impact on map quality, information processing and learning outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Sanchiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cegarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Educational Psychology Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 31, pp.631-662. </w:t>
+              <w:t xml:space="preserve">Education and Information Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (6), pp.3645-3667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10648-019-09478-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10639-019-09943-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02071469v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Configured-groups hypothesis: fast comparison of exact large quantities without counting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How may multimedia and hypertext documents support deep processing for learning?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Miravete Miravète</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">J. Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognitive Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10339-017-0826-5⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (3), pp.209 - 221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2015.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01880519v1</w:t>
+                <w:t xml:space="preserve">hal-01628838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How may multimedia and hypertext documents support deep processing for learning?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">André Tricot</w:t>
+                <w:t xml:space="preserve">How do older and young adults start searching for information? Impact of age, domain knowledge and problem complexity on the different steps of information searching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sanchiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2015.04.002⟩</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72, pp.67 - 78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2017.02.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628838v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01880527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do older and young adults start searching for information? Impact of age, domain knowledge and problem complexity on the different steps of information searching</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Sanchiz</w:t>
+                <w:t xml:space="preserve">Searching for information on the web: Impact of cognitive aging, prior domain knowledge and complexity of the search problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylene Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chin Jessie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fu Wai-Tat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chb.2017.02.038⟩</w:t>
+              <w:t xml:space="preserve">Information Processing and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (1), pp.281-294. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ipm.2016.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01880527v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for information on the web: Impact of cognitive aging, prior domain knowledge and complexity of the search problems</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How may multimedia and hypertext documents support deep processing for learning?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Processing and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ipm.2016.09.003⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (3), pp.209-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2015.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570146v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How may multimedia and hypertext documents support deep processing for learning?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Tricot</w:t>
+                <w:t xml:space="preserve">Configured-groups hypothesis: fast comparison of exact large quantities without counting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Miravete Miravète</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slava Kalyuga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2015.04.002⟩</w:t>
+              <w:t xml:space="preserve">Cognitive Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (4), pp.447 - 459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10339-017-0826-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744779v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01880519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Query strategies during information searching: Effects of prior domain knowledge and complexity of the information problems to be solved</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les facteurs psychologiques qui ont un effet sur la réussite des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claudette Mariné</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Information Processing and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ipm.2015.05.004⟩</w:t>
+              <w:t xml:space="preserve">Psicologia USP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Réussite et échec en langues de spécialité, XXIV (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/apliut.5155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01938004v1</w:t>
+                <w:t xml:space="preserve">hal-01404959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les facteurs psychologiques qui ont un effet sur la réussite des étudiants</w:t>
+                <w:t xml:space="preserve">Learning from Concept Mapping and Hypertext: An Eye Tracking Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ladislao Salmerón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cegarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psicologia USP</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Educational Technology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (4), pp.100-112</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01404959v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02366392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning from Concept Mapping and Hypertext: An Eye Tracking Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Query strategies during information searching: Effects of prior domain knowledge and complexity of the information problems to be solved</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Monchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudette Mariné</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Technology and Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Information Processing and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (5), pp.557 - 569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ipm.2015.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02366392v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de la démarche ergonomique à l'étude des documents et des activités documentaires au travail</w:t>
               </w:r>
@@ -3745,51 +3745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Eyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Virbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3840,64 +3840,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre des documents non-linéaires : quelles ressources apportées par les connaissances antérieures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année psychologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 111 (02), </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3931,64 +3931,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The attention-guiding effect and cognitive load in the comprehension of animations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Laimay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4047,77 +4047,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between prior knowledge and concept-map structure on hypertext comprehension, coherence of reading orders and disorientation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interacting with Computers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 22 (2), pp.88-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4157,317 +4157,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03565481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploratory Study of Relations Between Prior Knowledge, Comprehension, Disorientation and On-Line Processes in Hypertext</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Prior knowledge in learning from a non-linear electronic document: Disorientation and coherence of the reading sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Ergonomics Open Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1875934300902010049⟩</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25 (2), pp.381-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chb.2008.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03565482v1</w:t>
+                <w:t xml:space="preserve">hal-03565485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prior knowledge in learning from a non-linear electronic document: Disorientation and coherence of the reading sequences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Exploratory Study of Relations Between Prior Knowledge, Comprehension, Disorientation and On-Line Processes in Hypertext</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Human Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 25 (2), pp.381-388. </w:t>
+              <w:t xml:space="preserve">The Ergonomics Open Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2 (1), pp.49-57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chb.2008.12.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/1875934300902010049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03565485v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03565482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of prior knowledge and concept-map structure on disorientation, cognitive load, and learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamara van Gog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fred Paas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning and Instruction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 19 (5), pp.376-386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4501,64 +4501,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'un hypermédia et apprentissage : deux activités concurrentes ou complémentaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 51 (1), pp.5-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4902,1586 +4902,1586 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05445956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typologie des comportements utilisateurs : étude exploratoire des sessions de recherche complexe sur le Web</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Des nudges pour l’apprentissage : modèles de mouvements oculaires et prompts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORIA (COnférence en Recherche d’Information et Applications)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées d’études : cognition, information et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nice, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04816405v1</w:t>
+                <w:t xml:space="preserve">hal-04869301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+                <w:t xml:space="preserve">Typologie des comportements utilisateurs : étude exploratoire des sessions de recherche complexe sur le Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ibarboure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG2 Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CORIA (COnférence en Recherche d’Information et Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, La Rochelle, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24348/coria.2024.court_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713845v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Hémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin de Checchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaël Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG2 Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04713848v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04713845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des nudges pour l’apprentissage : modèles de mouvements oculaires et prompts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin de Checchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Hémon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaël Arguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études : cognition, information et société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nice, France</w:t>
+              <w:t xml:space="preserve">EARLI SIG2 Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869301v1</w:t>
+                <w:t xml:space="preserve">hal-04713848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What disruptive effects in cognitive processing should be taken into account in sign language interpreting? The case of interpreting in a medical context.</w:t>
+                <w:t xml:space="preserve">An online tool to facilitate the assessment of BCI acceptability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Bacci</w:t>
+                <w:t xml:space="preserve">Léa Pillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Pragmatics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">BCI 2023 - 10th International BCI Meeting Balancing Innovation and Translation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04862483v1</w:t>
+                <w:t xml:space="preserve">hal-04289425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptability of BCI-based procedures for motor rehabilitation after stroke: A questionnaire study among patients</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jacques Py</w:t>
+                <w:t xml:space="preserve">Comment les élèves de collège et lycée évaluent des vidéos ? Premiers résultats du projet POUCEEC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin de Checchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brivael Hémon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaël Arguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2023 - Journées de COllectif pour la Recherche Transdisciplinaires sur les Interfaces Cerveau-Ordinateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">L'argumentation collaborative : discussions en ligne, apprentissage de l'esprit critique (ARGUCOLL 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111610v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying profiles of patients to personalise BCI-based procedures for motor rehabilitation after stroke</w:t>
+                <w:t xml:space="preserve">Acceptability of BCI-based procedures for motor rehabilitation after stroke: A questionnaire study among patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2023 - Annual meeting de COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">CORTICO 2023 - Journées de COllectif pour la Recherche Transdisciplinaires sur les Interfaces Cerveau-Ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288958v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which Word Embeddings for Modeling Web Search Queries? Application to the Study of Search Strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Tanguy</w:t>
+                <w:t xml:space="preserve">Identifying profiles of patients to personalise BCI-based procedures for motor rehabilitation after stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Izac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Knowledge Discovery and Information Retrieval</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CORTICO 2023 - Annual meeting de COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CORTICO, May 2023, Paris, France. pp.1-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04510852v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soutenir l’autonomie des apprenants dans les EIAH avec des prompts et feedbacks. , Juin 202, Brest,</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Which Word Embeddings for Modeling Web Search Queries? Application to the Study of Search Strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Ibarboure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th International Conference on Knowledge Discovery and Information Retrieval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Rome, Italy. pp.273-280, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0012177600003598⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869321v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An online tool to facilitate the assessment of BCI acceptability</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soutenir l’autonomie des apprenants dans les EIAH avec des prompts et feedbacks. , Juin 202, Brest,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BCI 2023 - 10th International BCI Meeting Balancing Innovation and Translation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. pp.1-1</w:t>
+              <w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289425v1</w:t>
+                <w:t xml:space="preserve">hal-04869321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les élèves de collège et lycée évaluent des vidéos ? Premiers résultats du projet POUCEEC</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brivael Hémon</w:t>
+                <w:t xml:space="preserve">Improving how young students process the source when watching videos: the impact of sourcing prompts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Boucheix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'argumentation collaborative : discussions en ligne, apprentissage de l'esprit critique (ARGUCOLL 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">20th Biennial EARLI Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Thessaloniki, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04297944v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving how young students process the source when watching videos: the impact of sourcing prompts.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment accompagner les élèves dans les environnements numériques pour une meilleure autonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Boucheix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Biennial EARLI Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Thessaloniki, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude Numérique &amp; Différenciation de la Haute Ecole pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Fribourg (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862470v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment accompagner les élèves dans les environnements numériques pour une meilleure autonomie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manipulation expérimentale du style cognitif de raisonnement sur une tâche de raisonnement clinique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ganino Carla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude Numérique &amp; Différenciation de la Haute Ecole pédagogique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Fribourg (CH), Suisse</w:t>
+              <w:t xml:space="preserve">62ème congrès de la Société Française de Psychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869311v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04863835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation expérimentale du style cognitif de raisonnement sur une tâche de raisonnement clinique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What disruptive effects in cognitive processing should be taken into account in sign language interpreting? The case of interpreting in a medical context.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Paas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ganino Carla</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+                <w:t xml:space="preserve">Florence Encrevé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62ème congrès de la Société Française de Psychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Nîmes, France</w:t>
+              <w:t xml:space="preserve">18th International Pragmatics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863835v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Brain-Computer Interfaces and Neurofeedback acceptable?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Pillette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORTICO 2022 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Grenoble, France</w:t>
@@ -6621,605 +6621,605 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reading and Writing from Multiple Documents on Tablets</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Défis des Learning analytics pour comprendre et soutenir les apprentissages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AERA in symposium Synergy of Reading and Writing Within Multiple Source Tasks: Novel Approaches and Innovative Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Virtual Annual Meeting, United States</w:t>
+              <w:t xml:space="preserve">Journée Learning Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Service Inter-Université de Pédagogie, Oct 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04577918v1</w:t>
+                <w:t xml:space="preserve">hal-04579012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une meilleure pédagogie pour un numérique plus utile</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+                <w:t xml:space="preserve">Pour de meilleurs outils numériques acceptables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international éTIC 4 : « École et TIC » Quelle scolarisation des TIC à l'école ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Caen, France</w:t>
+              <w:t xml:space="preserve">Club Learning Experiences &amp; Innovations: Comment le Learning accompagne la transformation des entreprises et le retour à « un nouveau normal » ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869330v1</w:t>
+                <w:t xml:space="preserve">hal-04579023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommandations pour des ressources numériques utiles pour l’apprentissage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling the Acceptance of BCI-based Stroke Rehabilitation Procedures: Heading for Efficiently Personalised Therapies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jeunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killyam Forge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème colloque international AUPTIC-Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Sierre (CH), Suisse</w:t>
+              <w:t xml:space="preserve">8th International BCI Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BCI Society, Jun 2021, Online, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921635v1</w:t>
+                <w:t xml:space="preserve">hal-03331687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Acceptance of BCI-based Stroke Rehabilitation Procedures: Heading for Efficiently Personalised Therapies</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reading and Writing from Multiple Documents on Tablets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivar Bråten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Lombard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International BCI Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BCI Society, Jun 2021, Online, Belgium</w:t>
+              <w:t xml:space="preserve">AERA in symposium Synergy of Reading and Writing Within Multiple Source Tasks: Novel Approaches and Innovative Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Virtual Annual Meeting, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03331687v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04577918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour de meilleurs outils numériques acceptables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Amadieu</w:t>
+                <w:t xml:space="preserve">Recommandations pour des ressources numériques utiles pour l’apprentissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Club Learning Experiences &amp; Innovations: Comment le Learning accompagne la transformation des entreprises et le retour à « un nouveau normal » ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">5ème colloque international AUPTIC-Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Sierre (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579023v1</w:t>
+                <w:t xml:space="preserve">hal-04921635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défis des Learning analytics pour comprendre et soutenir les apprentissages</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Amadieu</w:t>
+                <w:t xml:space="preserve">Vers une meilleure pédagogie pour un numérique plus utile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Learning Analytics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Service Inter-Université de Pédagogie, Oct 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque international éTIC 4 : « École et TIC » Quelle scolarisation des TIC à l'école ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579012v1</w:t>
+                <w:t xml:space="preserve">hal-04869330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Each Shape has a Meaning » : Multimodal Features in Concept Maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn Rohles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Fischbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Koenig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concept Mapping Conference 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Malta, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7257,51 +7257,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expert but not persuasive: do students consider source when processing conflicting videos?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7369,51 +7369,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner et guider pour un meilleur enseignement à distance. 29-30 avril, Montreal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Colloque international d’éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7559,51 +7559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of concept mapping and learners' use of the concept map on hypertext processing and learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Salmerón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7859,834 +7859,834 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidage et autorégulation des traitements et acceptabilité de la tablette pour la compréhension de documents multiples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Lombard</w:t>
+                <w:t xml:space="preserve">Attitudes et analyse critique des collégiens face à des vidéos contradictoires.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Sanchiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque e-Fran</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869279v1</w:t>
+                <w:t xml:space="preserve">hal-04869275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’influence du média sur la lecture- compréhension : Cas de la lecture d’un documentaire composite, en fin d’école primaire.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Niveau d’utilisabilité du site web dans la navigation : l’impact est- il différent selon qu’on utilise une tablette ou un PC portable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Moschetti-Rome</w:t>
+                <w:t xml:space="preserve">Julien Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des usages du numérique et de la recherche</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04894893v1</w:t>
+                <w:t xml:space="preserve">hal-04869270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’évolution des perceptions d’acceptabilité des tablettes en contexte universitaire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
+                <w:t xml:space="preserve">Quand l’expertise n’est pas persuasive : étude sur une controverse socio-scientifique présentée en vidéo à des collégiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Magnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque Psychologie sociale de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869285v1</w:t>
+                <w:t xml:space="preserve">hal-04864528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes et analyse critique des collégiens face à des vidéos contradictoires.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quels sentiments d'auto-efficacité et attributions causales chez les étudiants lors d’une activité sur tablette?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Péré Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Dallez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque e-Fran</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869275v1</w:t>
+                <w:t xml:space="preserve">hal-04864556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niveau d’utilisabilité du site web dans la navigation : l’impact est- il différent selon qu’on utilise une tablette ou un PC portable ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Riviere</w:t>
+                <w:t xml:space="preserve">Guidage et autorégulation des traitements et acceptabilité de la tablette pour la compréhension de documents multiples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivar Bråten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869270v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels sentiments d'auto-efficacité et attributions causales chez les étudiants lors d’une activité sur tablette?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’influence du média sur la lecture- compréhension : Cas de la lecture d’un documentaire composite, en fin d’école primaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Moschetti-Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julie Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée des usages du numérique et de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04864556v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04894893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l’expertise n’est pas persuasive : étude sur une controverse socio-scientifique présentée en vidéo à des collégiens</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Magnier</w:t>
+                <w:t xml:space="preserve">Etude de l’évolution des perceptions d’acceptabilité des tablettes en contexte universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Psychologie sociale de la communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Metz, France</w:t>
+              <w:t xml:space="preserve">Journées d’études Tablettes tactiles et éducation : Apprentissage, pédagogie, acceptabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04864528v1</w:t>
+                <w:t xml:space="preserve">hal-04869285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence du contexte social et des facteurs hédoniques sur l’acceptabilité des tablettes en contexte universitaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8819,51 +8819,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire un texte documentaire complexe et composite à l’école.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Moschetti-Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8927,51 +8927,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Should I watch it again?&amp;quot; An exploratory study on how middle school students interact with videos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9052,51 +9052,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning from hypertext on iPad: Cognitive load and user experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9134,64 +9134,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expérience utilisateur et influence sociale : étude de l’influence des pairs et des enseignants sur l’appréciation subjective des technologies en usage universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Vayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9229,77 +9229,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading Multiple Documents on Tablet: Effects of Applications and Strategic Guidance on Performance and Acceptance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivar Bråten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9350,51 +9350,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moderating pre-adolescents' beliefs about organic food: the impact of contradictory arguments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Le Floch-Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9462,51 +9462,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between Age, Domain Knowledge and Prior Knowledge Pre-activation on Information Searching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wai-Tat Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9648,103 +9648,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of building vs. studying a concept map on hypertext comprehension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislao Salmerón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cegarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Erasmus University Rotterdam, Aug 2014, Rotterdam, Netherlands</w:t>
@@ -9799,51 +9799,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lacabanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Spanghero-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9894,51 +9894,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HELP DESIGN AND HELP USE IN A COMPUTER BASED LEARNING ENVIRONMENT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10037,51 +10037,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Vella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10257,328 +10257,328 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05221766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the effects of instruction presentation format on a procedural task</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Condamines</w:t>
+                <w:t xml:space="preserve">Interaction between graphical overview, dynamic contents and prior knowledge on comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bouvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EARLI SIG2 Conference - Comprehension of Texts and Graphics: From Human to Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Valencia (Espagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863828v1</w:t>
+                <w:t xml:space="preserve">hal-04863830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction between graphical overview, dynamic contents and prior knowledge on comprehension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Fabre</w:t>
+                <w:t xml:space="preserve">Cognitive Abilities and Gender during Air Traffic Controllers Selection and Training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Mouratille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucie Bouvet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EARLI SIG2 Conference - Comprehension of Texts and Graphics: From Human to Artificial Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Valencia (Espagne), France</w:t>
+              <w:t xml:space="preserve">The 35th EAAP Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Athenes, Grece, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863830v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04711678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive Abilities and Gender during Air Traffic Controllers Selection and Training</w:t>
+                <w:t xml:space="preserve">Habiletés cognitives pendant la formation de contrôleur aérien : stabilité ou évolution ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mouratille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 35th EAAP Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Athenes, Grece, Greece</w:t>
+              <w:t xml:space="preserve">25èmes Journées Internationales de Psychologie Différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04711678v1</w:t>
+                <w:t xml:space="preserve">hal-04648793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which factors affect patients' acceptability of BCIs for functional rehabilitation after stroke? A questionnaire study among 140 patients and a comparison with the general public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10587,668 +10587,668 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées CORTICO Scientific Days 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Nancy, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habiletés cognitives pendant la formation de contrôleur aérien : stabilité ou évolution ?</w:t>
+                <w:t xml:space="preserve">A Preliminary Study on the Predictive Validity of Neural Efficiency for the Air Traffic Controllers Selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mouratille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F Amadieu</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25èmes Journées Internationales de Psychologie Différentielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">The International Conference on Cognitive Aircraft Systems ICCAS2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04648793v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Preliminary Study on the Predictive Validity of Neural Efficiency for the Air Traffic Controllers Selection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Imbert</w:t>
+                <w:t xml:space="preserve">Evaluation of the effects of instruction presentation format on a procedural task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Condamines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadine Matton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Conference on Cognitive Aircraft Systems ICCAS2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">EARLI SIG2 Conference - Comprehension of Texts and Graphics: From Human to Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Valencia (Espagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04648782v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04863828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudier l’acceptabilité des interfaces cerveau-ordinateur en rééducation motrice post-AVC pour proposer des protocoles personnalisés en fonction du profil du patient</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Grevet</w:t>
+                <w:t xml:space="preserve">CLT applied to simultaneous interpreting LV / LS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bacci Alain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fred Paas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Encrevé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFMER 2023 - 38e congrès de la Société Française de Médecine Physique et de Réadaptation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Le Havre, France. pp.1-1, 2023</w:t>
+              <w:t xml:space="preserve">15e conférence internationale sur la théorie de la charge cognitive - ICLT 2023 Montpellier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04345813v1</w:t>
+                <w:t xml:space="preserve">hal-04424579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large-scale study on the general public to assess and model the acceptability of BCIs dedicated to motor rehabilitation after stroke</w:t>
+                <w:t xml:space="preserve">Etudier l’acceptabilité des interfaces cerveau-ordinateur en rééducation motrice post-AVC pour proposer des protocoles personnalisés en fonction du profil du patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Grevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Tadiello</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Franck Amadieu</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Pillette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International BCI Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">SOFMER 2023 - 38e congrès de la Société Française de Médecine Physique et de Réadaptation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Le Havre, France. pp.1-1, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04144986v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CLT applied to simultaneous interpreting LV / LS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bacci Alain</w:t>
+                <w:t xml:space="preserve">A large-scale study on the general public to assess and model the acceptability of BCIs dedicated to motor rehabilitation after stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killyam Forge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Tadiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15e conférence internationale sur la théorie de la charge cognitive - ICLT 2023 Montpellier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">10th International BCI Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04424579v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04144986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration d'explications dans un référentiel de compétences associé à une plateforme d'apprentissage de l'informatique</w:t>
               </w:r>
@@ -11336,256 +11336,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the acceptability to enhance the efficiency of stroke rehabilitation procedures based on brain-computer interfaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Supporting middle school students’ consideration of sources and processing of divergent arguments in videos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille Jeunet</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CORTICO 2022 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur "Invasive and non invasive Brain-Computer Interfaces - A handshake over the cliff"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Autrans-Méaudre en Vercors, France. </w:t>
+              <w:t xml:space="preserve">10th Japanese-French - Frontiers of Science (JFFoS) Symposium!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03614065v2</w:t>
+                <w:t xml:space="preserve">hal-04331025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting middle school students’ consideration of sources and processing of divergent arguments in videos</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improving the acceptability to enhance the efficiency of stroke rehabilitation procedures based on brain-computer interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Grevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Py</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gasq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Jeunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Japanese-French - Frontiers of Science (JFFoS) Symposium!</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">CORTICO 2022 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur "Invasive and non invasive Brain-Computer Interfaces - A handshake over the cliff"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Autrans-Méaudre en Vercors, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04331025v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614065v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Preliminary Study on the Usefulness of Physiological Assessment for the ATCO Selection</w:t>
               </w:r>
@@ -11660,63 +11660,63 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03274237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fostering middle school students’ processing of conflicting videos: effect of a sorting activity to improve the consideration of divergent arguments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C. Lescarret</w:t>
+                <w:t xml:space="preserve">Prior Beliefs Bias in the Processing of Scientific Arguments: A Comparison Between Preadolescents and Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11724,124 +11724,124 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-M. Boucheix</w:t>
+                <w:t xml:space="preserve">J.-M. Boucheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple-Documents Literacy Workshop 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">AERA Annual Meeting.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, San Francisco, CA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353266v1</w:t>
+                <w:t xml:space="preserve">hal-04353282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prior Beliefs Bias in the Processing of Scientific Arguments: A Comparison Between Preadolescents and Adults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Colin Lescarret</w:t>
+                <w:t xml:space="preserve">Fostering middle school students’ processing of conflicting videos: effect of a sorting activity to improve the consideration of divergent arguments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lescarret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -11849,157 +11849,157 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Sakdavong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Boucheix</w:t>
+                <w:t xml:space="preserve">J-M. Boucheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AERA Annual Meeting.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2020, San Francisco, CA, United States</w:t>
+              <w:t xml:space="preserve">Multiple-Documents Literacy Workshop 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353282v1</w:t>
+                <w:t xml:space="preserve">hal-04353266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of difficulties experienced on self-efficacy and attributions in a study task with tablet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Péré Maxime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dallez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12175,90 +12175,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartes conceptuelles pour la formation : rôle des connaissances antérieures et de la consigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cegarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislao Salmerón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Bonnardel; Liliane Pellegrin; H. Chaudet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPIQUE 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Aix-en-Provence, France. ARPEGE Science Publishing, 2015, Actes du Huitième Colloque de Psychologie Ergonomique (EPIQUE 2015)</w:t>
@@ -12427,64 +12427,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Izac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gasq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Graz Brain-Computer Interface Conference 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Verlag der Technischen Universität Graz, pp.179-184, 2024, </w:t>
@@ -12548,51 +12548,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Cojean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dessus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12623,51 +12623,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information retrieval from hypermedia, with a navigable overview, at the end of primary school.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Moschetti-Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12718,90 +12718,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’acceptabilité des tablettes tactiles en classe : étude de l’évolution des perceptions d’élèves du secondaire. In J. Broisin, E. Sanchez, A. Yessad, F. &amp; Chenevotot (Eds.), (331-342), Sorbonne Université, LIP6, Paris, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Mulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Moschetti-Rome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan van Der Linden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12839,77 +12839,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading Multiple Documents on Tablet: Effects of Applications and Strategic Guidance on Performance and Acceptance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivar Bråten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12988,51 +12988,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprendre avec le numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13095,51 +13095,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Evolving Perspective to Capture Individual Differences Related to Fluid and Crystallized Abilities in Information Searching with a Search Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13329,64 +13329,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Was my Search Goal Again? Supporting Web Exploration in Information Search for Older Users</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Sanchiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Vincent Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Chevalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13550,77 +13550,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Studying Tasks Compatibility with Tablets on Their Acceptance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Pecoste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudette Mariné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile van de Leemput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13680,64 +13680,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concept Maps for Comprehension and Navigation of Hypertexts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ladislao Salmerón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Knowledge Maps in Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer New York, pp.41-59, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13771,77 +13771,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les méthodes on-line 1 : analyse des parcours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Tricot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergonomie des documents électroniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, pp.251-270, 2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
@@ -14265,51 +14265,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7672C489"/>
+    <w:nsid w:val="A0489DA1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14496,51 +14496,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-amadieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3390-7146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/118334999" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198875552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357433248" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327331v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mouratille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Matton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2025.104666" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930749v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Saint-Dizier de Almeida" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thouez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amadieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2025.01.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652899v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther F&#233;lix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23709/sticef.30.1.2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617061v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van der Linden" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hellemans" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vayre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile van de Leemput" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2352210" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972744v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lescarret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Floch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sakdavong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boucheix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02103702.2022.2159616" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972511v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-023-00678-5" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893371v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grevet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyam Forge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tadiello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Izac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnrgo.2022.1082901" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-023-09637-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972297v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-022-00634-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707753v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Sanchiz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemari&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12528-022-09328-z" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757317v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103769" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560389v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Garc&#237;a" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislao Salmer&#243;n" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2021.e08607" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559074v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lombard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Br&#229;ten" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-021-09537-6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563315v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.5817" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560499v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanchiz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-V. Paubel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Chevalier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2019.1642384" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mirav&#232;te" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.570.0297" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560583v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Rohles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Koenig" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fischbach" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55612/s-5002-042-001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813277v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Sanchiz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cegarra" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-019-09943-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02178606v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mulet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Linden" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.219.0031" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938018v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu Wai-Tat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2018.10.010" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071469v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-019-09478-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880519v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Miravete Mirav&#232;te" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slava Kalyuga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-017-0826-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628838v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemari&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.04.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880527v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2017.02.038" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01570146v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin Jessie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2016.09.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01744779v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tricot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938004v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monchaux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Marin&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2015.05.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404959v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5155" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366392v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01876463v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eyrolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Virbel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880529v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503311002053" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565494v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Laimay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2010.05.009" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9QXNFKHC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565481v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intcom.2009.07.001" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F81D9A856FFD3A4341382AD6F8603AE1123C8486/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565482v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Tricot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875934300902010049" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565485v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2008.12.017" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565484v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara van Gog" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Paas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2009.02.005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565488v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2005.12.001" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNKP2G8V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221774v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05502523v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Faye" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Jahchan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Condamines" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445956v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816405v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ibarboure" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tanguy" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2024.court_8" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869301v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862483v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bacci" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Encrev&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111610v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pillette" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Py" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288958v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasq" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510852v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012177600003598" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869321v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289425v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862470v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869311v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863835v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganino Carla" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610355v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793265v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16290-9_44" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577918v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869330v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921635v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331687v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579023v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579012v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862465v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578155v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lescarret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Floch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sakdavong" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577932v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354967v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rohles" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Koenig" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fischbach" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339352v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salmer&#243;n" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chevalier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cegarra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353259v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carti&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921646v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869279v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894893v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moschetti-Rome" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869285v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869275v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869270v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Riviere" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864556v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;r&#233; Maxime" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dallez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864528v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894906v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Vayre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921662v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894897v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sakdavong" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Boucheix" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331311v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rome" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331302v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880531v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331333v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Floch-Py" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Sakdavong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Boucheix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560473v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wai-Tat Fu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3020165.3022135" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795416v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504893v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627366v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lacabanne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Spanghero-Gaillard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565493v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dupeyrat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003345503040311" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624223v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221766v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863828v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863830v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fabre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouvet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04711678v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608734v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648793v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amadieu" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648782v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Imbert" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345813v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144986v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04424579v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacci Alain" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306009v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614065v2" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331025v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefloch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274237v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353266v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Boucheix" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353282v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Boucheix" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331394v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dallez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. van de Leemput" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864532v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508984v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795400v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804700v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-032" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862518v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862504v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089066v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91743-6_12" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03554846v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560458v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38825-6_5" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04262580v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-23570-3_9" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560552v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92279-9_27" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088425v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rivi&#232;re" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92270-6_3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565489v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Pecoste" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-0125-1.ch014" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565490v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-3178-7_3" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565486v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bastien" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cheva.2008.02.0251" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972716v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354475v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Monteil" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ginestet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel B&#228;chtold" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-amadieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3390-7146" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/118334999" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198875552" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357433248" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327331v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mouratille" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Matton" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2025.104666" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04930749v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Saint-Dizier de Almeida" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thouez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Amadieu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2025.01.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652899v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther F&#233;lix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broisin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23709/sticef.30.1.2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617061v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van der Linden" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hellemans" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vayre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile van de Leemput" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2352210" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972511v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Lescarret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Magnier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Floch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sakdavong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boucheix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-023-00678-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972744v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02103702.2022.2159616" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893371v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Grevet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killyam Forge" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tadiello" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Izac" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnrgo.2022.1082901" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354964v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-023-09637-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03757317v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103769" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972297v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tricot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-022-00634-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707753v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylene Sanchiz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lemari&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12528-022-09328-z" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559074v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Lombard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivar Br&#229;ten" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11251-021-09537-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563315v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.5817" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560389v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Garc&#237;a" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ladislao Salmer&#243;n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2021.e08607" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560499v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sanchiz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-V. Paubel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Chevalier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2019.1642384" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03132581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mirav&#232;te" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.570.0297" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02178606v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mulet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan van Der Linden" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.219.0031" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938018v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fu Wai-Tat" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apergo.2018.10.010" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071469v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10648-019-09478-0" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560583v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Rohles" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Koenig" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fischbach" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55612/s-5002-042-001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813277v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Sanchiz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cegarra" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Vincent Paubel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-019-09943-x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628838v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lemari&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2015.04.002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880527v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2017.02.038" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01570146v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chin Jessie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2016.09.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01744779v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tricot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880519v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Miravete Mirav&#232;te" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slava Kalyuga" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-017-0826-5" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404959v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5155" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366392v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938004v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Monchaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Marin&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2015.05.004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01876463v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eyrolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Virbel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880529v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503311002053" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565494v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Laimay" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2010.05.009" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9QXNFKHC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565481v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intcom.2009.07.001" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F81D9A856FFD3A4341382AD6F8603AE1123C8486/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565485v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chb.2008.12.017" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565482v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Tricot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1875934300902010049" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565484v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara van Gog" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Paas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2009.02.005" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565488v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2005.12.001" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNKP2G8V-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221774v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Colliot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05502523v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Faye" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataly Jahchan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Condamines" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445956v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869301v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816405v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Ibarboure" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tanguy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2024.court_8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289425v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Pillette" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gasq" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Py" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288958v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gasq" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510852v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012177600003598" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869321v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862470v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869311v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863835v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganino Carla" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862483v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bacci" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Encrev&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610355v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793265v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Venant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16290-9_44" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579012v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579023v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331687v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Jeunet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577918v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921635v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869330v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862465v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578155v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lescarret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Floch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sakdavong" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577932v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04354967v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rohles" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Koenig" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fischbach" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339352v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Salmer&#243;n" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chevalier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cegarra" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353259v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carti&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921646v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869275v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869270v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Riviere" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864528v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864556v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;r&#233; Maxime" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dallez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869279v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894893v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Moschetti-Rome" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869285v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894906v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Vayre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921662v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894897v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331324v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sakdavong" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Boucheix" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331311v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rome" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331302v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01880531v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331333v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Floch-Py" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Sakdavong" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P. Boucheix" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560473v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wai-Tat Fu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3020165.3022135" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795416v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504893v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627366v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lacabanne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Spanghero-Gaillard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565493v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Dupeyrat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0003345503040311" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624223v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221766v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863830v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fabre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouvet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04711678v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648793v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Amadieu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608734v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648782v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Imbert" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863828v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04424579v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bacci Alain" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345813v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04144986v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306009v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331025v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefloch" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614065v2" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274237v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353282v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Boucheix" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353266v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M. Boucheix" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331394v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dallez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. van de Leemput" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864532v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02508984v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795400v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804700v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-032" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163383v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Cojean" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessus" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862518v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862504v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089066v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91743-6_12" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03554846v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560458v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-38825-6_5" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04262580v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-23570-3_9" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560552v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92279-9_27" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088425v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rivi&#232;re" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-92270-6_3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565489v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Pecoste" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-0125-1.ch014" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565490v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-3178-7_3" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565486v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bastien" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.cheva.2008.02.0251" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03972716v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354475v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Monteil" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ginestet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel B&#228;chtold" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Huguet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>