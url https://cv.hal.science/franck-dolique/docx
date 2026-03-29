--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck DOLIQUE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck DOLIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des Universités de 1re classe, PES/PEDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université des Antilles – Pôle Martinique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formé en Géographie physique, Géosciences littorales, Océanologie (Universités d’Amiens, Brest, ULCO).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sections 23 et 36 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">franck.dolique@univ-antilles.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">franck.dolique@ird.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.franck.dolique.sitew.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thème central de recherche : Géosciences marines et littorales ; Géomorphologie dynamique des milieux littoraux tropicaux ; sédimentologie des espaces lagonaires ; forçages météo-marins ; changement global et paroxysmes (impacts, résilience) ; articulations morphodynamiques et évolutions des biotopes ; télédétection appliquée aux dynamiques littorales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Objets de recherche : Triptyque lagonaire (récif corallien – lagon/herbier – plages) ; Mangroves.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Espaces de recherche : Antilles – Caraïbes, Guyane-Brésil, Mayotte, Iles Eparses de l’Océan indien, Polynésie, Nouvelle-Calédonie, Togo, Vietnam-Mékong, Madagascar.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Principaux résultats antérieurs :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Articulations phyto-morphodynamiques descendantes : substrat &amp;lt;=&amp;gt; Spartina (Baie de Somme) ; Crinum &amp;lt;=&amp;gt; sable détritique corallien (Polynésie)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Articulations phyto-morphodynamiques ascendantes : vase&amp;lt;=&amp;gt;mangrove et sable&amp;lt;=&amp;gt;mangrove en milieu amazonien (Guyane – Brésil)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Influences paroxystiques en milieu récifal et lagonaire (Polynésie, Martinique, îles Eparses de l’Océan Indien (Europa, Juan de Nova, Glorieuses) , Nlle Calédonie (Ouvéa).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Influences de l’architecture corallienne et lagonaire sur les mangroves (Mayotte)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pilotage de projets :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Implication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nombre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Portée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 internationaux / 11 nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Participant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8 internationaux / 8 nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de la recherche et jurys :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NIVEAU</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE D’ENCADREMENTS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtrise / Master 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA / DESS / M2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèses</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10 (3 soutenues)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Post-docs et CDD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JURYS DE THESE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de directeur de thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de Président de jury</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de rapporteur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité d’examinateur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TOTAL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CONTRIBUTIONS ET PUBLICATIONS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TYPE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valorisations grand public</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Travaux universitaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages et chapitres d’ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles à comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles sans comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes de colloques à comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conférences, colloques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conférences, colloques nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapports, littérature grise</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">logiciels</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TOTAL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RG score : 21.22 ; h-index 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">QUELQUES PUBLICATIONS SIGNIFICATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., ANTHONY, E. (2005) Short-term profile changes of sandy pocket beaches affected by amazon-derived mud, Cayenne, French Guiana. Journal of Coastal Research, 21-6, pp. 1195-1202.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., JEANSON, M., BESSON, J. (2007) Tropical beaches and paroxysmal marine-weather events impacts : research facilities and monitoring survey network. Journal of coastal research, SI 50, ICS 2007, pp. 77-81.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANTHONY, E.J., GARDEL, A., GRATIOT, N., PROISY, C., ALLISON, M.A., DOLIQUE, F., FROMARD, F. (2010) The Amazon-influenced muddy coast of South America : a review of mud-bank-shoreline interactions. Earth Science Review, 2010-103, pp. 99-121.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE. F., (2013) articulations morphodynamiques, exemples en milieux littoraux tempérés et tropicaux. Presses Académiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francophones, 260 p.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., ANTHONY, E.J., DOLIQUE, F., AUBRY, A. (2013) Wave characteristics and morphological variations of pocket beaches in a coral reef–lagoon setting, Mayotte Island, Indian Ocean. Geomorphology, 182, pp. 190-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., ANTHONY, E., ETIENNE, S., DOLIQUE, F. (2014) morphodynamic characterization of beaches on a pacific atoll Island : Tetiaroa, french Polynesia. Journal of coastal reaserch, 70 (SI 70), pp 176-181.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., SEDRATI, M., COHEN, O., BERTIER, J., CAVALIN, A., CHARPENTIER, J., ANTHONY, E . (2016) Wave modification across a coral reef : Cap Chevalier, Martinique Island. Journal of coastal research SI n° 75 (vol. 1), pp 582-586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANTHONY, E.J., DOLIQUE, F., DUSSOUILLEZ, P., BESSET, M., BRUNIER, G., NGUYEN, V.L., GOICHOT, M. (2017) Implications of shoreline erosion at the mouths of the Mekong river delta : a short to long term perspective. Continental Shelf Research, 147, pp. 155-164.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., ANTHONY, E.J. (2018) Processus morphodynamiques et sédimentaires dans les mangroves en érosion de Mayotte, Océan Indien. Vertig0, 18-2. DOI : 10.4000/vertigo.20531</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., ANTHONY, E.J. (2019) Decadal-scale dynamics and morphological évolution of mangroves and beaches in a reef-lagoon complex, Mayotte Island. Journal of Coastal Research, SI 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., SEDRATI, M., CHARPENTIER, J., JEANSON, M., COHEN, O., DUPUY, L., ALAMI, S. (2019) Beaches seasonal and paroxysmal morphosedimentary dynamics. results of 10 years Martinique coastal observation network. Journal of Coastal research, SI 88, pp.172-184.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., SEDRATI, M., JOSSO, Q. (2020) Impacts of seaweeds on sandy beaches morphodynamic, Martinique, Lesser Antilles. (VertigO)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MASSAT F., DUPUY L., LAMBOURDIERE J., MENEZ F., MARIDAKIS C., HERVE V., PENE-ANNETTE A., TROUILLEFOU M., DOLIQUEF., LOPEZ P.-J. (SP 2020) Chlordecone and arsenic contamination in Sargassum fluitans and S. natans seashore French West Indies: assessment and kinetics. [Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., PIERRE R., MARIDAKIS C., TROUILLEFOU M., DOLIQUE F., LOPEZ P.-J. (SP 2020) Valorisation of Sargassum depending their contamination level: a reflexive state of the art. [Applied Phycology]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MASSAT F., DOLIQUE F. (SP 2020) Fate of chlordecone and arsenic from sargassum in windrow for organic amendment. [Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MODESTIN E., VEDIE F., DOLIQUE F. (SP 2020) The silent spring of sargassum [editorial trend invité par Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DIVERSES RESPONSABILITES ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur du département (entre juin 2001 et juin 2003)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chargé de mission UA-IRD (depuis 2009)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Président de jury de BAC S</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de la mention « télédétection » du Master « REMI » (ressources en milieu inter-tropical) de l’UAG, Campus de Cayenne (2006-2008)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité de sélection de l’UA – 23eme section</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre nommé de la CGRA2 de l’IRD (2007-2011)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire nommé du CNU 23ème section (2012-2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre d’une dizaine de réseaux scientifiques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertises nationales et internationales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créateur et animateur du réseau d’observation ALERT pAroxysmes Littoraux, Evolutions et Résilience des côtes Tropicales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créateur et animateur du réseau scientifique DELTA (Dynamique et Eco-développement des Littoraux Tropicaux Association)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’OHM Port-Caraïbes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DIVERS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Plongeur NI</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Permis bateau</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-decadal coastal evolution of remote Pacific islands: armouring of Taha’a, Raiatea, Maupiti, and Rangiroa (French Polynesia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gairin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée James</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (4), pp.119. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-022-01977-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of seaweeds on sandy beaches morphodynamics, Martinique, Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Josso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402494v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gairin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée James</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tehani Maueau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Roncin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (22), pp.4692. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsenic and chlordecone contamination and decontamination toxicokinetics in Sargassum sp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Massat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal-Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.6-16. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-12127-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the effects of rapid tectonically induced subsidence on Mayotte Island since 2018 on beach and reef morphology, and implications for coastal vulnerability to marine flooding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Charroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geo-Marine Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (4), pp.51. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00367-021-00725-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The silent spring of Sargassum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A. Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Modestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoire Cottereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Vedie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (13), pp.15580--15583. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-12216-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préservation, conservation et exploitation : enjeux et perspectives pour un Océan mondial en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bouchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Harlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Lagabrielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sargassum contamination and consequences for downstream uses: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marfaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Phycology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (1), pp.567-602. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10811-020-02250-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beaches Seasonal and Paroxysmal Morphosedimentary Dynamics: Results of 10 years Martinique Coastal Observation Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Special Issue Coastal Evolution under Climate Change along the Tropical Overseas and Temperate Metropolitan France, 88 (Sp.1), pp.172-184. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/SI88-013.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus morphodynamiques et sédimentaires dans les mangroves en érosion de Mayotte, océan Indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.20531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphodynamics of an eroding beach and foredune in the Mekong River delta: Implications for deltaic shoreline change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dussouillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 147, pp.155-164. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2017.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wave modifications across a coral reef: Cap Chevalier, Martinique Island.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 75 (sp1), pp.582-586. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/si75-117.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wave modifications across a coral reef: Cap Chevalier, Martinique Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Special Issue - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016, 75 (sp1), pp.582-586. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/SI75-117.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangrove Evolution in Mayotte Island, Indian Ocean: A 60-year Synopsis Based on Aerial Photographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Cremades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (3), pp.459-468. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13157-014-0512-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based coastal monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events: the example of Mayotte Island, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18 (5), pp.567-580. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11852-013-0286-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphodynamic characterization of beaches on a Pacific atoll island: Tetiaroa, French Polynesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (Special Issue 70 - Proceedings of the 13th International Coastal Symposium), pp.176-181. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/si70-030.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Amazon-influenced muddy coast of South America: A review of mud-bank–shoreline interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Proisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mead A. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (3-4), pp.99-121. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00562710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de surveillance des littoraux face au changement climatique en milieu insulaire tropical : l’exemple de Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Les petits États et territoires insulaires face aux changements climatiques : vulnérabilité, adaptation et développement, 10 (3), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.10512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nearshore intertidal topography and topographic-forcing mechanisms of an Amazon-derived mud bank in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Proisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (6), pp.813-822. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2008.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertidal subsidence and collapse features on wave-exposed, drift-aligned sandy beaches subject to Amazon mud: Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (8), pp.1051-1057. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Term Profile Changes of Sandy Pocket Beaches Affected by Amazon-Derived Mud, Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 216, pp.1195-1202. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/04-0297.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphic evolution of a coastal mudflat under oceanic influences: an example from the dynamic shoreline of French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 208 (2-4), pp.191-205. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.margeo.2004.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of Amazon-derived mud banks on the morphology of sandy headland-bound beaches in Cayenne, French Guiana: a short- to long-term perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 208 (2-4), pp.249-264. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.margeo.2004.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COHEN, O., DOLIQUE, F., ANTHONY, E. J., HEQUETTE, A. (2001) Le concept de morphodynamique en géomorphologie littorale. In : BARON-YELLÈS, N., GOELDNER-GIANELLA, L. et VELUT, S., dir. (2002) Le littoral. Regards, pratiques et savoirs. Paris, Éditions Ens, Rue d’Ulm, 376 p. (ISBN 2-7288-0276-9)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 47 (131), pp.331. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/007581ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term changes in the plan shape of a sandy beach in response to sheltering by a nearshore mud bank, Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Guiral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 27 (8), pp.857-866. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANTHONY, E.J., DOLIQUE, F., (2001) Natural and human influences on the contemporary evolution of gravel shorelines in the northern France between the Seine estuary and Belgium. Chapitre 6-1 (pp. 132-148) in Ecology and geomorphology of coastal shingle edited by J. R. Packham, R. E. Randall, R. S. K. Barnes and A. Neal, Westbury Academic and Scientific Publishing, Otley, West Yorkshire, 2001. No. of pages: 459. Price: £48.00. ISBN 1 84103 007 4.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 27 (6), pp.682-684. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique sédimentaire en baie de Wissant (Pas-de-Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 93 (4), pp.78. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/medit.1999.3142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence à moyen terme (10-100 ans) d'un estran sableux macrotidal sur la stabilité d'un cordon de galets : la flèche de Cayeux (Picardie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 5 (1), pp.23-38. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/morfo.1999.973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques interrogations concernant la politique de rechargement pratiquée sur la flèche de galets des bas-champs de Cayeux (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Terres du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Etudes picardes. Hommage à Pierre Limouzin, 2 (1), pp.107-112. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/htn.1999.2675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le littoral des Bas-Champs de Cayeux (Somme) : conflits et controverses pour une stratégie de défense contre la mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Géographie des littoraux : la nature et les hommes, 74 (1), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/geoca.1999.4929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différenciation et caractérisation de deux unités d'un système plage : cordon de galets et bas de plage sableux. Le cas des Bas-Champs de Cayeux (Somme) (Note)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Dynamiques naturelles et gestion des espaces littoraux, 93 (4), pp.69-72. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/medit.1999.3135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the growth, state of health and genetic characterization of Acropora cervicornis populations as part of an experimental in situ restoration project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chourot Louise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tramoni Gipsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Pouget-Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GCFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et évaluation des sites précolombiens submergés dans les Antilles françaises : de la découverte fortuite au modèle prédictif.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Blanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sybil Thiebaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde internationale Archéologie des Antilles-Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet ALOA, Apr 2024, Le Moule, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi d’un andain-pilote de compostage de sargasses polluées par la chlordécone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Massat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Macarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Groupe Français de recherches sur les Pesticides (GFP2021): Monitoring des pesticides dans les aliments et les matières végétales environnementales, évaluation du risque pour la santé et agroécologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Français de recherches sur les Pesticides, May 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TI'FOND (dynamique hydro-sédimentaire des petits-fonds aux abords du GPM de Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Port Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre le transport sédimentaire des franges littorales en rive sud d’un estuaire macrotidal tempéré : la baie de Somme, Picardie, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CFL (Centre Français du Littoral), Jun 2012, Cherbourg, France. pp.845-854, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5150/jngcgc.2012.092-b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based shore monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events : the example of Mayotte Island, Indian Ocean.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Cologne 32e congrès, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in mangrove surface area and morphodynamic implications in Mayotte Island, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mangrove, Macrobenthos, and Managment Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">articulations morphodynamiques : exemples en milieux littoraux tempérés et tropicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Académiques Francophones, 2013, 978-3838176512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulations morphodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Académiques Francophones, 260 p., 2013, Sciences &amp; Techniques, 978-3838176512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hors-série 14 | septembre 2012 Biodiversités et paysages : de la connaissance et de la représentation des paysages à leur aménagement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Amat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Belrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Burac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Calmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Confiant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mud Banks, Sand Flux and Beach Morphodynamics: Montjoly Lagoon Beach, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Peron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maanan, Mohamed; Robin, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sediment Fluxes in Coastal Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.75-90, 2015, Coastal research library (COASTALRL,volume 10), 978-94-017-9259-2. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9260-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche morphodynamique en géomorphologie littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Héquette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BARON-YELLÈS, Nacima; GŒLDNER-GIANELLA, Lydie; VELUT, Sébastien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le littoral : regards, pratiques et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Rue d'Ulm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-214, 2002, 2-7288-0276-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANTHONY E.J., DOLIQUE F. Natural and human influences on the contemporary evolution of gravel shorelines in the northern France between the Seine estuary and Belgium. Chapitre 6-1 in Packham, J.R., Randall, R.E., Barnes R.S.K. & Neal, A. Ecology & geomorphology of coastal shingle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; geomorphology of coastal shingle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7 (2), pp.203-204, 2001, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/bf02742482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de l’évolution topographique et morphodynamique des plages du Nord – Pas de Calais : exemples des sites de Wissant, Calais Hoverport et Leffrinckoucke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi topographique du trait de côte et caractérisation sédimentaire des sites de Leffrinckoucke, Calais Hoverport et Wissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Régional Nord Pas de Calais. 1999, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi topographique du trait de côte et caractérisation sédimentaire des sites de Leffrinckoucke, Calais Hoverport et Wissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Régional Nord Pas de Calais. 1998, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId165"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck DOLIQUE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Franck DOLIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur des Universités de 1re classe, PES/PEDR</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université des Antilles – Pôle Martinique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Formé en Géographie physique, Géosciences littorales, Océanologie (Universités d’Amiens, Brest, ULCO).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sections 23 et 36 du CNU.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">franck.dolique@univ-antilles.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">franck.dolique@ird.fr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">www.franck.dolique.sitew.com</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thème central de recherche : Géosciences marines et littorales ; Géomorphologie dynamique des milieux littoraux tropicaux ; sédimentologie des espaces lagonaires ; forçages météo-marins ; changement global et paroxysmes (impacts, résilience) ; articulations morphodynamiques et évolutions des biotopes ; télédétection appliquée aux dynamiques littorales.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Objets de recherche : Triptyque lagonaire (récif corallien – lagon/herbier – plages) ; Mangroves.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Espaces de recherche : Antilles – Caraïbes, Guyane-Brésil, Mayotte, Iles Eparses de l’Océan indien, Polynésie, Nouvelle-Calédonie, Togo, Vietnam-Mékong, Madagascar.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Principaux résultats antérieurs :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Articulations phyto-morphodynamiques descendantes : substrat &amp;lt;=&amp;gt; Spartina (Baie de Somme) ; Crinum &amp;lt;=&amp;gt; sable détritique corallien (Polynésie)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Articulations phyto-morphodynamiques ascendantes : vase&amp;lt;=&amp;gt;mangrove et sable&amp;lt;=&amp;gt;mangrove en milieu amazonien (Guyane – Brésil)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Influences paroxystiques en milieu récifal et lagonaire (Polynésie, Martinique, îles Eparses de l’Océan Indien (Europa, Juan de Nova, Glorieuses) , Nlle Calédonie (Ouvéa).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Influences de l’architecture corallienne et lagonaire sur les mangroves (Mayotte)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pilotage de projets :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Implication</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nombre</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Portée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coordinateur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 internationaux / 11 nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Participant</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8 internationaux / 8 nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de la recherche et jurys :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NIVEAU</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE D’ENCADREMENTS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maîtrise / Master 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEA / DESS / M2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèses</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10 (3 soutenues)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Post-docs et CDD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JURYS DE THESE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de directeur de thèse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de Président de jury</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité de rapporteur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">En qualité d’examinateur</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TOTAL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CONTRIBUTIONS ET PUBLICATIONS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TYPE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">NOMBRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Valorisations grand public</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Travaux universitaires</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages et chapitres d’ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles à comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles sans comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actes de colloques à comité de lecture</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conférences, colloques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">69</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conférences, colloques nationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapports, littérature grise</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">logiciels</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TOTAL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">259</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RG score : 21.22 ; h-index 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">QUELQUES PUBLICATIONS SIGNIFICATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., ANTHONY, E. (2005) Short-term profile changes of sandy pocket beaches affected by amazon-derived mud, Cayenne, French Guiana. Journal of Coastal Research, 21-6, pp. 1195-1202.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., JEANSON, M., BESSON, J. (2007) Tropical beaches and paroxysmal marine-weather events impacts : research facilities and monitoring survey network. Journal of coastal research, SI 50, ICS 2007, pp. 77-81.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANTHONY, E.J., GARDEL, A., GRATIOT, N., PROISY, C., ALLISON, M.A., DOLIQUE, F., FROMARD, F. (2010) The Amazon-influenced muddy coast of South America : a review of mud-bank-shoreline interactions. Earth Science Review, 2010-103, pp. 99-121.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE. F., (2013) articulations morphodynamiques, exemples en milieux littoraux tempérés et tropicaux. Presses Académiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Francophones, 260 p.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., ANTHONY, E.J., DOLIQUE, F., AUBRY, A. (2013) Wave characteristics and morphological variations of pocket beaches in a coral reef–lagoon setting, Mayotte Island, Indian Ocean. Geomorphology, 182, pp. 190-209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., ANTHONY, E., ETIENNE, S., DOLIQUE, F. (2014) morphodynamic characterization of beaches on a pacific atoll Island : Tetiaroa, french Polynesia. Journal of coastal reaserch, 70 (SI 70), pp 176-181.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., SEDRATI, M., COHEN, O., BERTIER, J., CAVALIN, A., CHARPENTIER, J., ANTHONY, E . (2016) Wave modification across a coral reef : Cap Chevalier, Martinique Island. Journal of coastal research SI n° 75 (vol. 1), pp 582-586</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANTHONY, E.J., DOLIQUE, F., DUSSOUILLEZ, P., BESSET, M., BRUNIER, G., NGUYEN, V.L., GOICHOT, M. (2017) Implications of shoreline erosion at the mouths of the Mekong river delta : a short to long term perspective. Continental Shelf Research, 147, pp. 155-164.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., ANTHONY, E.J. (2018) Processus morphodynamiques et sédimentaires dans les mangroves en érosion de Mayotte, Océan Indien. Vertig0, 18-2. DOI : 10.4000/vertigo.20531</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">JEANSON, M., DOLIQUE, F., ANTHONY, E.J. (2019) Decadal-scale dynamics and morphological évolution of mangroves and beaches in a reef-lagoon complex, Mayotte Island. Journal of Coastal Research, SI 88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., SEDRATI, M., CHARPENTIER, J., JEANSON, M., COHEN, O., DUPUY, L., ALAMI, S. (2019) Beaches seasonal and paroxysmal morphosedimentary dynamics. results of 10 years Martinique coastal observation network. Journal of Coastal research, SI 88, pp.172-184.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DOLIQUE, F., SEDRATI, M., JOSSO, Q. (2020) Impacts of seaweeds on sandy beaches morphodynamic, Martinique, Lesser Antilles. (VertigO)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MASSAT F., DUPUY L., LAMBOURDIERE J., MENEZ F., MARIDAKIS C., HERVE V., PENE-ANNETTE A., TROUILLEFOU M., DOLIQUEF., LOPEZ P.-J. (SP 2020) Chlordecone and arsenic contamination in Sargassum fluitans and S. natans seashore French West Indies: assessment and kinetics. [Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., PIERRE R., MARIDAKIS C., TROUILLEFOU M., DOLIQUE F., LOPEZ P.-J. (SP 2020) Valorisation of Sargassum depending their contamination level: a reflexive state of the art. [Applied Phycology]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MASSAT F., DOLIQUE F. (SP 2020) Fate of chlordecone and arsenic from sargassum in windrow for organic amendment. [Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DEVAULT D.A., MODESTIN E., VEDIE F., DOLIQUE F. (SP 2020) The silent spring of sargassum [editorial trend invité par Environmental Science and Pollution Research]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DIVERSES RESPONSABILITES ADMINISTRATIVES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur du département (entre juin 2001 et juin 2003)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chargé de mission UA-IRD (depuis 2009)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Président de jury de BAC S</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Responsable de la mention « télédétection » du Master « REMI » (ressources en milieu inter-tropical) de l’UAG, Campus de Cayenne (2006-2008)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité de sélection de l’UA – 23eme section</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre nommé de la CGRA2 de l’IRD (2007-2011)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre titulaire nommé du CNU 23ème section (2012-2015)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre d’une dizaine de réseaux scientifiques internationaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Expertises nationales et internationales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créateur et animateur du réseau d’observation ALERT pAroxysmes Littoraux, Evolutions et Résilience des côtes Tropicales</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Créateur et animateur du réseau scientifique DELTA (Dynamique et Eco-développement des Littoraux Tropicaux Association)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l’OHM Port-Caraïbes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">DIVERS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Plongeur NI</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- Permis bateau</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-decadal coastal evolution of remote Pacific islands: armouring of Taha’a, Raiatea, Maupiti, and Rangiroa (French Polynesia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gairin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée James</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (4), pp.119. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-022-01977-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04060924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Gairin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothée James</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tehani Maueau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Roncin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (22), pp.4692. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13224692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of seaweeds on sandy beaches morphodynamics, Martinique, Lesser Antilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Josso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402494v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsenic and chlordecone contamination and decontamination toxicokinetics in Sargassum sp.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Massat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal-Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.6-16. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-12127-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03856385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the effects of rapid tectonically induced subsidence on Mayotte Island since 2018 on beach and reef morphology, and implications for coastal vulnerability to marine flooding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Charroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geo-Marine Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (4), pp.51. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00367-021-00725-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The silent spring of Sargassum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien A. Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Modestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoire Cottereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Vedie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Stiger-Pouvreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28 (13), pp.15580--15583. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-020-12216-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préservation, conservation et exploitation : enjeux et perspectives pour un Océan mondial en santé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bouchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dupéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Harlay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Lagabrielle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.30440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sargassum contamination and consequences for downstream uses: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Marfaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jean Lopez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Phycology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (1), pp.567-602. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10811-020-02250-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03032938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beaches Seasonal and Paroxysmal Morphosedimentary Dynamics: Results of 10 years Martinique Coastal Observation Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Special Issue Coastal Evolution under Climate Change along the Tropical Overseas and Temperate Metropolitan France, 88 (Sp.1), pp.172-184. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/SI88-013.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus morphodynamiques et sédimentaires dans les mangroves en érosion de Mayotte, océan Indien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (2), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.20531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphodynamics of an eroding beach and foredune in the Mekong River delta: Implications for deltaic shoreline change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Dussouillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Besset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 147, pp.155-164. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2017.06.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wave modifications across a coral reef: Cap Chevalier, Martinique Island.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 75 (sp1), pp.582-586. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/si75-117.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wave modifications across a coral reef: Cap Chevalier, Martinique Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Bertier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Special Issue - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016, 75 (sp1), pp.582-586. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/SI75-117.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mangrove Evolution in Mayotte Island, Indian Ocean: A 60-year Synopsis Based on Aerial Photographs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Cremades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wetlands</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 34 (3), pp.459-468. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13157-014-0512-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based coastal monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events: the example of Mayotte Island, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Conservation: planning and management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 18 (5), pp.567-580. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11852-013-0286-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphodynamic characterization of beaches on a Pacific atoll island: Tetiaroa, French Polynesia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 70 (Special Issue 70 - Proceedings of the 13th International Coastal Symposium), pp.176-181. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/si70-030.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Amazon-influenced muddy coast of South America: A review of mud-bank–shoreline interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Proisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mead A. Allison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth-Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (3-4), pp.99-121. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.earscirev.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00562710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau de surveillance des littoraux face au changement climatique en milieu insulaire tropical : l’exemple de Mayotte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertigo : Revue de cinéma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Les petits États et territoires insulaires face aux changements climatiques : vulnérabilité, adaptation et développement, 10 (3), </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.10512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nearshore intertidal topography and topographic-forcing mechanisms of an Amazon-derived mud bank in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Proisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Continental Shelf Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 28 (6), pp.813-822. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csr.2008.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intertidal subsidence and collapse features on wave-exposed, drift-aligned sandy beaches subject to Amazon mud: Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (8), pp.1051-1057. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-Term Profile Changes of Sandy Pocket Beaches Affected by Amazon-Derived Mud, Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Coastal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 216, pp.1195-1202. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2112/04-0297.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geomorphic evolution of a coastal mudflat under oceanic influences: an example from the dynamic shoreline of French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gratiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 208 (2-4), pp.191-205. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.margeo.2004.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of Amazon-derived mud banks on the morphology of sandy headland-bound beaches in Cayenne, French Guiana: a short- to long-term perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Geology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 208 (2-4), pp.249-264. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.margeo.2004.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COHEN, O., DOLIQUE, F., ANTHONY, E. J., HEQUETTE, A. (2001) Le concept de morphodynamique en géomorphologie littorale. In : BARON-YELLÈS, N., GOELDNER-GIANELLA, L. et VELUT, S., dir. (2002) Le littoral. Regards, pratiques et savoirs. Paris, Éditions Ens, Rue d’Ulm, 376 p. (ISBN 2-7288-0276-9)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de géographie du Québec</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 47 (131), pp.331. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/007581ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term changes in the plan shape of a sandy beach in response to sheltering by a nearshore mud bank, Cayenne, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Guiral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 27 (8), pp.857-866. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANTHONY, E.J., DOLIQUE, F., (2001) Natural and human influences on the contemporary evolution of gravel shorelines in the northern France between the Seine estuary and Belgium. Chapitre 6-1 (pp. 132-148) in Ecology and geomorphology of coastal shingle edited by J. R. Packham, R. E. Randall, R. S. K. Barnes and A. Neal, Westbury Academic and Scientific Publishing, Otley, West Yorkshire, 2001. No. of pages: 459. Price: £48.00. ISBN 1 84103 007 4.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 27 (6), pp.682-684. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique sédimentaire en baie de Wissant (Pas-de-Calais)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 93 (4), pp.78. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/medit.1999.3142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence à moyen terme (10-100 ans) d'un estran sableux macrotidal sur la stabilité d'un cordon de galets : la flèche de Cayeux (Picardie, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 5 (1), pp.23-38. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/morfo.1999.973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques interrogations concernant la politique de rechargement pratiquée sur la flèche de galets des bas-champs de Cayeux (Somme)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et Terres du Nord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Etudes picardes. Hommage à Pierre Limouzin, 2 (1), pp.107-112. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/htn.1999.2675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le littoral des Bas-Champs de Cayeux (Somme) : conflits et controverses pour une stratégie de défense contre la mer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Géographie des littoraux : la nature et les hommes, 74 (1), pp.59-64. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/geoca.1999.4929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différenciation et caractérisation de deux unités d'un système plage : cordon de galets et bas de plage sableux. Le cas des Bas-Champs de Cayeux (Somme) (Note)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méditerranée : revue géographique des pays méditerranéens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Dynamiques naturelles et gestion des espaces littoraux, 93 (4), pp.69-72. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/medit.1999.3135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring the growth, state of health and genetic characterization of Acropora cervicornis populations as part of an experimental in situ restoration project.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chourot Louise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tramoni Gipsy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Combes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Pouget-Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GCFI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Gosier (Guadeloupe), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification et évaluation des sites précolombiens submergés dans les Antilles françaises : de la découverte fortuite au modèle prédictif.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Blanot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sybil Thiebaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde internationale Archéologie des Antilles-Guyane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Projet ALOA, Apr 2024, Le Moule, Guadeloupe</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi d’un andain-pilote de compostage de sargasses polluées par la chlordécone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Devault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Massat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Greff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Macarie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du Groupe Français de recherches sur les Pesticides (GFP2021): Monitoring des pesticides dans les aliments et les matières végétales environnementales, évaluation du risque pour la santé et agroécologie.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe Français de recherches sur les Pesticides, May 2021, Distanciel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TI'FOND (dynamique hydro-sédimentaire des petits-fonds aux abords du GPM de Guadeloupe)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouncef Sedrati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel de l’Observatoire Hommes-Milieux Port Caraïbe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Pointe-à-Pitre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre le transport sédimentaire des franges littorales en rive sud d’un estuaire macrotidal tempéré : la baie de Somme, Picardie, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Bastide</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIIèmes Journées Nationales Génie Côtier – Génie Civil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CFL (Centre Français du Littoral), Jun 2012, Cherbourg, France. pp.845-854, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5150/jngcgc.2012.092-b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based shore monitoring and surveillance observatory on tropical islands exposed to climate change and extreme events : the example of Mayotte Island, Indian Ocean.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Geographical Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Cologne 32e congrès, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05310726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in mangrove surface area and morphodynamic implications in Mayotte Island, Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Mangrove, Macrobenthos, and Managment Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">articulations morphodynamiques : exemples en milieux littoraux tempérés et tropicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Académiques Francophones, 2013, 978-3838176512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Articulations morphodynamiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Académiques Francophones, 260 p., 2013, Sciences &amp; Techniques, 978-3838176512</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hors-série 14 | septembre 2012 Biodiversités et paysages : de la connaissance et de la représentation des paysages à leur aménagement durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Amat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Belrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Burac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Calmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Confiant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mud Banks, Sand Flux and Beach Morphodynamics: Montjoly Lagoon Beach, French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Brunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Peron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maanan, Mohamed; Robin, Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sediment Fluxes in Coastal Areas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.75-90, 2015, Coastal research library (COASTALRL,volume 10), 978-94-017-9259-2. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-94-017-9260-8_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche morphodynamique en géomorphologie littorale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Héquette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">BARON-YELLÈS, Nacima; GŒLDNER-GIANELLA, Lydie; VELUT, Sébastien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le littoral : regards, pratiques et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Rue d'Ulm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.191-214, 2002, 2-7288-0276-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04170313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANTHONY E.J., DOLIQUE F. Natural and human influences on the contemporary evolution of gravel shorelines in the northern France between the Seine estuary and Belgium. Chapitre 6-1 in Packham, J.R., Randall, R.E., Barnes R.S.K. & Neal, A. Ecology & geomorphology of coastal shingle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology &amp; geomorphology of coastal shingle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 7 (2), pp.203-204, 2001, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/bf02742482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02542727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi de l’évolution topographique et morphodynamique des plages du Nord – Pas de Calais : exemples des sites de Wissant, Calais Hoverport et Leffrinckoucke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi topographique du trait de côte et caractérisation sédimentaire des sites de Leffrinckoucke, Calais Hoverport et Wissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Régional Nord Pas de Calais. 1999, 21 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivi topographique du trait de côte et caractérisation sédimentaire des sites de Leffrinckoucke, Calais Hoverport et Wissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dolique</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sipka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward J. Anthony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Régional Nord Pas de Calais. 1998, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04171720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId165"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franck.dolique@univ-antilles.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franck.dolique@ird.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franck.dolique.sitew.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402494v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncef Sedrati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Josso" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30815" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baylet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal-Jean Lopez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-12127-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246769v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien A. Devault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Modestin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cottereau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vedie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-12216-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03575156v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bouchard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dup&#233;r&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harlay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Lagabrielle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30440" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032938v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pierre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marfaing" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-020-02250-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407742v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Charpentier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-013.1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542853v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.20531" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542846v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dussouillez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besset" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brunier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2017.06.018" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HSXG3938-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747120v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bertier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si75-117.1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-117.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542840v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cremades" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13157-014-0512-7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0286-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542837v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si70-030.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00562710v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Proisy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mead A. Allison" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2010.09.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542801v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10512" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542795v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2008.01.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5NS6Q84-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1361" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSPFCT2P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542789v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/04-0297.1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542784v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Lefebvre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2004.04.008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFVGTGN8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542786v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2004.04.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4WBH2GTF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542730v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/007581ar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542781v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guiral" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.357" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-59V6T6DQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542778v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.379" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BW75R5TG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542776v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sipka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/medit.1999.3142" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542768v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/morfo.1999.973" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/htn.1999.2675" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542773v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/geoca.1999.4929" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542772v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/medit.1999.3135" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747081v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chourot Louise" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tramoni Gipsy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Combes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pouget-Cuvelier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684061v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Blanot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;rard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybil Thiebaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05353404v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Macarie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637045v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542889v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bastide" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.092-b" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747168v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542733v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837211v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Belrose" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Burac" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Calmont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Confiant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542734v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brunier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Peron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9260-8_4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170313v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;quette" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.ens.psl.eu/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542727v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf02742482" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-565XD8J8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171701v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171722v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171720v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franck.dolique@univ-antilles.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:franck.dolique@ird.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franck.dolique.sitew.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402494v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouncef Sedrati" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Josso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30815" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856385v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Devault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Massat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baylet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal-Jean Lopez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-12127-7" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747097v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Anthony" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00367-021-00725-4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246769v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien A. Devault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Modestin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Cottereau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vedie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Stiger-Pouvreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-12216-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-03575156v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bouchard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dup&#233;r&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harlay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Lagabrielle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.30440" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032938v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Pierre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Marfaing" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jean Lopez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10811-020-02250-w" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407742v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Charpentier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cohen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI88-013.1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542853v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.20531" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542846v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. J. Anthony" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dussouillez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dolique" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Besset" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brunier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2017.06.018" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HSXG3938-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747120v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Bertier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si75-117.1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758965v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-117.1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542840v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cremades" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13157-014-0512-7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542830v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-013-0286-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542837v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/si70-030.1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00562710v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gratiot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Proisy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mead A. Allison" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2010.09.008" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542801v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.10512" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542795v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csr.2008.01.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5NS6Q84-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542791v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1361" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSPFCT2P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542789v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/04-0297.1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542784v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Lefebvre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2004.04.008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFVGTGN8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542786v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2004.04.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4WBH2GTF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542730v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/007581ar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542781v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Guiral" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.357" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-59V6T6DQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542778v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.379" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BW75R5TG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542776v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sipka" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/medit.1999.3142" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542768v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/morfo.1999.973" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542769v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/htn.1999.2675" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542773v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/geoca.1999.4929" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542772v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/medit.1999.3135" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747081v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chourot Louise" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tramoni Gipsy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Combes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pouget-Cuvelier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684061v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Blanot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;rard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybil Thiebaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05353404v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Greff" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Macarie" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637045v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542889v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Bastide" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2012.092-b" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310726v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803884v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747168v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542733v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837211v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Amat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Belrose" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Burac" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Calmont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Confiant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542734v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brunier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Peron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-9260-8_4" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170313v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud H&#233;quette" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.ens.psl.eu/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542727v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/bf02742482" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-565XD8J8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171701v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171722v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171720v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>