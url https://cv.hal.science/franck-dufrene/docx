--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2788,277 +2788,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactic and propionic acid bacteria survive gastrointestinal transit of healthy volunteers treated with amoxicillin-clavulanic acid consuming raw milk cheese</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Beuvier</w:t>
+                <w:t xml:space="preserve">Lactobacillus delbrueckii growth during the manufacture of swiss-type cheese largely depends on the other thermophilic lactic acid bacteria present</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dufrene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dominique Lefier</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Palme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. IDF Symposium on Cheese Ripening</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753961v1</w:t>
+                <w:t xml:space="preserve">hal-02757527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus delbrueckii growth during the manufacture of swiss-type cheese largely depends on the other thermophilic lactic acid bacteria present</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muriel Charlet</w:t>
+                <w:t xml:space="preserve">Lactic and propionic acid bacteria survive gastrointestinal transit of healthy volunteers treated with amoxicillin-clavulanic acid consuming raw milk cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Beuvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dufrene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Faurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Palme</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lefier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. IDF Symposium on Cheese Ripening</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757527v1</w:t>
+                <w:t xml:space="preserve">hal-02753961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3134,51 +3134,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9EEE0A91"/>
+    <w:nsid w:val="C1908E7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3365,51 +3365,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-dufrene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-6154-0918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407244v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Achilleos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lutin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dufrene" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guyot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Palme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111530" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289225v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104521" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Casalta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cachenaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aubert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895549v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673617v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depouilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895521v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Depouilly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beuvier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003036" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672757v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900437v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Bouton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129709v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127333v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Munier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678797v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129776v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jeannin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5346105" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209465v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Licon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Salmon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823071v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816523v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Revardeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818204v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Charlet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822875v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Notz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839806v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Dasen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grappin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Banks" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757179v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753961v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757527v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-dufrene" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-6154-0918" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407244v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Achilleos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lutin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dufrene" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guyot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Palme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111530" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289225v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104521" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676845v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Casalta" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cachenaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Aubert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2005019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895549v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673617v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Depouilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berthier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895521v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Depouilly" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beuvier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2003036" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672757v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900437v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Bouton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129709v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127333v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130594v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Munier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678797v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129776v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jeannin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5346105" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209465v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Licon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Salmon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823071v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816523v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Revardeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818204v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Charlet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822875v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Notz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839806v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Dasen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grappin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Banks" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131392v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757179v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757527v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753961v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>