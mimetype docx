--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck Dumeignil </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (171)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in the field of MOF-based catalytic systems: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. S. Mussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Toshtay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Appl. Catal. A-Gen., 708, pp.120555. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2025.120555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen Vacancy Formation at Metal-TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Interface Yielding Enhanced Photocatalytic Hydrogen Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D. Quach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Harsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Spadaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Botifoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Adv. Sci., -, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/advs.202501835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric and Statistical Optimization of Key Operating Conditions for Efficient Single-Step Hydrodeoxygenation of Bioglycerol to Propylene over the MoO&amp;lt;i&amp;gt;&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;&amp;lt;/i&amp;gt;-Based Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Bahlouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, ACS Sustain. Chem. Eng., 13, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c03242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05264654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing 5-hydroxymethylfurfural oxidation to 2,5-furan-dicarboxylic acid with Au-supported catalysts: Optimizing reaction parameters and unraveling degradation mechanism through DFT calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toyese Oyegoke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achraf Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Ventimiglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Dimitratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 445, pp.115086. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2024.115086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading furfural to bio-fuels using supported molybdenum carbides: study of the support effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia F. Sosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Magalhaes de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaela Azevedo Rafael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Briois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, RSC Advances, 14, pp.26920-26932. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4ra04256e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor development for a one‐step hybrid catalytic conversion of D‐glucose to HMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (4), pp.e202300713. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202300713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning the Acid Nature of the ZSM-5 Surface for Selective Production of Ethylene from Ethanol at Low Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ouayloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agirrezabal-Telleria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. L. Arias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Doukkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Energy &amp; Fuels, -, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.energyfuels.3c04622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04540300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable synergy: unleashing the potential of biomass in integrated biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Kashif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ashraf Sabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Aresta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Dibenedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sustainable Energy &amp; Fuels, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4se01293c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Copper Coordination obtained by TiO2 overlayer as a key for enhanced photocatalytic hydrogen generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vien-Duong Quach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Chiara Spadaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Dragoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Botifoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Materials Chemistry A, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4ta03072a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in catalyst design and reaction strategies for carbon-neutral conversion of bioglycerol to propylene, 1,2-propanediol, and hydrogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of the American Oil Chemists' Society, -, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aocs.12910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring catalytic oxidation pathways of furfural and 5-hydroxymethyl furfural into carboxylic acids using Au, Pt, and Pd catalysts: a comprehensive review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toyese Oyegoke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba E.-Yakubu Jibril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (23), pp.6761-6774. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D4CY00821A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Characterization to Discovery: Artificial Intelligence, Machine Learning and High-Throughput Experiments for Heterogeneous Catalyst Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Benavides-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Benavides-Hernández</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, ACS Catalysis, 14 (15), pp.11749-11779. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.3c06293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New mechanistic insights into the role of water in the dehydration of ethanol into ethylene over ZSM-5 catalysts at low temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ouayloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Jiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agirrezabal-Telleria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Green Chemistry, 25 (9), pp.3644-3659. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2gc04437d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioglycerol-to-Propylene Routes: From Fundamental Catalysis to Process Design and Marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Bahlouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ACS Catalysis, 13 (10), pp.7019-7054. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.3c01144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni(0) Ex-Phyllosilicates as Efficient and Stable Low Temperature CH4 Dry Reforming Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezar Catrinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ChemCatChem, 15 (14), pp.e2023002. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202300245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Gold Catalysts for Base-Free Furfural Oxidation: The State of the Art and Machine-Learning-Enabled Optimization.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham Khalifeh Al Rawas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Materials, 16 (19), pp.6357. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma16196357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydrogenation of Ethylbenzene to Styrene over Rhenium- and Tungsten-Containing Porous Ceramic Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Y. Grachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. A. Bagdatov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Neftekhimiya / Petroleum Chemistry, 63, pp.453-462. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544123030143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in single-step hydrodeoxygenation of glycerol to propylene by coupling rational catalyst design with systematic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Applied Catalysis B: Environmental, 324, pp.122280. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2022.122280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioéconomie en France. Une étude scientométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Duquenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Schöpfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Partnership</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (1), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21083/partnership.v17i1.6796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane in a decoupled redox-process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Zaffran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 643, pp.118798. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pt nanoparticles with enhanced deaminase-like activity: example of oxidative deamination of 5-hydroxymethylfurfurylamine and glutamic acid.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemNanoMat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (5), pp.e202200062. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cnma.202200062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening the Connection between Science, Society and Environment to Develop Future French and European Bioeconomies: Cutting-Edge Research of VAALBIO Team at UCCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bellot Noronha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickäel Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Friend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (12), pp.3889;. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27123889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Production of Glycolic Acid from Glycerol Oxidation: An Optimization Using Response Surface Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Patricia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (2), pp.257. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11020257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective Oxidation of Isobutane to Methacrylic Acid and Methacrolein: A Critical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (7), pp.769. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11070769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient non-noble Ni–Cu based catalysts for the valorization of palmitic acid through a decarboxylation reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (9), pp.3025-3038. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CY02161J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of the shape of Cu2O nanocrystals on plasmon-enhanced oxygen evolution reaction in alkaline media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamazouzt Nait Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuqing Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kilaparthi Sravan Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André H.B. Dourado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Germano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 390, pp.138810. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the active phase of Ca-based glycerol polymerization catalysts: On the importance of calcium glycerolate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 507, pp.111571. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mcat.2021.111571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Conversion of 5 ‐Hydroxymethylfurfural to 5 ‐Aminomethyl‐ 2 ‐furancarboxylic acid: Toward New Bio‐sourced Polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Duban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.247-259. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202001446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of catalysts coupling in multi-catalytic hybrid materials: perspectives for the next revolution in catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.1942 - 1954. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0gc04172f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the activity of gold supported catalysts by oxide coating: towards efficient oxidations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (21), pp.8453-8457. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1GC02889H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of styrene by dehydrogenation of ethylbenzene on a [Re, W]/γ-Al2O3 (K, Ce)/α-Al2O3 porous ceramic catalytic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">А.S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 160, pp.108265. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cep.2020.108265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Rb-or Cs-containing HPA catalysts for the selective oxidation of isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Applied Catalysis A : General, 628, pp.118400. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2021.118400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium Hydroxyapatite: A Highly Stable and Selective Solid Catalyst for Glycerol Polymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (10), pp.1247. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11101247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passing the frontiers of liquid-phase glycerol partial oxidation over supported bimetallic catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska-Cwiakalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Sustainable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Advanced Sustainable Systems, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsu.202000002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties and activity of zn-ta-tud-1 in the lebedev process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza Raez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Green chemistry an international journal and green chemistry resource GC, 22, pp.2558-2574. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0gc00103a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La catalyse, la diversité au service de l’efficacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'Actualité Chimique, 454, pp.7-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethanol-to-butadiene: the reaction and its catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza Raez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Beatriz Arango Ponton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysis Science &amp; Technology, 10, pp.4860-4911. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0cy00784f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinquante nuances de catalyse hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.18-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Bioeconomy. A Bibliometric Study on the Accessibility of Articles in the Field of Bioeconomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Duquenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Schöpfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 8 (4), pp.55. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/publications8040055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5-Hydroxymethylfurfural and Furfural Base-Free Oxidation over AuPd Embedded Bimetallic Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natália J. S. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erico Teixeira-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ângela A. Teixeira-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleber W. Liria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.75. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10010075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lactic Acid Conversion to Acrylic Acid Over Fluoride-Substituted Hydroxyapatites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.421. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2020.00421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydroconversion of 5‐Hydroxymethylfurfural to 2,5‐Dimethylfuran and 2,5‐Dimethyltetrahydrofuran over Non‐promoted Ni/SBA‐15</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine de Oliveira Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jérôme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (7), pp.2050-2059. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201902028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing Functionalities and Acidity of Calcined Phenylene-Bridged Periodic Mesoporous Organosilicates Using Dynamic Nuclear Polarization NMR, Diffuse Reflectance Infrared Fourier Transform Spectroscopy, and X-ray Photoelectron Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Nagashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (11), pp.6110-6120. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b11223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Oxidative Esterification of Furfural Using Au Nanoparticles Supported on Group 2 Alkaline Earth Metal Oxides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano H. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Zieliński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (4), pp.430. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10040430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline-based catalysts for glycerol polymerization reaction: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysts (Basel, Switzerland), 10 (9), pp.1021. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10091021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chitosan as a sustainable precursor for nitrogen-containing carbon nanomaterials: synthesis and uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kadib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.100053 -. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2020.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03493236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid Phase Furfural Oxidation under Uncontrolled pH in Batch and Flow Conditions: The Role of In Situ Formed Base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Roselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuri Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cavani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysts, 10 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10010073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the synthesis of Zn-Ta-TUD-1 for the Lebedev process using the Design of Experiments methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 591, pp.117386 -. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des réactions multi-catalytiques au concept de catalyse hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of 1,3-butadiene from 1-butanol on a porous ceramic [fe,cr]/gamma-al2o3(k,ce)/alpha-al(2)o(3)catalytic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. I. Moiseev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinetics and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Kinetics and Catalysis, 61, pp.390-404. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S002315842003009X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avènement des matériaux multi-catalytiques hybrides, vers une combinaison optimale des catalyseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.27-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydrogenation of cumene to alpha-methylstyrene on [re,w]/gamma-al2o3(k,ce)/alpha-al2o3 and [fe,cr]/gamma-al2o3(k,ce)/alpha-al2o3 porous ceramic catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Neftekhimiya / Petroleum Chemistry, 60, pp.1268-1283. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544120110080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The various levels of integration of chemo- and bio-catalysis towards hybrid catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (21), pp.7082-7100. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CY00696C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon-enhanced electrocatalytic oxygen reduction in alkaline media on gold nanohole electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamazouzt Nait Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Gabriel Marques da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaniappan Subramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuqing Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noual Adnane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (20), pp.10395-10401. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9TA14174J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic decarboxylation of fatty acids to hydrocarbons over non-noble metal catalysts: the state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology &amp; Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Journal of Chemical Technology &amp; Biotechnology, 94, pp.658-669. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.5776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The production of 1,3-butadiene from bio-1-butanol over Re-W/α-Al2O3 porous ceramic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Catalysis Communications, 128, pp.105714. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2019.105714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Partial Oxidation over Pt/Al2O3 Catalysts under Basic and Base-Free Conditions-Effect of the Particle Size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Journal of the American Oil Chemists' Society, 96, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aocs.12159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanadium-based highly active and selective catalysts for oxidative dehydrogenation of ethyl lactate to ethyl pyruvate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dhananjay S. Doke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonali B. Khomane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swati L. Pandhare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohan K. Dongare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Applied Catalysis A : General, 587, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation of dl Limonene into Aromatic Compounds Using Supported Heteropolyacid Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Gauthier-Maradei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Catalysis Letters, 149, pp.328-337. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10562-018-2606-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the structure of trigonal mo-v-m3rd oxides (m3rd=-, fe, cu, w) on catalytic performances in selective oxidations of ethane, acrolein, and allyl alcohol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Applied Catalysis A : General, 584, pp.117151. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-based bimetallic catalysts: how the synergy between two metals affects their catalytic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Sha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, RSC Advances, 9 (51), pp.29888-29901. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9ra06001d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isoprene Formation from Isoamyl Alcohol in Microchannels of a Converter Modified with Nanoscale Catalytic Iron–Chromium-Containing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. O. Antonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Neftekhimiya / Petroleum Chemistry, 59, pp.405-411. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544119040066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Dehydration of Glycerol to Acrolein in a Two-Zone Fluidized Bed Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bellière-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, pp.127. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoplasmonic-induced energy-efficient catalytic oxidation of glycerol over gold supported catalysts using visible light at ambient temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 572, pp.9-14. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2018.12.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol to Glyceraldehyde Oxidation Reaction Over Pt-Based Catalysts Under Base-Free Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Catalyst Life in Glycerol-to-Acrolein Conversion Using Non-thermal Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaofei Philip Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of nickel (oxide) nanoparticles confined in the secondary pore network of mesoporous scaffolds using melt infiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Dumitriu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Catrinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 334, pp.48-58. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2019.01.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon-Induced Electrocatalysis with Multi-Component Nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaniappan Subramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Meziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Boukherroub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Materials, 12 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma12010043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acrolein production from methanol and ethanol mixtures over La- and Ce-doped FeMo catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lilic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 237 (---), pp.149-157. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.05.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper Mechanistic Insight into Ru Pincer-Mediated Acceptorless Dehydrogenative Coupling of Alcohols: Exchanges, Intermediates, and Deactivation Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Swesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (5), pp.4719-4734. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.8b00995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Catalysts and Experimental Conditions Determine the Selective Hydroconversion of Furfural and 5-Hydroxymethylfurfural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 118 (22), pp.11023-11117. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemrev.8b00134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization of heterogeneous catalysts by XRD, FT-IR, Raman and XRF spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thuriot-Roukos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (71), pp.40912-40920. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8ra08216b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a Sequential Chemo-Enzymatic Approach to a Continuous Process for HMF Production from Glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (8), pp.335. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915536v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydration of Lactic Acid: The State of The Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioEng Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (1), pp.34-56. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cben.201700012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnTa-TUD-1 as an easily prepared, highly efficient catalyst for the selective conversion of ethanol to 1,3-butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vofo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Green Chemistry, 20, pp.3203-3209. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8GC01211C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomasse : les enjeux pour l’avenir de la chimie du carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Strub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Donohue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 427-428, pp.19-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Zirconium and Cerium Loadings on Aerogel Pd-Based Catalysts for Methane Combustion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Sadouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shemseddine Fessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhaier Ksibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Materials Physics and Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Advances in Materials Physics and Chemistry, 8, pp.105-119. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/ampc.2018.83008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Support Basic Sites in Green Oxidation of Biobased Substrates Using Au-Promoted Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Zieliński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (12), pp.16332-16340. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b03330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ru/Mn Ce1O catalysts with enhanced oxygen mobility and strong metal-support interaction: Exceptional performances in 5-hydroxymethylfurfural base-free aerobic oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianyu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiue Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weiping Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Journal of Catalysis, 368, pp.53-68. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2018.09.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From sequential chemoenzymatic synthesis to integrated hybrid catalysis: taking the best of both worlds to open up the scope of possibilities for a sustainable future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (22), pp.5708-5734. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cy01190g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Alternative to the Cymenes Production from Scrap Tire Rubber Using Heteropolyacid Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Gauthier-Maradei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deyanira Ferreira-Beltran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Palencia-Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Waste and Biomass Valorization, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-018-0310-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of but-3-en-1,2-diol: Green access to hydroxymethionine intermediate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bellière-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 279, pp.164-167. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2016.06.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Picture: The Pivotal Role of Catalysis in France: Selected Examples of Recent Advances and Future Prospects. (ChemCatChem 12/2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chizallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Geantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2022 - 2022. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01739883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chimie en Région Hauts-de-France : Chimie de la biomasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Kovensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Lebeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Len</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Nardello-Rataj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40-45 ; http://www.lactualitechimique.org/Capteurs-et-suivi-sur-site-de-la-pollution-des-eaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous Catalysis with Renewed Attention: Principles, Theories, and Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94 (6), pp.675-689. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jchemed.6b00611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pivotal Role of Catalysis in France: Selected Examples of Recent Advances and Future Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chizallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Geantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2029-2064. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al-doped SBA-15 Catalysts for Low-temperature Dehydration of 1,3-Butanediol into Butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Liebens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, ChemCatChem, 9 (22), pp.258-262. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modelling of the glycerol oxidation in the liquid phase: comparison of Pt, Au and Ag AS active phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 92 (9), pp.2267-2275. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.5296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Oxidation in the Liquid Phase over a Gold-Supported Catalyst: Kinetic Analysis and Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Díaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemEngineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/chemengineering1010007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An acrolein production route from ethanol and methanol mixtures over FeMo-based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Green Chemistry, 19 (1111), pp.2666-2674. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7gc00341b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solvent- and base-free synthesis of wax esters from fatty acid methyl esters by consecutive one-pot, two-step catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.H. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Green Chemistry, 19 (2323), pp.5665-5673. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7gc02764h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Conversion of Glycerol to Allyl Alcohol Over Alumina-Supported Rhenium Oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takuya Nakashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemistrySelect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (30), pp.9864-9868. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/slct.201702070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: A unique platform in the world dedicated to the high-speed development of catalysts for biorefineries | REALCAT : Une plateforme unique au monde dédiée au développement haut débit de catalyseurs pour les bioraffineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Actualite Chimique, 420420</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic processes for the upgrading of glycerol: A challenge for the biodiesel industry | Procédés catalytiques de valorisation du glycérol : Un enjeu pour la filière biodiesel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Actualite Chimique, 420420</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: A Suitable Concept for the Valorization of Biosourced Saccharides to Value-Added Chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2080 - 2084. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative Transformations of Biosourced Alcohols Catalyzed by Earth-Abundant Transition Metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (14), pp.2652-2660. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese Pincer Complexes for the Base-Free, Acceptorless Dehydrogenative Coupling of Alcohols to Esters: Development, Scope, and Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (3), pp.2022-2032. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.6b03554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Silver Based Catalysts Promoted by Noble Metal M (M = Au, Pd or Pt) for Glycerol Oxidation in Liquid Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shreya Nandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topics in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Topics in Catalysis, 60 (15-1615-16), pp.1072-1081. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11244-017-0800-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methanol and ethanol reactivity in the presence of hydrotalcites with Mg/Al ratios varying from 2 to 7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stošić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 89, pp.14-18. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2016.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerbet Reaction over Strontium-Substituted Hydroxyapatite Catalysts Prepared at Various (Ca+Sr)/P Ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2250-2261. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptorless dehydrogenative coupling of alcohols catalysed by ruthenium PNP complexes: Influence of catalyst structure and of hydrogen mass transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Swesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Corbel-Demailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 340, pp.331-343. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Ag/Al2O3 catalysts in the liquid phase oxidation of glycerol – effect of preparation method and reaction conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (9), pp.3182-3196. </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01581b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Crystalline Structure in Allyl Alcohol Selective Oxidation over Mo3VO&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; x&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; Complex Metal Oxide Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (14), pp.2415-2420. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201600430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethanol reactivity over La1+x FeO3+δ perovskites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadime Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 511, pp.141-148. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel direct amination of glycerol over heteropolyacid-based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Safariamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Moonen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ulrichts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (7), pp.2129-2135. </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01478f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct dehydration of 1,3-butanediol into butadiene over aluminosilicate catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (15), pp.5830-5840. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy02211h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmonic enhanced photocatalytic activity of semiconductors for the degradation of organic pollutants under visible light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadeen Alkees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42, pp.81-84. </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2015.08.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modeling of the quasi-homogeneous oxidation of glycerol over unsupported gold particles in the liquid phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ftouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.201500189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steam reforming, partial oxidation and oxidative steam reforming for hydrogen production from ethanol over cerium nickel based oxyhydride catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 518, pp.78-86. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.10.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Picture: Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights (ChemSusChem 12/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1349-1349. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1350-1350. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pd/CeO2“H2Pump” for the Direct Amination of Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Tomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Ousmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (21), pp.3347-3352. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201600855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First catalytic asymmetric hydrogenation of quinoxaline-2-carboxylates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Maj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72 (10), pp.1375 - 1380. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2016.01.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot 1,1-dimethoxymethane synthesis from methanol: a promising pathway over bifunctional catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaew-Arpha Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (4), pp.958-970. </w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01858g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1413-1423. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient deuterium labelling of alcohols in deuterated water catalyzed by ruthenium pincer complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 84, pp.67-70. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2016.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced functionalized Mg2AlNixHzOy nano-oxyhydrides ex-hydrotalcites for hydrogen production from oxidative steam reforming of ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jimenez-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (34), pp.15443-15452. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2016.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Promoters on the Acrolein Ammoxidation Performances of BiMoO&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; x&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ghalwadkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (3), pp.431-443. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11746-015-2785-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Breakthroughs in the Conversion of Ethanol to Butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Ordomsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (12), pp.203. </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal6120203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eurobioref: a step forward to next-generation biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Biomass Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23rd European Biomass Conference and Exhibition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: A New Platform to Bring Catalysis to the Lightspeed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Garcia-Sancho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Maireles-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (3), pp.455-462. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2014052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High yield lactic acid selective oxidation into acetic acid over a Mo-V-Nb mixed oxide catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samadhan Lomate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Chemical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sustainable Chemical Processes, 3, pp.5. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40508-015-0032-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass-derived Platform Molecules Upgrading through Catalytic Processes: Yielding Chemicals and Fuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Japan Petroleum Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (5), </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1627/jpi.58.257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katryniok, B.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Belliere-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Araque-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, ChemSusChem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of ethanol over hydroxyapatite-based Ca-enriched catalysts with various carbonate contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (5), pp.2994-3006. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy00327j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly loaded well dispersed stable Ni species in NiXMg2AlOY nanocomposites: Application to hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankush V. Biradar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubhangi B. Umbarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 166-167, pp.485-496. </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2014.11.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution under Reaction Conditions of&nbsp; Supported (NH4)3HPMo11VO40 Catalysts for the Selective Oxidation of Isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), pp.460-477. </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal5010460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and application of fatty acid derived templates for the preparation of mesostructured silica material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Stoclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebarbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (100), pp.82488-82491. </w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5ra19495d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of oxomolybdate species dispersion on direct methanol oxidation to dimethoxymethane over MoO x/TiO2catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Takahashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Energy Science &amp; Engineering, 3 (2), pp.115-125. </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ese3.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel La3Fe(MoO4)6 phase: magnetic properties and ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Colmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgiana Bucataru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (32), pp.14444-14452. </w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5dt01444a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading glycerol for high-value-added applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International News on Fats, Oils and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, International News on Fats, Oils and Related Materials, 26 (1010), pp.624-627</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic behaviour of four different supported noble metals in the crude glycerol oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 499, pp.89-100. </w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-oxyhydride catalysts for hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, NSTI: Advanced Materials - TechConnect Briefs 2015, 2, pp.124-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in maleic acid synthesis from bio-based chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Santarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cavani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Chemical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sustainable Chemical Processes, 3, pp.11-Jan. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40508-015-0034-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcites–ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadime Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaudia Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 504, pp.533-541. </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane to methacrylic acid on supported (NH&amp;#38;lt;inf&amp;#38;gt;4&amp;#38;lt;/inf&amp;#38;gt;)&amp;#38;lt;inf&amp;#38;gt;3&amp;#38;lt;/inf&amp;#38;gt;HPMo&amp;#38;lt;inf&amp;#38;gt;11&amp;#38;lt;/inf&amp;#38;gt;VO&amp;#38;lt;inf&amp;#38;gt;40&amp;#38;lt;/inf&amp;#38;gt; catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, J Catal, 309, pp.121-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol-Derived Renewable Polyglycerols: A Class of Versatile Chemicals of Wide Potential Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosaria Ciriminna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Pagliaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Process Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (7), pp.748-754. </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/op500313x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcitesethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Appl. Catal. A Gen., 1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcites-ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Appl. Catal., A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation study of the Pt and/or Ni-based γ-Al2O3 catalysts used in the aqueous phase reforming of glycerol for H2 production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Iriondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Cambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gandarias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 472, pp.80-91. </w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2013.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane over Cs x (NH 4 ) 3−x HPMo 11 VO 40 mixed salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (9), </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4CY00518J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid phase oxidation of glycerol in batch and flow-type reactors with oxygen over Au–Pd nanoparticles stabilized in anion-exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoki Mimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norihito Hiyoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tadahiro Fujitani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (63), pp.33416 - 33423. </w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4RA04960H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crude glycerol as a raw material for the liquid phase oxidation reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Wondołowska-Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 482, pp.245 - 257. </w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2014.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly productive iron molybdate mixed oxides and their relevant catalytic properties for direct synthesis of &amp;lt;i&amp;gt;1,1&amp;lt;/i&amp;gt;-dimethoxymethane from methanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 145, pp.126-135. </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.01.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol oxidation over gold supported catalysts – “Two faces” of sulphur based anchoring agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ftouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 382, pp.71-78. </w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2013.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to the Letter to the Editor concerning the comments of M.A. Banares and M.O. Guerrero-Pérez to the article “Glycerol conversion to acrylonitrile by consecutive dehydration over WO3/TiO2 and ammoxidation over Sb-(Fe,V)-O”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 148-149, pp.604 - 605. </w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane to methacrylic acid on supported (NH4)3HPMo11VO40 catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 309, pp.121-135. </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2013.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen production from bioethanol catalyzed by NiXMg2AlOY ex-hydrotalcite catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 152-153, pp.370 - 382. </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2014.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Direct Ethanol Conversion to Hydrocarbons over Pt- Containing Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Yu Murzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey V. Chistyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima A. Yandieva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail A. Gubanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural, textural and acid–base properties of carbonate-containing hydroxyapatites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (29), pp.11073 - 11090. </w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4TA01628A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Сonversion of Ethanol and Vegetable Oils to Hydrocarbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey V. Chistyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Gubanov A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina A. Zharova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscope Analysis of Au–Pd/TiO2 Glycerol Oxidation Catalysts Prepared by Deposition–Precipitation Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoki Mimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norihito Hiyoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masakazu Daté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tadahiro Fujitani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 144 (12), pp.2167-2175. </w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10562-014-1382-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pt monometallic and bimetallic catalysts prepared by acid sol–gel method for liquid phase reforming of bioglycerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Iriondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Cambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 368-369, pp.125-136. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al-modified mesoporous silica for efficient conversion of methanol to dimethyl ether</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Takahashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.5895-5902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Developments in the Field of Catalytic Dehydration of Glycerol to Acrolein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, ACS Catal, 3 (8), pp.1819-1834. </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cs400354p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room Temperature Hydrogen Production from Ethanol over CeNiXHZOY Nano-Oxyhydride Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, pp.2207-2216. </w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201300087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammoxidation of allyl alcohol – a sustainable route to acrylonitrile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang F. Hölderich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (11), pp.3015. </w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3gc41089g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol conversion to acrylonitrile by consecutive dehydration over WO3/TiO2 and ammoxidation over Sb-(Fe,V)-O</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 132-133, pp.170-182. </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2012.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of pyruvic acid by vapour phase catalytic oxidative dehydrogenation of lactic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samadhan Lomate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 377, pp.123-128. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2013.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective oxidation of 5-hydroxymethylfurfural to 2,5- diformylfuran over intercalated vanadium phosphate oxides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Nardello-Rataj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera-Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.9942-9948. </w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3ra41890a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning Hydrodesulfurization Active-Phase Dispersion using Optimized Mesoporous Titania-Doped Silica Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Dinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prashant Rajbhandari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chistine Lancelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (1), pp.328-338. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201300521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modern applications of high throughput R&amp;#38;amp;D in heterogeneous catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bentham Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Bentham Science, pp.324-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Lanthanum Stoichiometry in La1-xFeO3-δ Perovskites on their Structure and Catalytic Performance in CH4 Total Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 126, pp.134-143. </w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00724452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Efficient and Stable CeNiHZOY Nano-Oxyhydride Catalyst for H-2 Production from Ethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50, pp.10193-10197. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201102617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse directe du 1,1-diméthoxyméthane à partir de méthanol moyennant une modification mineure du procédé de production de formaldéhyde sur catalyseurs FeMo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gornay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Secordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (5), pp.751-762. </w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2009087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amorphous oxide as a novel efficient catalyst for direct selective oxidation of methanol to dimethoxymethane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Sécordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Brandhorst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Cristol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.865 - 867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Hydrodesulfurization Activity of CoMo Catalysts Supported on Boron-Doped Sol-Gel Alumina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koichi Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motoyasu Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobuyuki Matsubayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 315, pp.18-28. </w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2006.08.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of boria-alumina mixed oxides prepared by a sol-gel method. Part 2: Characterization of the calcined xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rigole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Grimblot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17(9), pp.2369-2377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of boria-alumina mixed oxides prepared by a sol-gel method. Part 1: NMR characterization of the xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rigole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Grimblot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17(9), pp.2361-2368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of coordinatively unsaturated sites regeneration over MoS2-based HDS catalysts using 35S experiments combined with computer simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Veilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eika W. Qian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Ishihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 289(1), pp.51-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and hydrodesulfurization activity of CoMo catalysts supported on sol-gel prepared Al2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koichi Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motoyasu Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobuyuki Matsubayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 287(1), pp.135-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of bio-based molecules by hybrid catalysis: towards the synthesis of polymers and surfactants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOKET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Trois Rivières (Québec), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalysis of the Future: Hybrid Catalysis, Artificial Intelligence, High Throughput Experiments… and their Combinations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité à l’Université de Milan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of Light Alcohols ex-Biomass: Some Examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Tavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Deng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borowiek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2023 de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latest Research and Technological Breakthroughs in Bioglycerol to Propylene Catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">114th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting the Hydrodeoxygenation Capacity of MoOx-Based Catalyst for Efficient Single-Step Conversion of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">114th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the hydrodeoxygenation capacity of Mo-based catalyst for efficient Single-Step Conversion of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Symposium for Chemical Reaction Engineering (ISCRE 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the Efect of Temperature, H2-Atmosphere and Space-Velocity on One-Pot Hydeodeoxygenation of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Symposium for Chemical Reaction Engineering (ISCRE 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Polymerization over Stable and Selective Calcium Hydroxyapatite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">113th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Atlanta, online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoignage concernant la progression de carrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring 2022 Midweek Mixer IOP Division: Career Options/Paths in the Industrial Oil Products Industry, American Oil Chemist Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, online, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chimie au Cœur de l'Économie Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69ème Congrés National des Professeurs de Physique et de Chimie ‘UdPPC 2022’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation Durable du D-glucose en 5-HMF par Catalyse Hybride : du Réacteur Discontinu au Système à Flux Continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-F. Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lorthios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to Enhance the Efficiency of Gold Catalysts in Base-Free Oxidation of Biobased Compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. M. Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. N. Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOLD 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation d’alcools légers issus de la biomasse pour la chimie fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Tavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la section Régionale Centre-Ouest France Ouest, La Rochelle – Limoges – Orléans – Poitiers – Tours, Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Valorization in Liquid Phase for the Production of Glycolic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Patricia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Tokyo Conference on Advanced Catalytic Science and Technology ‘TOCAT9’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Fukuoka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biomasse : un Élément Clé de l’Économie Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Entreprises Écoresponsables dans l’Économie Circulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction and Presentation of Hub “Science for a Changing Planet“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer School du Graduate Programme « Science for a Changing Planet »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Villenveuve-d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Non-Noble Ni-Cu Based Catalysts for the Valorization of Palmitic Acid Through Decarboxylation Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier symposium international sur le design à haut-débit de catalyseurs (HTCD2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Villeneuve-d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04347863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the Active Phase in Ca-Based Glycerol Polymerization Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">112th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Portland, online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioeconomy at the University of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeconomy Key Enabling Technologies Conference BIOKET 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde autour de la bio-économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Événement organisé par IAR et Village by CA Nord de Franc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Monometallic to Bimetallic Systems: Improving Glycerol Liquid Phase Catalytic Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska-Ćwiąkalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">111th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborations de recherche à l’international : Comment établir un partenariat win-win ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cavemittes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinale de l'International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Euramaterials, Jul 2020, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bioéconomie, un modèle de croissance et de développement économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde autour de la bio-économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAR; Le Village by CA Nord de France, Jan 2020, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03414778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioeconomy at the University of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeconomy Key Enabling Technologies Conference “BIOKET 2020”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université d'Aberdeen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université d'Edinburgh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic Study and Modeling of Glycerol Oxidation on a Commercial Supported Gold Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomolaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Catalytic Approach to the Synthesis of Wax Esters from Fatty Acid Methyl Esters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc-Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">110th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Saint-Louis, Missouri, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Ni catalysts issued from reduction of porous phyllosilicate; Properties in dry reforming of methane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Dumitriu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane-catalytic dehydrogenation reactor for propylene, 1,3-butadiene and isoprene synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. I. Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uranov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCMR14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid phase glycerol oxidation: Choice of the catalysts and the ad-hoc reaction conditions for the right target molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane-Catalytic Dehydrogenation Reactor for Propylene, 1,3-Butadiene and Isoprene Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoriy Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeriy Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis as a New Topical Concept Bridging Biotechs and Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference « Bridging the Philosophies of Biology and Chemistry »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Hybrides dans le Réacteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Fourchette et Catalyse"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: Combining Bio- and Chemo-Catalysis for Biosourced Substrates Upgrading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Chimie Durable, SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université de Saint Andrews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Saint Andrews, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université de Glasgow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: Novel Concept for Upgrading Biosourced Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Indo-french symposium MATSUCAT ‘Functionalized MATerials for SUstainable CATalytic and Related Applications’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Pune, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual (bio)catalysis approach for the synthesis of 5-HMF from D-glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Types of biorefineries & sourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Électif "Bioéconomie", École Centrale de Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerating the Development of The Future Biorefineries Catalytic Processes using the High-Throughput REALCAT platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Rio de Janeiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de Mitsubishi Chemicals, Hiroshima</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Hiroshima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic deoxydehydration of glycerol to allyl alcohol with 2-hexanol as H-donor – a detailed study of the reaction mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyse Hybride : Concept et Exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire IRCEULYON, Villeurbanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Nuclear Polarization enhanced NMR spectroscopy of Fibrous silica nanoparticles and Periodic mesoporous organosilicas materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Nagashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Polshettiwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion RMN du grand bassin parisien (RMNGBP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced High-Throughput Technologies for Catalysts Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International School-Conference on Catalysis for Young Scientists “Catalyst Design: From Molecular to Industrial Level”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of support basic sites in green oxidation of biobased substrates using Au-promoted catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane M. Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHHC18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis as an Innovative Way for Upgrading Biosourced Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Chinese Conference on Green Chemistry, A Better Chemistry for a Better Life, ‘FC2GChem’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Deoxydehydration of Glycerol to Allyl Alcohol – a Promising Pathway to a High-Versatile Platform Molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis concept for the valorization of bio-based molecules to value-added chemicals for potential food-grade applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Food Tech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Montreal, France. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of transition metal (oxide) nanoparticles confined in the secondary pore network of mesoporous scaffolds using melt infiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PREPA XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FeMo-based catalysts for acrolein production : an in situ X-ray Photoelectron Spectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced upgrade of Lignocellulose Material in Integrated Biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Pulp &amp; Paper International Congress &amp; Exhibition (ABTCP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Sao Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Step Green Process for 2,5-Furandicarboxylic Acid Production from Furfural, Oxygen and Carbon Dioxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Santarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Reghizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Deoxydehydration of Glycerol to Allyl Alcohol – a Promising Pathway to a High-Versatile Platform Molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takuya Nakashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel AuxPdy@SiTi Nanomaterials for Base-Free Oxidation of Bio-Based Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natália J. S. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Marcia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III International Symposium on Nanoparticles/Nanomaterials and Applications “ISN2A 2018”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Caparica, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioéconomie dans la Région Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation catalytique des bioressources : concepts et caractérisations avancées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "SOLEIL"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the UCCS activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMRCat Workshop Univ. Lille-Univ. Ghent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis as the next challenge in biorefineries: concept and examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Processes Development for Biomass Valorisation Using Advanced High-Throughput Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 10th International Conference on Environmental Catalysis &amp; the 3rd International Symposium on Catalytic Science and Technology in Sustainable Energy and Environment (ICEC&amp;EECAT2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Tianjin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization of heterogeneous catalysts by XRD, FT-IR, Raman, and XRF spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPACAT 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization ofheterogeneous catalysts by XRD, FT-IR, Raman, and XRF spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuropaCAT 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly-Loaded Well-Dispersed ex-Hydrotalcite Mg2AlNiXHZOY Oxyhydride Catalysts for Sustainable Hydrogen Production from Steam Reforming and Oxidative Steam Reforming of Ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Green Chemistry (ISGC2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct dehydration of 1,3-butanediol to 1,3-butadiene over silica-alumina catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC-8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: A suitable concept for the valorization of biosourced saccharides to value-added chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st French Conference on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires à Hydrogène en Hauts-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by autothermal reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires à Hydrogène en Hauts-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleic acid derivates as templates for micro- and mesoporous materials synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Zeolites Conference (IZC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by autothermal reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th French Congress on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by oxidative steam reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct catalytic dehydration of 1,3-butanediol for 1,3-butadiene over ZSM-5 materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry’ – NCL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic dehydration of 1,3-butanediol into 1,3-butadiene on Al-SBA-15 at low reaction temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera-Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress on Catalysis (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Smart Ni Based Nano-Oxyhydrides for Hydrogen Production from Bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 AIChE Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«A highly active and selective Pd/CeO₂ catalyst for direct amination of alcohols»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ousmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOEJC-2016, Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Villeneuve d Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly-loaded well-dispersed NiXMg2AlOY ex-hydrotalcite catalysts for hydrogen production from ethanol steam reforming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress on Catalysis (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni based nano-oxyhydrides for hydrogen production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Materials Nanotechnology, Nanostructured Materials, EMN Prague Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Develop New Path of Smartness”, the 2nd Annual World Congress of Smart Materials-2016 (WCSM-2016). Theme: Co-creating Dream of Smartness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleic acid derivates as templates for micro- and mesoporous materials synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IZC International Zeolite Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th French Congress on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visible light driven plasmonic nanochemistry for photocatalysis and oxidation of glycerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2016 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Multi-Well Plate for High-Throughput Characterization of Heterogeneous Catalysts by XRD, FT-IR, Raman, and XRF Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EuCheMS Chemistry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoplasmonics-assisted degradation of pollutants and oxidation of glycerol under visible light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Perugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Hydrogen Production at Room Temperature from Bio-Ethanol on Nickel-Based Nano-Oxyhydrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel, Wenhao Fang, Cyril Pirez, Sébastien Paul, Mickaël Capron Hervé Jobic, Franck Dumeignil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct catalytic dehydration of 1,3-butanediol for 1,3-butadiene over ZSM-5 materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd international symposium on catalysis for biorefineries (CATBIOR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Nano Today Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni Based Nano-Oxyhydride Catalysts: Application to Hydrogen Production from Bioethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advances in Functional Materials (AFM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Stony Brook (New-York), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération d’hydrogène à basse température à partir de bioéthanol : utilisation de catalyseurs oxyhydrures à base de nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR-HysPàC (axe STOPHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Nano Today Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni based nano-oxyhydride catalysts: application to hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015 de la Société Chimique de France ’Chimie et transition énergétique’ SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of catalysts for hydrogen production from bioresources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR-HysPàC (axe STOPHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation cinétique de l’oxydation du glycérol en phase liquide catalysée par l’Or</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECat2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Obernai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Oxyhydride Catalysts for Hydrogen Production from Bioethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect World Innovation Conference &amp; Expo 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, National Harbor, United States. pp.124-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas production from CH4 and CO2 over Ni-based nanocomposites catalysts at mild conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Congress on Catalysis – EuropaCat-XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Kazan, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and selective oxidation of Glycerol by excitation of supported gold nanoparticles under visible light at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Material Sciences (CSM9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nancy, France. pp.68-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni/CeO2 catalysts for H2 production from CH4 in presence of CO2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Fundamentals and Development Fuel Cell ‘FDFC 2015’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas production from CH4 and CO2 over Ni/CeO2 catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck Dumeignil </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (171)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxygen Vacancy Formation at Metal-TiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; Interface Yielding Enhanced Photocatalytic Hydrogen Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D. Quach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Harsan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Spadaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Botifoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Arbiol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Adv. Sci., -, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/advs.202501835⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05215743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in the field of MOF-based catalytic systems: A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. S. Mussa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Toshtay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Appl. Catal. A-Gen., 708, pp.120555. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2025.120555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric and Statistical Optimization of Key Operating Conditions for Efficient Single-Step Hydrodeoxygenation of Bioglycerol to Propylene over the MoO&amp;lt;i&amp;gt;&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;&amp;lt;/i&amp;gt;-Based Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Bahlouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, ACS Sustain. Chem. Eng., 13, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.5c03242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05264654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing 5-hydroxymethylfurfural oxidation to 2,5-furan-dicarboxylic acid with Au-supported catalysts: Optimizing reaction parameters and unraveling degradation mechanism through DFT calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toyese Oyegoke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achraf Sadier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Ventimiglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Dimitratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 445, pp.115086. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2024.115086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04728627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading furfural to bio-fuels using supported molybdenum carbides: study of the support effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia F. Sosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Magalhaes de Souza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaela Azevedo Rafael</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Briois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, RSC Advances, 14, pp.26920-26932. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4ra04256e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactor development for a one‐step hybrid catalytic conversion of D‐glucose to HMF</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Delcroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (4), pp.e202300713. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202300713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04453483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning the Acid Nature of the ZSM-5 Surface for Selective Production of Ethylene from Ethanol at Low Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ouayloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agirrezabal-Telleria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. L. Arias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. E. Doukkali</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Energy &amp; Fuels, -, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.energyfuels.3c04622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04540300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable synergy: unleashing the potential of biomass in integrated biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Kashif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Ashraf Sabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Aresta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Dibenedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy &amp; Fuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Sustainable Energy &amp; Fuels, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4se01293c⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04866273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abnormal Copper Coordination obtained by TiO2 overlayer as a key for enhanced photocatalytic hydrogen generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vien-Duong Quach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Chiara Spadaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Dragoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Botifoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herve Vezin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Materials Chemistry A, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4ta03072a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04633023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advances in catalyst design and reaction strategies for carbon-neutral conversion of bioglycerol to propylene, 1,2-propanediol, and hydrogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of the American Oil Chemists' Society, -, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aocs.12910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring catalytic oxidation pathways of furfural and 5-hydroxymethyl furfural into carboxylic acids using Au, Pt, and Pd catalysts: a comprehensive review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toyese Oyegoke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baba E.-Yakubu Jibril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (23), pp.6761-6774. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D4CY00821A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04759352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Characterization to Discovery: Artificial Intelligence, Machine Learning and High-Throughput Experiments for Heterogeneous Catalyst Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Benavides-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Benavides-Hernández</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, ACS Catalysis, 14 (15), pp.11749-11779. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.3c06293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioglycerol-to-Propylene Routes: From Fundamental Catalysis to Process Design and Marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Bahlouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ACS Catalysis, 13 (10), pp.7019-7054. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.3c01144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni(0) Ex-Phyllosilicates as Efficient and Stable Low Temperature CH4 Dry Reforming Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cezar Catrinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, ChemCatChem, 15 (14), pp.e2023002. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202300245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Gold Catalysts for Base-Free Furfural Oxidation: The State of the Art and Machine-Learning-Enabled Optimization.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hisham Khalifeh Al Rawas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Materials, 16 (19), pp.6357. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma16196357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydrogenation of Ethylbenzene to Styrene over Rhenium- and Tungsten-Containing Porous Ceramic Converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Y. Grachev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. A. Bagdatov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Neftekhimiya / Petroleum Chemistry, 63, pp.453-462. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544123030143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in single-step hydrodeoxygenation of glycerol to propylene by coupling rational catalyst design with systematic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Applied Catalysis B: Environmental, 324, pp.122280. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2022.122280⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New mechanistic insights into the role of water in the dehydration of ethanol into ethylene over ZSM-5 catalysts at low temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Ouayloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mingyang Jiao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Agirrezabal-Telleria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Green Chemistry, 25 (9), pp.3644-3659. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d2gc04437d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04145639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioéconomie en France. Une étude scientométrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Duquenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Schöpfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Partnership</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17 (1), pp.1-30. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21083/partnership.v17i1.6796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane in a decoupled redox-process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Zaffran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 643, pp.118798. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118798⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pt nanoparticles with enhanced deaminase-like activity: example of oxidative deamination of 5-hydroxymethylfurfurylamine and glutamic acid.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemNanoMat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (5), pp.e202200062. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cnma.202200062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening the Connection between Science, Society and Environment to Develop Future French and European Bioeconomies: Cutting-Edge Research of VAALBIO Team at UCCS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Bellot Noronha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickäel Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michèle Friend</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (12), pp.3889;. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27123889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03771396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of the shape of Cu2O nanocrystals on plasmon-enhanced oxygen evolution reaction in alkaline media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamazouzt Nait Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuqing Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kilaparthi Sravan Kumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André H.B. Dourado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Germano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 390, pp.138810. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.electacta.2021.138810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the active phase of Ca-based glycerol polymerization catalysts: On the importance of calcium glycerolate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 507, pp.111571. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mcat.2021.111571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03455863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective Oxidation of Isobutane to Methacrylic Acid and Methacrolein: A Critical Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (7), pp.769. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11070769⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03967364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient non-noble Ni–Cu based catalysts for the valorization of palmitic acid through a decarboxylation reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (9), pp.3025-3038. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CY02161J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Production of Glycolic Acid from Glycerol Oxidation: An Optimization Using Response Surface Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Patricia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (2), pp.257. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11020257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Conversion of 5 ‐Hydroxymethylfurfural to 5 ‐Aminomethyl‐ 2 ‐furancarboxylic acid: Toward New Bio‐sourced Polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Cuvelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Duban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (1), pp.247-259. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.202001446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimisation of catalysts coupling in multi-catalytic hybrid materials: perspectives for the next revolution in catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (5), pp.1942 - 1954. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0gc04172f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the activity of gold supported catalysts by oxide coating: towards efficient oxidations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (21), pp.8453-8457. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1GC02889H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of styrene by dehydrogenation of ethylbenzene on a [Re, W]/γ-Al2O3 (K, Ce)/α-Al2O3 porous ceramic catalytic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">А.S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V.I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering and Processing: Process Intensification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 160, pp.108265. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cep.2020.108265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcium Hydroxyapatite: A Highly Stable and Selective Solid Catalyst for Glycerol Polymerization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Catalysts, 11 (10), pp.1247. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal11101247⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Rb-or Cs-containing HPA catalysts for the selective oxidation of isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Applied Catalysis A : General, 628, pp.118400. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2021.118400⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04094026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La catalyse, la diversité au service de l’efficacité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, L'Actualité Chimique, 454, pp.7-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing Functionalities and Acidity of Calcined Phenylene-Bridged Periodic Mesoporous Organosilicates Using Dynamic Nuclear Polarization NMR, Diffuse Reflectance Infrared Fourier Transform Spectroscopy, and X-ray Photoelectron Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Nagashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 124 (11), pp.6110-6120. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b11223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethanol-to-butadiene: the reaction and its catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza Raez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Beatriz Arango Ponton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysis Science &amp; Technology, 10, pp.4860-4911. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0cy00784f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04249956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinquante nuances de catalyse hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.18-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">5-Hydroxymethylfurfural and Furfural Base-Free Oxidation over AuPd Embedded Bimetallic Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natália J. S. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erico Teixeira-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ângela A. Teixeira-Neto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cleber W. Liria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (1), pp.75. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10010075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydroconversion of 5‐Hydroxymethylfurfural to 2,5‐Dimethylfuran and 2,5‐Dimethyltetrahydrofuran over Non‐promoted Ni/SBA‐15</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine de Oliveira Vigier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jérôme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (7), pp.2050-2059. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201902028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open Bioeconomy. A Bibliometric Study on the Accessibility of Articles in the Field of Bioeconomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Duquenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Prost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Schöpfel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 8 (4), pp.55. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/publications8040055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lactic Acid Conversion to Acrylic Acid Over Fluoride-Substituted Hydroxyapatites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, pp.421. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2020.00421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passing the frontiers of liquid-phase glycerol partial oxidation over supported bimetallic catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska-Cwiakalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Sustainable Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Advanced Sustainable Systems, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adsu.202000002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties and activity of zn-ta-tud-1 in the lebedev process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza Raez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Green chemistry an international journal and green chemistry resource GC, 22, pp.2558-2574. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d0gc00103a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Oxidative Esterification of Furfural Using Au Nanoparticles Supported on Group 2 Alkaline Earth Metal Oxides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriano H. Braga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Nawfal Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Zieliński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (4), pp.430. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10040430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline-based catalysts for glycerol polymerization reaction: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negisa Ebadipour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysts (Basel, Switzerland), 10 (9), pp.1021. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10091021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid Phase Furfural Oxidation under Uncontrolled pH in Batch and Flow Conditions: The Role of In Situ Formed Base</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandra Roselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuri Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cavani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Catalysts, 10 (1), pp.73. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal10010073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chitosan as a sustainable precursor for nitrogen-containing carbon nanomaterials: synthesis and uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. El Kadib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10, pp.100053 -. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtsust.2020.100053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03493236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the synthesis of Zn-Ta-TUD-1 for the Lebedev process using the Design of Experiments methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 591, pp.117386 -. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des réactions multi-catalytiques au concept de catalyse hybride</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.11-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of 1,3-butadiene from 1-butanol on a porous ceramic [fe,cr]/gamma-al2o3(k,ce)/alpha-al(2)o(3)catalytic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. I. Moiseev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kinetics and Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Kinetics and Catalysis, 61, pp.390-404. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S002315842003009X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The various levels of integration of chemo- and bio-catalysis towards hybrid catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (21), pp.7082-7100. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D0CY00696C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydrogenation of cumene to alpha-methylstyrene on [re,w]/gamma-al2o3(k,ce)/alpha-al2o3 and [fe,cr]/gamma-al2o3(k,ce)/alpha-al2o3 porous ceramic catalytic converters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Neftekhimiya / Petroleum Chemistry, 60, pp.1268-1283. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544120110080⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04442618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon-enhanced electrocatalytic oxygen reduction in alkaline media on gold nanohole electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamazouzt Nait Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anderson Gabriel Marques da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaniappan Subramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuqing Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noual Adnane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (20), pp.10395-10401. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9TA14174J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’avènement des matériaux multi-catalytiques hybrides, vers une combinaison optimale des catalyseurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivaldo Itabaiana Junior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 454, pp.27-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03038590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The production of 1,3-butadiene from bio-1-butanol over Re-W/α-Al2O3 porous ceramic converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Catalysis Communications, 128, pp.105714. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2019.105714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03000818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanadium-based highly active and selective catalysts for oxidative dehydrogenation of ethyl lactate to ethyl pyruvate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dhananjay S. Doke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonali B. Khomane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swati L. Pandhare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohan K. Dongare</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Applied Catalysis A : General, 587, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Partial Oxidation over Pt/Al2O3 Catalysts under Basic and Base-Free Conditions-Effect of the Particle Size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Journal of the American Oil Chemists' Society, 96, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/aocs.12159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au-based bimetallic catalysts: how the synergy between two metals affects their catalytic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Sha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, RSC Advances, 9 (51), pp.29888-29901. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c9ra06001d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the structure of trigonal mo-v-m3rd oxides (m3rd=-, fe, cu, w) on catalytic performances in selective oxidations of ethane, acrolein, and allyl alcohol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Applied Catalysis A : General, 584, pp.117151. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2019.117151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation of dl Limonene into Aromatic Compounds Using Supported Heteropolyacid Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Gauthier-Maradei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Catalysis Letters, 149, pp.328-337. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10562-018-2606-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic decarboxylation of fatty acids to hydrocarbons over non-noble metal catalysts: the state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology &amp; Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Journal of Chemical Technology &amp; Biotechnology, 94, pp.658-669. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.5776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isoprene Formation from Isoamyl Alcohol in Microchannels of a Converter Modified with Nanoscale Catalytic Iron–Chromium-Containing Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. O. Antonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neftekhimiya / Petroleum Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Neftekhimiya / Petroleum Chemistry, 59, pp.405-411. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S0965544119040066⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Dehydration of Glycerol to Acrolein in a Two-Zone Fluidized Bed Reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Meléndez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bellière-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, pp.127. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00127⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermoplasmonic-induced energy-efficient catalytic oxidation of glycerol over gold supported catalysts using visible light at ambient temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 572, pp.9-14. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2018.12.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol to Glyceraldehyde Oxidation Reaction Over Pt-Based Catalysts Under Base-Free Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00156⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Catalyst Life in Glycerol-to-Acrolein Conversion Using Non-thermal Plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaofei Philip Ye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Frontiers in Chemistry, 7, </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fchem.2019.00108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of nickel (oxide) nanoparticles confined in the secondary pore network of mesoporous scaffolds using melt infiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Dumitriu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Catrinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 334, pp.48-58. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2019.01.064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon-Induced Electrocatalysis with Multi-Component Nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palaniappan Subramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dalila Meziane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabah Boukherroub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Materials, 12 (1), pp.43. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma12010043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deeper Mechanistic Insight into Ru Pincer-Mediated Acceptorless Dehydrogenative Coupling of Alcohols: Exchanges, Intermediates, and Deactivation Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssef Swesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Favre-Reguillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (5), pp.4719-4734. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.8b00995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization of heterogeneous catalysts by XRD, FT-IR, Raman and XRF spectroscopies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Thuriot-Roukos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (71), pp.40912-40920. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8ra08216b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02263483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Catalysts and Experimental Conditions Determine the Selective Hydroconversion of Furfural and 5-Hydroxymethylfurfural</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Marceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 118 (22), pp.11023-11117. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.chemrev.8b00134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomasse : les enjeux pour l’avenir de la chimie du carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Strub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Donohue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 427-428, pp.19-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZnTa-TUD-1 as an easily prepared, highly efficient catalyst for the selective conversion of ethanol to 1,3-butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Vofo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Green Chemistry, 20, pp.3203-3209. </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8GC01211C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02949006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dehydration of Lactic Acid: The State of The Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioEng Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5 (1), pp.34-56. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cben.201700012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a Sequential Chemo-Enzymatic Approach to a Continuous Process for HMF Production from Glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (8), pp.335. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01915536v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acrolein production from methanol and ethanol mixtures over La- and Ce-doped FeMo catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lilic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 237 (---), pp.149-157. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2018.05.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Zirconium and Cerium Loadings on Aerogel Pd-Based Catalysts for Methane Combustion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khouloud Sadouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shemseddine Fessi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhaier Ksibi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Materials Physics and Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Advances in Materials Physics and Chemistry, 8, pp.105-119. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/ampc.2018.83008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02948268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Support Basic Sites in Green Oxidation of Biobased Substrates Using Au-Promoted Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michał Zieliński</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (12), pp.16332-16340. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b03330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ru/Mn Ce1O catalysts with enhanced oxygen mobility and strong metal-support interaction: Exceptional performances in 5-hydroxymethylfurfural base-free aerobic oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tianyu Gao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jing Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qiue Cao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weiping Su</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Journal of Catalysis, 368, pp.53-68. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2018.09.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From sequential chemoenzymatic synthesis to integrated hybrid catalysis: taking the best of both worlds to open up the scope of possibilities for a sustainable future</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (22), pp.5708-5734. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c8cy01190g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Alternative to the Cymenes Production from Scrap Tire Rubber Using Heteropolyacid Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Gauthier-Maradei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deyanira Ferreira-Beltran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristian Palencia-Blanco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waste and Biomass Valorization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Waste and Biomass Valorization, </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12649-018-0310-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02944197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chimie en Région Hauts-de-France : Chimie de la biomasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Kovensky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Lebeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Len</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Nardello-Rataj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 40-45 ; http://www.lactualitechimique.org/Capteurs-et-suivi-sur-site-de-la-pollution-des-eaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous Catalysis with Renewed Attention: Principles, Theories, and Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 94 (6), pp.675-689. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jchemed.6b00611⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Oxidation in the Liquid Phase over a Gold-Supported Catalyst: Kinetic Analysis and Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Díaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemEngineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/chemengineering1010007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01923860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An acrolein production route from ethanol and methanol mixtures over FeMo-based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Jouenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Bigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Green Chemistry, 19 (1111), pp.2666-2674. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7gc00341b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modelling of the glycerol oxidation in the liquid phase: comparison of Pt, Au and Ag AS active phases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 92 (9), pp.2267-2275. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jctb.5296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Pivotal Role of Catalysis in France: Selected Examples of Recent Advances and Future Prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chizallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Geantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2029-2064. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01724417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al-doped SBA-15 Catalysts for Low-temperature Dehydration of 1,3-Butanediol into Butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Liebens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, ChemCatChem, 9 (22), pp.258-262. </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Picture: The Pivotal Role of Catalysis in France: Selected Examples of Recent Advances and Future Prospects. (ChemCatChem 12/2017)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chizallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Geantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2022 - 2022. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01739883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of but-3-en-1,2-diol: Green access to hydroxymethionine intermediate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Bellière-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 279, pp.164-167. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cattod.2016.06.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solvent- and base-free synthesis of wax esters from fatty acid methyl esters by consecutive one-pot, two-step catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.H. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Green Chemistry, 19 (2323), pp.5665-5673. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7gc02764h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Conversion of Glycerol to Allyl Alcohol Over Alumina-Supported Rhenium Oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takuya Nakashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemistrySelect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2 (30), pp.9864-9868. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/slct.201702070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: A unique platform in the world dedicated to the high-speed development of catalysts for biorefineries | REALCAT : Une plateforme unique au monde dédiée au développement haut débit de catalyseurs pour les bioraffineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Actualite Chimique, 420420</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic processes for the upgrading of glycerol: A challenge for the biodiesel industry | Procédés catalytiques de valorisation du glycérol : Un enjeu pour la filière biodiesel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Actualité Chimique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Actualite Chimique, 420420</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: A Suitable Concept for the Valorization of Biosourced Saccharides to Value-Added Chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2080 - 2084. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01582182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methanol and ethanol reactivity in the presence of hydrotalcites with Mg/Al ratios varying from 2 to 7</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stošić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 89, pp.14-18. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2016.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerbet Reaction over Strontium-Substituted Hydroxyapatite Catalysts Prepared at Various (Ca+Sr)/P Ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (12), pp.2250-2261. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative Transformations of Biosourced Alcohols Catalyzed by Earth-Abundant Transition Metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (14), pp.2652-2660. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201700310⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manganese Pincer Complexes for the Base-Free, Acceptorless Dehydrogenative Coupling of Alcohols to Esters: Development, Scope, and Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (3), pp.2022-2032. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acscatal.6b03554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Silver Based Catalysts Promoted by Noble Metal M (M = Au, Pd or Pt) for Glycerol Oxidation in Liquid Phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shreya Nandi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Topics in Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Topics in Catalysis, 60 (15-1615-16), pp.1072-1081. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11244-017-0800-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethanol reactivity over La1+x FeO3+δ perovskites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadime Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 511, pp.141-148. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel direct amination of glycerol over heteropolyacid-based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Safariamin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Moonen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ulrichts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (7), pp.2129-2135. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01478f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmonic enhanced photocatalytic activity of semiconductors for the degradation of organic pollutants under visible light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadeen Alkees</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Bruyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science in Semiconductor Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42, pp.81-84. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mssp.2015.08.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steam reforming, partial oxidation and oxidative steam reforming for hydrogen production from ethanol over cerium nickel based oxyhydride catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 518, pp.78-86. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.10.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modeling of the quasi-homogeneous oxidation of glycerol over unsupported gold particles in the liquid phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ftouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejlt.201500189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01265753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct dehydration of 1,3-butanediol into butadiene over aluminosilicate catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (15), pp.5830-5840. </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy02211h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Ag/Al2O3 catalysts in the liquid phase oxidation of glycerol – effect of preparation method and reaction conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (9), pp.3182-3196. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01581b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptorless dehydrogenative coupling of alcohols catalysed by ruthenium PNP complexes: Influence of catalyst structure and of hydrogen mass transfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Swesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Corbel-Demailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 340, pp.331-343. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2016.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Crystalline Structure in Allyl Alcohol Selective Oxidation over Mo3VO&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; x&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; Complex Metal Oxide Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satoshi Ishikawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (14), pp.2415-2420. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201600430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cover Picture: Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights (ChemSusChem 12/2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1349-1349. </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1350-1350. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pd/CeO2“H2Pump” for the Direct Amination of Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhen Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Tomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamad Ousmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (21), pp.3347-3352. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201600855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01688066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First catalytic asymmetric hydrogenation of quinoxaline-2-carboxylates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Maj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Araque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tetrahedron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 72 (10), pp.1375 - 1380. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tet.2016.01.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01715064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced functionalized Mg2AlNixHzOy nano-oxyhydrides ex-hydrotalcites for hydrogen production from oxidative steam reforming of ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jimenez-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (34), pp.15443-15452. </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijhydene.2016.04.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01382704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient deuterium labelling of alcohols in deuterated water catalyzed by ruthenium pincer complexes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 84, pp.67-70. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catcom.2016.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">One-pot 1,1-dimethoxymethane synthesis from methanol: a promising pathway over bifunctional catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaew-Arpha Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (4), pp.958-970. </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy01858g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Conversion of Alcohols into Carboxylic Acid Salts in Water: Scope, Recycling, and Mechanistic Insights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lei Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Trivelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 9 (12), pp.1413-1423. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cssc.201600243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Promoters on the Acrolein Ammoxidation Performances of BiMoO&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; x&nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp; &nbsp;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ghalwadkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Oil Chemists' Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (3), pp.431-443. </w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11746-015-2785-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Breakthroughs in the Conversion of Ethanol to Butadiene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vitaly Ordomsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (12), pp.203. </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal6120203⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katryniok, B.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Belliere-Baca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Araque-Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemSusChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, ChemSusChem</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass-derived Platform Molecules Upgrading through Catalytic Processes: Yielding Chemicals and Fuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Japan Petroleum Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (5), </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1627/jpi.58.257⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High yield lactic acid selective oxidation into acetic acid over a Mo-V-Nb mixed oxide catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samadhan Lomate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Chemical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sustainable Chemical Processes, 3, pp.5. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40508-015-0032-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly loaded well dispersed stable Ni species in NiXMg2AlOY nanocomposites: Application to hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankush V. Biradar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shubhangi B. Umbarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 166-167, pp.485-496. </w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2014.11.052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reactivity of ethanol over hydroxyapatite-based Ca-enriched catalysts with various carbonate contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (5), pp.2994-3006. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5cy00327j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eurobioref: a step forward to next-generation biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23rd European Biomass Conference and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23rd European Biomass Conference and Exhibition</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: A New Platform to Bring Catalysis to the Lightspeed</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Garcia-Sancho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Maireles-Torres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (3), pp.455-462. </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2014052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural Evolution under Reaction Conditions of&nbsp; Supported (NH4)3HPMo11VO40 Catalysts for the Selective Oxidation of Isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), pp.460-477. </w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal5010460⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of oxomolybdate species dispersion on direct methanol oxidation to dimethoxymethane over MoO x/TiO2catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Takahashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Science &amp; Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Energy Science &amp; Engineering, 3 (2), pp.115-125. </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ese3.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and application of fatty acid derived templates for the preparation of mesostructured silica material</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Stoclet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Lebarbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (100), pp.82488-82491. </w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5ra19495d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel La3Fe(MoO4)6 phase: magnetic properties and ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Colmont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgiana Bucataru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dalton Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 44 (32), pp.14444-14452. </w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c5dt01444a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcites–ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fadime Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaudia Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 504, pp.533-541. </w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent developments in maleic acid synthesis from bio-based chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Santarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Cavani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Chemical Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Sustainable Chemical Processes, 3, pp.11-Jan. </w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40508-015-0034-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic behaviour of four different supported noble metals in the crude glycerol oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 499, pp.89-100. </w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2015.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading glycerol for high-value-added applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International News on Fats, Oils and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, International News on Fats, Oils and Related Materials, 26 (1010), pp.624-627</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-oxyhydride catalysts for hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, NSTI: Advanced Materials - TechConnect Briefs 2015, 2, pp.124-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane over Cs x (NH 4 ) 3−x HPMo 11 VO 40 mixed salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (9), </w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4CY00518J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crude glycerol as a raw material for the liquid phase oxidation reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Wondołowska-Grabowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 482, pp.245 - 257. </w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2014.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid phase oxidation of glycerol in batch and flow-type reactors with oxygen over Au–Pd nanoparticles stabilized in anion-exchange resin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoki Mimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norihito Hiyoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tadahiro Fujitani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (63), pp.33416 - 33423. </w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4RA04960H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deactivation study of the Pt and/or Ni-based γ-Al2O3 catalysts used in the aqueous phase reforming of glycerol for H2 production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Iriondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Cambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Gandarias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 472, pp.80-91. </w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2013.12.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane to methacrylic acid on supported (NH4)3HPMo11VO40 catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 309, pp.121-135. </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcat.2013.09.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to the Letter to the Editor concerning the comments of M.A. Banares and M.O. Guerrero-Pérez to the article “Glycerol conversion to acrylonitrile by consecutive dehydration over WO3/TiO2 and ammoxidation over Sb-(Fe,V)-O”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 148-149, pp.604 - 605. </w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly productive iron molybdate mixed oxides and their relevant catalytic properties for direct synthesis of &amp;lt;i&amp;gt;1,1&amp;lt;/i&amp;gt;-dimethoxymethane from methanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Gardoll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 145, pp.126-135. </w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2013.01.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol oxidation over gold supported catalysts – “Two faces” of sulphur based anchoring agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ftouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Addad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 382, pp.71-78. </w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2013.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane to methacrylic acid on supported (NH&amp;#38;lt;inf&amp;#38;gt;4&amp;#38;lt;/inf&amp;#38;gt;)&amp;#38;lt;inf&amp;#38;gt;3&amp;#38;lt;/inf&amp;#38;gt;HPMo&amp;#38;lt;inf&amp;#38;gt;11&amp;#38;lt;/inf&amp;#38;gt;VO&amp;#38;lt;inf&amp;#38;gt;40&amp;#38;lt;/inf&amp;#38;gt; catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bordes-Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, J Catal, 309, pp.121-135</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol-Derived Renewable Polyglycerols: A Class of Versatile Chemicals of Wide Potential Application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosaria Ciriminna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Pagliaro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Process Research and Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 19 (7), pp.748-754. </w:t></w:r><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/op500313x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcitesethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Appl. Catal. A Gen., 1-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High resolution NMR unraveling Cu substitution of Mg in hydrotalcites-ethanol reactivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Mareseanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Appl. Catal., A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen production from bioethanol catalyzed by NiXMg2AlOY ex-hydrotalcite catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 152-153, pp.370 - 382. </w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2014.01.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Direct Ethanol Conversion to Hydrocarbons over Pt- Containing Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vadim Yu Murzin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey V. Chistyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima A. Yandieva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail A. Gubanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural, textural and acid–base properties of carbonate-containing hydroxyapatites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lishil Silvester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rose-Noëlle Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Chemistry A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (29), pp.11073 - 11090. </w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C4TA01628A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined Сonversion of Ethanol and Vegetable Oils to Hydrocarbons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey V. Chistyakov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Gubanov A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polina A. Zharova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Engineering Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscope Analysis of Au–Pd/TiO2 Glycerol Oxidation Catalysts Prepared by Deposition–Precipitation Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoki Mimura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norihito Hiyoshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masakazu Daté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tadahiro Fujitani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysis Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 144 (12), pp.2167-2175. </w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10562-014-1382-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pt monometallic and bimetallic catalysts prepared by acid sol–gel method for liquid phase reforming of bioglycerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Iriondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Cambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.S. Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 368-369, pp.125-136. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Al-modified mesoporous silica for efficient conversion of methanol to dimethyl ether</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Takahashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.5895-5902</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00826364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Developments in the Field of Catalytic Dehydration of Glycerol to Acrolein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, ACS Catal, 3 (8), pp.1819-1834. </w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cs400354p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ammoxidation of allyl alcohol – a sustainable route to acrylonitrile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang F. Hölderich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (11), pp.3015. </w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3gc41089g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol conversion to acrylonitrile by consecutive dehydration over WO3/TiO2 and ammoxidation over Sb-(Fe,V)-O</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carsten Liebig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 132-133, pp.170-182. </w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2012.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02042843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room Temperature Hydrogen Production from Ethanol over CeNiXHZOY Nano-Oxyhydride Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. H. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, pp.2207-2216. </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201300087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00912601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of pyruvic acid by vapour phase catalytic oxidative dehydrogenation of lactic acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samadhan Lomate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bonnotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Catalysis A: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 377, pp.123-128. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcata.2013.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective oxidation of 5-hydroxymethylfurfural to 2,5- diformylfuran over intercalated vanadium phosphate oxides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Grasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Nardello-Rataj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera-Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RSC Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.9942-9948. </w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c3ra41890a⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00859535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuning Hydrodesulfurization Active-Phase Dispersion using Optimized Mesoporous Titania-Doped Silica Supports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Dinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prashant Rajbhandari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chistine Lancelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Lamonier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemCatChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 6 (1), pp.328-338. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201300521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modern applications of high throughput R&amp;#38;amp;D in heterogeneous catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Heyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bentham Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Bentham Science, pp.324-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Lanthanum Stoichiometry in La1-xFeO3-δ Perovskites on their Structure and Catalytic Performance in CH4 Total Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Faye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Baylet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 126, pp.134-143. </w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcatb.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00724452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Efficient and Stable CeNiHZOY Nano-Oxyhydride Catalyst for H-2 Production from Ethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angewandte Chemie International Edition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 50, pp.10193-10197. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/anie.201102617⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00699714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse directe du 1,1-diméthoxyméthane à partir de méthanol moyennant une modification mineure du procédé de production de formaldéhyde sur catalyseurs FeMo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gornay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Secordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Tesquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oil &amp; Gas Science and Technology - Revue d'IFP Energies nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (5), pp.751-762. </w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2516/ogst/2009087⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01937569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amorphous oxide as a novel efficient catalyst for direct selective oxidation of methanol to dimethoxymethane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Sécordel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Markus Brandhorst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Cristol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7, pp.865 - 867</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Hydrodesulfurization Activity of CoMo Catalysts Supported on Boron-Doped Sol-Gel Alumina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koichi Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motoyasu Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobuyuki Matsubayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 315, pp.18-28. </w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apcata.2006.08.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of boria-alumina mixed oxides prepared by a sol-gel method. Part 2: Characterization of the calcined xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rigole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Grimblot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17(9), pp.2369-2377</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of boria-alumina mixed oxides prepared by a sol-gel method. Part 1: NMR characterization of the xerogels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Guelton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monique Rigole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Grimblot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 17(9), pp.2361-2368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of coordinatively unsaturated sites regeneration over MoS2-based HDS catalysts using 35S experiments combined with computer simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Veilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eika W. Qian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atsushi Ishihara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 289(1), pp.51-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and hydrodesulfurization activity of CoMo catalysts supported on sol-gel prepared Al2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koichi Sato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motoyasu Imamura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobuyuki Matsubayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmond Payen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Catalysis A : General</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 287(1), pp.135-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (104)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalysis of the Future: Hybrid Catalysis, Artificial Intelligence, High Throughput Experiments… and their Combinations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire invité à l’Université de Milan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of Light Alcohols ex-Biomass: Some Examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Tavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.-A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Deng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Borowiek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2023 de la Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latest Research and Technological Breakthroughs in Bioglycerol to Propylene Catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">114th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting the Hydrodeoxygenation Capacity of MoOx-Based Catalyst for Efficient Single-Step Conversion of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">114th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Denver, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation of bio-based molecules by hybrid catalysis: towards the synthesis of polymers and surfactants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Lancien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOKET</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Trois Rivières (Québec), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlling the hydrodeoxygenation capacity of Mo-based catalyst for efficient Single-Step Conversion of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Symposium for Chemical Reaction Engineering (ISCRE 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling the Efect of Temperature, H2-Atmosphere and Space-Velocity on One-Pot Hydeodeoxygenation of Bioglycerol to Sustainable Propylene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Balhouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed El Doukkali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th International Symposium for Chemical Reaction Engineering (ISCRE 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Témoignage concernant la progression de carrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spring 2022 Midweek Mixer IOP Division: Career Options/Paths in the Industrial Oil Products Industry, American Oil Chemist Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, online, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies to Enhance the Efficiency of Gold Catalysts in Base-Free Oxidation of Biobased Compound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Navarro-Jaén</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. M. Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. N. Ghazzal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GOLD 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation Durable du D-glucose en 5-HMF par Catalyse Hybride : du Réacteur Discontinu au Système à Flux Continu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E.-F. Grosu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lorthios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème congrès de la Société Française de Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Chimie au Cœur de l'Économie Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69ème Congrés National des Professeurs de Physique et de Chimie ‘UdPPC 2022’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Polymerization over Stable and Selective Calcium Hydroxyapatite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">113th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Atlanta, online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation d’alcools légers issus de la biomasse pour la chimie fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. P. Tavera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.A. Thavornprasert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Elroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la section Régionale Centre-Ouest France Ouest, La Rochelle – Limoges – Orléans – Poitiers – Tours, Société Chimique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glycerol Valorization in Liquid Phase for the Production of Glycolic Acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. O. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Patricia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaïd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th Tokyo Conference on Advanced Catalytic Science and Technology ‘TOCAT9’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Fukuoka, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction and Presentation of Hub “Science for a Changing Planet“</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Summer School du Graduate Programme « Science for a Changing Planet »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Villenveuve-d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La biomasse : un Élément Clé de l’Économie Circulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des Entreprises Écoresponsables dans l’Économie Circulaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Non-Noble Ni-Cu Based Catalysts for the Valorization of Palmitic Acid Through Decarboxylation Reaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premier symposium international sur le design à haut-débit de catalyseurs (HTCD2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Villeneuve-d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04347863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the Active Phase in Ca-Based Glycerol Polymerization Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">112th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Portland, online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioeconomy at the University of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeconomy Key Enabling Technologies Conference BIOKET 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde autour de la bio-économie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Événement organisé par IAR et Village by CA Nord de Franc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Monometallic to Bimetallic Systems: Improving Glycerol Liquid Phase Catalytic Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska-Ćwiąkalska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">111th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2020, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborations de recherche à l’international : Comment établir un partenariat win-win ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Cavemittes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matinale de l'International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Euramaterials, Jul 2020, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bioéconomie, un modèle de croissance et de développement économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde autour de la bio-économie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAR; Le Village by CA Nord de France, Jan 2020, en ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03414778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioeconomy at the University of Lille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeconomy Key Enabling Technologies Conference “BIOKET 2020”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis as a New Topical Concept Bridging Biotechs and Chemistry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference « Bridging the Philosophies of Biology and Chemistry »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liquid phase glycerol oxidation: Choice of the catalysts and the ad-hoc reaction conditions for the right target molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Roz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane-Catalytic Dehydrogenation Reactor for Propylene, 1,3-Butadiene and Isoprene Synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoriy Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeriy Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Membrane-catalytic dehydrogenation reactor for propylene, 1,3-butadiene and isoprene synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. I. Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. I. Uranov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. V. Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCMR14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supported Ni catalysts issued from reduction of porous phyllosilicate; Properties in dry reforming of methane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Ungureanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Dumitriu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03514832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic Study and Modeling of Glycerol Oxidation on a Commercial Supported Gold Catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomolaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université d'Edinburgh</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université d'Aberdeen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Catalytic Approach to the Synthesis of Wax Esters from Fatty Acid Methyl Esters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Duc-Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Raffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">110th American Oil Chemists' Society Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Saint-Louis, Missouri, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des Hybrides dans le Réacteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Fourchette et Catalyse"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: Combining Bio- and Chemo-Catalysis for Biosourced Substrates Upgrading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Chimie Durable, SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université de Saint Andrews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Saint Andrews, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de l'Université de Glasgow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dual (bio)catalysis approach for the synthesis of 5-HMF from D-glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFGP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: Novel Concept for Upgrading Biosourced Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Indo-french symposium MATSUCAT ‘Functionalized MATerials for SUstainable CATalytic and Related Applications’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Pune, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Types of biorefineries & sourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Électif "Bioéconomie", École Centrale de Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accelerating the Development of The Future Biorefineries Catalytic Processes using the High-Throughput REALCAT platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Rio de Janeiro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UCCS overview - Highlights 2013-2018 and Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite de Mitsubishi Chemicals, Hiroshima</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Hiroshima, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic deoxydehydration of glycerol to allyl alcohol with 2-hexanol as H-donor – a detailed study of the reaction mechanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC 2019, International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of support basic sites in green oxidation of biobased substrates using Au-promoted catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane M. Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHHC18</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Nuclear Polarization enhanced NMR spectroscopy of Fibrous silica nanoparticles and Periodic mesoporous organosilicas materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroki Nagashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Polshettiwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Lafon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réunion RMN du grand bassin parisien (RMNGBP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04418873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis as an Innovative Way for Upgrading Biosourced Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Chinese Conference on Green Chemistry, A Better Chemistry for a Better Life, ‘FC2GChem’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced High-Throughput Technologies for Catalysts Design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International School-Conference on Catalysis for Young Scientists “Catalyst Design: From Molecular to Industrial Level”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Deoxydehydration of Glycerol to Allyl Alcohol – a Promising Pathway to a High-Versatile Platform Molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Deoxydehydration of Glycerol to Allyl Alcohol – a Promising Pathway to a High-Versatile Platform Molecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takuya Nakashima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis concept for the valorization of bio-based molecules to value-added chemicals for potential food-grade applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Green Food Tech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Montreal, France. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Two-Step Green Process for 2,5-Furandicarboxylic Acid Production from Furfural, Oxygen and Carbon Dioxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Santarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Reghizzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of transition metal (oxide) nanoparticles confined in the secondary pore network of mesoporous scaffolds using melt infiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuo Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Ciotonea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PREPA XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03519728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FeMo-based catalysts for acrolein production : an in situ X-ray Photoelectron Spectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pardis Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Mamede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Trentesaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Borowiec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced upgrade of Lignocellulose Material in Integrated Biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st Pulp &amp; Paper International Congress &amp; Exhibition (ABTCP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Sao Paulo, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalyse Hybride : Concept et Exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire IRCEULYON, Villeurbanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel AuxPdy@SiTi Nanomaterials for Base-Free Oxidation of Bio-Based Substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natália J. S. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Marcia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">III International Symposium on Nanoparticles/Nanomaterials and Applications “ISN2A 2018”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Caparica, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bioéconomie dans la Région Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire, Lille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation catalytique des bioressources : concepts et caractérisations avancées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "SOLEIL"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the UCCS activities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NMRCat Workshop Univ. Lille-Univ. Ghent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid catalysis as the next challenge in biorefineries: concept and examples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Tokyo Conference on Advanced Catalytic Science and Technology - TOCAT8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Yokohama, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic Processes Development for Biomass Valorisation Using Advanced High-Throughput Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anouchka Kiméné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 10th International Conference on Environmental Catalysis &amp; the 3rd International Symposium on Catalytic Science and Technology in Sustainable Energy and Environment (ICEC&amp;EECAT2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Tianjin, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization of heterogeneous catalysts by XRD, FT-IR, Raman, and XRF spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROPACAT 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Firenze, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct dehydration of 1,3-butanediol to 1,3-butadiene over silica-alumina catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ABC-8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Rio De Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a multi-well plate for high-throughput characterization ofheterogeneous catalysts by XRD, FT-IR, Raman, and XRF spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuropaCAT 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly-Loaded Well-Dispersed ex-Hydrotalcite Mg2AlNiXHZOY Oxyhydride Catalysts for Sustainable Hydrogen Production from Steam Reforming and Oxidative Steam Reforming of Ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mónica Jiménez-Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Symposium on Green Chemistry (ISGC2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Catalysis: A suitable concept for the valorization of biosourced saccharides to value-added chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guehl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rénato Froidevaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st French Conference on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cctc.201601633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires à Hydrogène en Hauts-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by autothermal reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires à Hydrogène en Hauts-de-France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleic acid derivates as templates for micro- and mesoporous materials synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Zeolites Conference (IZC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by autothermal reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th French Congress on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low temperature hydrogen production by oxidative steam reforming of ethanol on nickel cerium based oxyhydride catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Smart Ni Based Nano-Oxyhydrides for Hydrogen Production from Bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 AIChE Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic dehydration of 1,3-butanediol into 1,3-butadiene on Al-SBA-15 at low reaction temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera-Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress on Catalysis (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct catalytic dehydration of 1,3-butanediol for 1,3-butadiene over ZSM-5 materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry’ – NCL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni based nano-oxyhydrides for hydrogen production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Materials Nanotechnology, Nanostructured Materials, EMN Prague Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«A highly active and selective Pd/CeO₂ catalyst for direct amination of alcohols»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Yan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Perrussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ousmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOEJC-2016, Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Villeneuve d Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly-loaded well-dispersed NiXMg2AlOY ex-hydrotalcite catalysts for hydrogen production from ethanol steam reforming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Congress on Catalysis (ICC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Beijing, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Develop New Path of Smartness”, the 2nd Annual World Congress of Smart Materials-2016 (WCSM-2016). Theme: Co-creating Dream of Smartness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleic acid derivates as templates for micro- and mesoporous materials synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Desset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IZC International Zeolite Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1th French Congress on Catalysis (FCCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Frejus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visible light driven plasmonic nanochemistry for photocatalysis and oxidation of glycerol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS 2016 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Multi-Well Plate for High-Throughput Characterization of Heterogeneous Catalysts by XRD, FT-IR, Raman, and XRF Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Bennis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th EuCheMS Chemistry Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Seville, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoplasmonics-assisted degradation of pollutants and oxidation of glycerol under visible light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Perugia, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidative biogas reforming for hydrogen production over cerium nickel and aluminum based catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indo-French Symposium 2016 ’Catalysis for Sustainable and Environmental Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Nano Today Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Salt Lake City, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni Based Nano-Oxyhydride Catalysts: Application to Hydrogen Production from Bioethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Advances in Functional Materials (AFM 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Stony Brook (New-York), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Hydrogen Production at Room Temperature from Bio-Ethanol on Nickel-Based Nano-Oxyhydrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel, Wenhao Fang, Cyril Pirez, Sébastien Paul, Mickaël Capron Hervé Jobic, Franck Dumeignil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct catalytic dehydration of 1,3-butanediol for 1,3-butadiene over ZSM-5 materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd international symposium on catalysis for biorefineries (CATBIOR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération d’hydrogène à basse température à partir de bioéthanol : utilisation de catalyseurs oxyhydrures à base de nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Romani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR-HysPàC (axe STOPHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni based nano-oxyhydride catalysts for hydrogen production from bioethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Nano Today Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Dubai, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of Ni based nano-oxyhydride catalysts: application to hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015 de la Société Chimique de France ’Chimie et transition énergétique’ SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of catalysts for hydrogen production from bioresources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yaqian Wei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR-HysPàC (axe STOPHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Ajaccio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation cinétique de l’oxydation du glycérol en phase liquide catalysée par l’Or</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECat2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Obernai, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-Oxyhydride Catalysts for Hydrogen Production from Bioethanol at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect World Innovation Conference &amp; Expo 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, National Harbor, United States. pp.124-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas production from CH4 and CO2 over Ni-based nanocomposites catalysts at mild conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Congress on Catalysis – EuropaCat-XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Kazan, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02369976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient and selective oxidation of Glycerol by excitation of supported gold nanoparticles under visible light at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souraya Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Material Sciences (CSM9)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Nancy, France. pp.68-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02498805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni/CeO2 catalysts for H2 production from CH4 in presence of CO2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Fundamentals and Development Fuel Cell ‘FDFC 2015’</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas production from CH4 and CO2 over Ni/CeO2 catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesús Guerrero-Caballero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Löfberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès 2015
  de la Société Chimique de France 
-’Chimie et transition énergétique’ SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards hydrogen production from bio-ethanol at room temperature on nickel based nano-oxyhydrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Green Chemistry: Renewable carbon and Eco-efficient processes ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KINETIC ANALYSIS AND MODELLING FOR THE NON- AND AU-CATALYSED OXIDATION OF GLYCEROL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01150705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic Nanoparticles for Biomass Conversion to Highly Valued Chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Marcia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Brazilian Congress on Catalysis ‘18°CBCat’, Discovering New Routes for a Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bahia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of 1-butanol and 1-propanol from the mixture of methanol and ethanol in the presence of hydrotalcites as basic catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuropaCat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kazan, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01374368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acidic-basic properties of zirconia and titania based catalysts for the synthesis of 'Guerbet' alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sirotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress on Catalysis, EuropaCat XI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00930137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of products inhibition during glycerol oxidation by Gold supported catalyst. [+ Affiche]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress on Catalysis, EuropaCat XI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INPOMS, International Network on Polyoxometalate Science for Advanced Functional Energy, Materials Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the active phase in Ca-based glycerol polymerization catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of covalent organic frameworks-encapsulated heteropolyacid materials for catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INPOMS, International Network on Polyoxometalate Science for Advanced Functional Energy, Materials Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading of palmitic acid through decarboxylation reaction: Ni-Cu versus noble metal catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kimene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th EuChemS Conference on Green and Sustainable Chemistry (5th EuGSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la Biomasse : Catalyse & ‘Bio-Raffineries’, l’exemple du concept EuroBioRef</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans du groupe d’Etude en Catalyse (GeCat), groupe thématique de la Division Catalyse de la Société Chimique de France associé à la Division Catalyse (DivCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Hendaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of glycolic acid from liquid phase glycerol oxidation: Comparison of batch and continuous process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a Sequential Chemo-Enzymatic Approach to a Continuous Process for HMF Production from Glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France. 8, 2018, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Performance Membrane-Catalytic Technology for Producing Valuable Monomers from Bio-Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoriy Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeriy Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Chemical Engineering "ECCE12"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into Base-Free Oxidation of Biobased Substrates Using Au-Based Promoted Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHHC XVIII, International Symposium On Relations between Homogeneous and Heterogeneous Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: An Integrated and Advanced High-Throughput Platform for Catalysts Synthesis, Characterisation and Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Nordic Symposium on Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kinetic model of the glycerol oxidation by using a silver-based catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S. Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHEMICAL ENGINEERING AND BIOCHEMICAL ENGINEERING FOR A NEW SUSTAINABLE PROCESS INDUSTRY IN EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted photocatalysed degradation of pollutants using semiconductors in electronic contact with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotech Tunisia 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modelling of the catalytic dehydrogenative coupling of butanol catalyzed by a Ru complex: influence of gas-liquid mass transfer of produced hydrogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Corbel-Demailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. N Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHEMICAL ENGINEERING AND BIOCHEMICAL ENGINEERING FOR A NEW SUSTAINABLE PROCESS INDUSTRY IN EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted photocatalysed degradation of pollutants using semiconductors in electronic contact with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2015 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted catalyzed oxidation of glycerol and methanol at room temperature by thermal photo conversion of Plasmonic Gold Nanoparticles (GNPs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference NANOCON 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biorefinery: From Biomass to Chemicals and Fuels: Towards Circular Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Aresta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Dibenedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berlin, Boston: De Gruyter, 2021, 9783110705386. </w:t></w:r><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110705386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-oxyhydride catalysts for hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.124-127, 2015, NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Biomass-derived molecules conversion to chemicals using heterogeneous and homogeneous catalysis»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Jérôme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aresta, M. and Dibenedetto, A. and Dumeignil, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biorefinery: An introduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter Berlin, pp.141-164, 2015, 978-3-11-033153-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déshydratation de diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floryan de Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2018/040058. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de catalyseurs hétérogènes supportés contenant du rhénium pour la déoxydéshydration directe de glycérol en alcool allylique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2017/017122 ; EP3328821. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'oxydes mixtes de molybdène et de vanadium en tant que catalyseurs pour l'oxydation d'alcools insaturés en acides carboxyliques insaturés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2016/203283 ; EP3310749. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATALYSE ET ENVIRONNEMENT : DEVELOPPEMENT ET AMELIORATION DE PROCEDES D'HDN & HDS / ETUDE DU COMPORTEMENT DES PHASES ACTIVES IN SITU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catalyse. Université des Sciences et Technologie de Lille - Lille I, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00098387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId901"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+’Chimie et transition énergétique’ SCF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards hydrogen production from bio-ethanol at room temperature on nickel based nano-oxyhydrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Jalowiecki-Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wenhao Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Symposium on Green Chemistry: Renewable carbon and Eco-efficient processes ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02332732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KINETIC ANALYSIS AND MODELLING FOR THE NON- AND AU-CATALYSED OXIDATION OF GLYCEROL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Skrzynska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Symposium on Green Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01150705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallic Nanoparticles for Biomass Conversion to Highly Valued Chemicals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liane Marcia Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Brazilian Congress on Catalysis ‘18°CBCat’, Discovering New Routes for a Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Bahia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02309120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of 1-butanol and 1-propanol from the mixture of methanol and ethanol in the presence of hydrotalcites as basic catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hosoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EuropaCat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2015, Kazan, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01374368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic study of products inhibition during glycerol oxidation by Gold supported catalyst. [+ Affiche]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress on Catalysis, EuropaCat XI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00931464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acidic-basic properties of zirconia and titania based catalysts for the synthesis of 'Guerbet' alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Stosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bennici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sirotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Travert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Miquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIth European Congress on Catalysis, EuropaCat XI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00930137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of the active phase in Ca-based glycerol polymerization catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ebadi Pour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Delevoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Revel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 AOCS Annual Meeting &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalytic selective oxidation of isobutane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INPOMS, International Network on Polyoxometalate Science for Advanced Functional Energy, Materials Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of covalent organic frameworks-encapsulated heteropolyacid materials for catalysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INPOMS, International Network on Polyoxometalate Science for Advanced Functional Energy, Materials Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upgrading of palmitic acid through decarboxylation reaction: Ni-Cu versus noble metal catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Palombo Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kimene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Silva Vargas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th EuChemS Conference on Green and Sustainable Chemistry (5th EuGSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorisation de la Biomasse : Catalyse & ‘Bio-Raffineries’, l’exemple du concept EuroBioRef</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pomalaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans du groupe d’Etude en Catalyse (GeCat), groupe thématique de la Division Catalyse de la Société Chimique de France associé à la Division Catalyse (DivCat)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Hendaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From a Sequential Chemo-Enzymatic Approach to a Continuous Process for HMF Production from Glucose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Gimbernat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lopes Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egon Heuson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhulster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISGC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, La Rochelle, France. 8, 2018, </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal8080335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of glycolic acid from liquid phase glycerol oxidation: Comparison of batch and continuous process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Tavera Ruiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elżbieta Skrzyńska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FCCAT2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Performance Membrane-Catalytic Technology for Producing Valuable Monomers from Bio-Alcohols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexei S. Fedotov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grigoriy Konstantinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeriy Uvarov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Tsodikov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Conference on Chemical Engineering "ECCE12"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into Base-Free Oxidation of Biobased Substrates Using Au-Based Promoted Catalysts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila P. Ferraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michal Zielinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariusz Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Wojcieszak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHHC XVIII, International Symposium On Relations between Homogeneous and Heterogeneous Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">REALCAT: An Integrated and Advanced High-Throughput Platform for Catalysts Synthesis, Characterisation and Testing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Svetlana Heyte Dyshlovenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joelle Thuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Nordic Symposium on Catalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted photocatalysed degradation of pollutants using semiconductors in electronic contact with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotech Tunisia 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic modelling of the catalytic dehydrogenative coupling of butanol catalyzed by a Ru complex: influence of gas-liquid mass transfer of produced hydrogen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Corbel-Demailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Fongarland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. N Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Rafa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Gauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHEMICAL ENGINEERING AND BIOCHEMICAL ENGINEERING FOR A NEW SUSTAINABLE PROCESS INDUSTRY IN EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">kinetic model of the glycerol oxidation by using a silver-based catalyst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S. Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHEMICAL ENGINEERING AND BIOCHEMICAL ENGINEERING FOR A NEW SUSTAINABLE PROCESS INDUSTRY IN EUROPE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01205827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted photocatalysed degradation of pollutants using semiconductors in electronic contact with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS 2015 Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser-assisted catalyzed oxidation of glycerol and methanol at room temperature by thermal photo conversion of Plasmonic Gold Nanoparticles (GNPs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeinab Chehadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safi Jradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Girardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Capron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joumana Toufaily</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference NANOCON 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biorefinery: From Biomass to Chemicals and Fuels: Towards Circular Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Aresta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Dibenedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berlin, Boston: De Gruyter, 2021, 9783110705386. </w:t></w:r><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110705386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nano-oxyhydride catalysts for hydrogen production from bioethanol at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Fang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Jobic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.124-127, 2015, NSTI: Advanced Materials - TechConnect Briefs 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Biomass-derived molecules conversion to chemicals using heterogeneous and homogeneous catalysis»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Jérôme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aresta, M. and Dibenedetto, A. and Dumeignil, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biorefinery: An introduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter Berlin, pp.141-164, 2015, 978-3-11-033153-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01731873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déshydratation de diols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Pera Titus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floryan de Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fangli Jing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2018/040058. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de catalyseurs hétérogènes supportés contenant du rhénium pour la déoxydéshydration directe de glycérol en alcool allylique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Kon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2017/017122 ; EP3328821. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation d'oxydes mixtes de molybdène et de vanadium en tant que catalyseurs pour l'oxydation d'alcools insaturés en acides carboxyliques insaturés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Sébastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Katryniok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia-Carolina Araque Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toru Murayama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO/2016/203283 ; EP3310749. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03647329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATALYSE ET ENVIRONNEMENT : DEVELOPPEMENT ET AMELIORATION DE PROCEDES D'HDN & HDS / ETUDE DU COMPORTEMENT DES PHASES ACTIVES IN SITU</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dumeignil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catalyse. Université des Sciences et Technologie de Lille - Lille I, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00098387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId901"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -187,51 +187,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Mussa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Toshtay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumeignil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2025.120555" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05215743v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D. Quach" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harsan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Spadaro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Botifoll" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arbiol" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202501835" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264654v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Doukkali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bahlouri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Heyte Dyshlovenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Thuriot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Paul" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c03242" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728627v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toyese Oyegoke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Sadier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Navarro-Ja&#233;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ventimiglia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Dimitratos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2024.115086" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04694715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia F. Sosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Magalhaes de Souza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaela Azevedo Rafael" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra04256e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04453483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gimbernat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Delcroix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300713" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouayloul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agirrezabal-Telleria" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Arias" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Doukkali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.3c04622" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04866273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kashif" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ashraf Sabri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Aresta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Dibenedetto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4se01293c" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633023v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vien-Duong Quach" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Spadaro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dragoe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Botifoll" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ta03072a" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04811061v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aocs.12910" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759352v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba E.-Yakubu Jibril" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Wojcieszak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CY00821A" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04810571v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benavides-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c06293" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04145639v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Doukkali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Jiao" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc04437d" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04138649v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c01144" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04254506v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ciotonea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqian Wei" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Ungureanu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezar Catrinescu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardoll" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300245" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04255104v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Palombo Ferraz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Khalifeh Al Rawas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16196357" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04330591v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Fedotov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Y. Grachev" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Bagdatov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Tsodikov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Uvarov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544123030143" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04296603v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2022.122280" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03747811v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Duquenne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Prost" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Sch&#246;pfel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21083/partnership.v17i1.6796" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03792695v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Zaffran" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118798" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853675v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Itabaiana" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnma.202200062" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771396v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Araque-Marin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bellot Noronha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick&#228;el Capron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Friend" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27123889" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934289v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Patricia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Capron" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11020257" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03967364v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Katryniok" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11070769" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03320467v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila P Ferraz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Kim&#233;n&#233;" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Silva Vargas" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Heyte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY02161J" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03320464v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazouzt Nait Saada" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuqing Pang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilaparthi Sravan Kumar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; H.B. Dourado" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Germano" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138810" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455863v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negisa Ebadi Pour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2021.111571" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695360v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cuvelier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202001446" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219042v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Capron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0gc04172f" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515769v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ferraz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Rossi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghazzal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1GC02889H" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009237v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040;.S. Fedotov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Uvarov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Tsodikov" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paul" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2020.108265" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094026v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2021.118400" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934334v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negisa Ebadipour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11101247" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250961v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzynska-Cwiakalska" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsu.202000002" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250906v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomalaza Raez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pardis Simon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Addad" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0gc00103a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038523v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Froidevaux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Itabaiana Junior" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04249956v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Beatriz Arango Ponton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cy00784f" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038712v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02994276v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/publications8040055" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03025495v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia J. S. Costa" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Teixeira-Neto" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#194;ngela A. Teixeira-Neto" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleber W. Liria" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10010075" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024413v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonnotte" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2020.00421" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906610v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Chen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine de Oliveira Vigier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201902028" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389207v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pirez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nagashima" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b11223" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024462v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano H. Braga" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nawfal Ghazzal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Pietrowski" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10040430" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934223v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10091021" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493236v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hammi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumeignil" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Royer" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kadib" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2020.100053" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024515v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Roselli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Carvalho" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cavani" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Paul" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10010073" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489867v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomalaza" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117386" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038654v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04296579v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. I. Moiseev" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S002315842003009X" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038590v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04442618v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544120110080" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03092547v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY00696C" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906604v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Gabriel Marques da Silva" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palaniappan Subramanian" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noual Adnane" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA14174J" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324309v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S&#233;bastien" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5776" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03000818v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Konstantinov" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2019.105714" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QR1SXCBW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938211v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#380;bieta Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman El Roz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aocs.12159" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04253837v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhananjay S. Doke" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonali B. Khomane" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati L. Pandhare" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan K. Dongare" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117246" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945233v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tavera-Ruiz" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Gauthier-Maradei" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-018-2606-y" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04251081v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ishikawa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toru Murayama" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia-Carolina Araque Marin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117151" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03025734v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Sha" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra06001d" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02944214v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. O. Antonov" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544119040066" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945245v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mel&#233;ndez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Belli&#232;re-Baca" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rey" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00127" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310794v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Chehadi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2018.12.028" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JLQ27Q6G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938709v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fongarland" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00156" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938670v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Philip Ye" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00108" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324307v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciotonea" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ungureanu" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumitriu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catrinescu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.01.064" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309136v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Meziane" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Boukherroub" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12010043" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946883v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borowiec" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lilic" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devaux" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dubois" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.05.076" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L0KC60F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107981v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Hanh Nguyen" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Swesi" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b00995" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324327v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.8b00134" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263483v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thuriot-Roukos" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bennis" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heuson" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ra08216b" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01915536v2" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guehl" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lopes Ferreira" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal8080335" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324337v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Araque" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cben.201700012" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02949006v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vofo" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8GC01211C" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906921v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Strub" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Olivier-Bourbigou" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02948268v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Sadouki" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shemseddine Fessi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhaier Ksibi" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ampc.2018.83008" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324324v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b03330" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945831v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Gao" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Chen" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhao Fang" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiue Cao" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiping Su" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2018.09.034" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JSD43MP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02013873v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cy01190g" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02944197v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyanira Ferreira-Beltran" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Palencia-Blanco" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-018-0310-1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772432v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grasset" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Araque" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2016.06.036" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVS6R8Q5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739883v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chizallet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geantet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700929" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03834062v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Kovensky" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lebeuf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Len" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monflier" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772442v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paul" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.6b00611" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724417v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700426" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772429v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangli Jing" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fang" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liebens" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601202" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771686v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Diaz" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Skrzynska" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaid" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girardon" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Capron" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5296" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01923860v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D&#237;az" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering1010007" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772430v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Borowiec" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Devaux" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dubois" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouenne" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bigan" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7gc00341b" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772436v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Nguyen" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Raffa" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Desset" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7gc02764h" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772434v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Kon" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Nakashima" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201702070" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772438v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772437v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01582182v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601633" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772440v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700310" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772439v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b03554" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772441v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Zaid" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzynska" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreya Nandi" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jalowiecki-Duhamel" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-017-0800-6" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02470992v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sto&#353;i&#263;" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hosoglu" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bennici" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2016.10.013" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLH3TNRC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772431v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lishil Silvester" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lamonier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lamonier" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601480" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382686v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhang" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Raffa" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Swesi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corbel-Demailly" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.06.001" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BH9JMTG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772447v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01581b" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772449v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600430" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P23WN4LM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772448v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tesquet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Faye" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadime Hosoglu" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.12.005" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9ZWQH5L-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772444v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Safariamin" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moonen" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ulrichts" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01478f" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772450v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy02211h" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772446v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Alkees" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Toufaily" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Girardon" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2015.08.044" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTHK14TC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265753v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ftouni" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201500189" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7X9MZNBS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341745v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jobic" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.10.035" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFD5MF83-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772454v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600764" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJPHVLW4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772453v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600741" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z74BQ1KW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688066v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Yan" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Tomer" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perrussel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ousmane" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600855" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NQK8SKBM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715064v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.01.033" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8FGX7JCV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772445v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaew-Arpha Thavornprasert" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01858g" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772452v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600243" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6K0303HW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772455v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2016.06.006" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PT9JLK8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382704v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. H. Fang" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pirez" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jimenez-Ruiz" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2016.04.019" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJ8LCH9M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772451v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ghalwadkar" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11746-015-2785-2" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772443v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Ordomsky" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal6120203" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772460v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772468v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garcia-Sancho" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Maireles-Torres" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2014052" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938683v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samadhan Lomate" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40508-015-0032-7" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228562v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1627/jpi.58.257" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772469v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Belliere-Baca" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Araque-Marin" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772466v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy00327j" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772463v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush V. Biradar" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubhangi B. Umbarkar" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2014.11.052" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V79480W4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772458v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bordes-Richard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal5010460" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772456v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stoclet" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebarb&#233;" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desset" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra19495d" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772457v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faye" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Takahashi" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ese3.53" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772461v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colmont" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Bucataru" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt01444a" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772470v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772465v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.04.008" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8ZDKP9X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772459v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Fang" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309140v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Santarelli" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40508-015-0034-5" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772471v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Mareseanu" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Miquel" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2014.10.005" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B7R2GDNR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772482v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bordes-Richard" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772476v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Ciriminna" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Pagliaro" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/op500313x" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772479v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mareseanu" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tesquet" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miquel" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772474v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772475v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Iriondo" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cambra" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gandarias" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jalowiecki-Duhamel" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2013.12.015" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZ1M47B-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771061v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CY00518J" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771060v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoki Mimura" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihito Hiyoshi" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadahiro Fujitani" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA04960H" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771067v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Wondo&#322;owska-Grabowska" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2014.06.005" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XNHX74JX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914006v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Thavornprasert" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gardoll" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trentesaux" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.01.043" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772473v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ftouni" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Trentesaux" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2013.11.007" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FK1KZLC-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771084v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Liebig" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Guillon" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Couturier" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.11.024" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FSJDQSGW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772480v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.09.014" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-789X36FS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771088v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2014.01.056" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J04ZQRLJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771078v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark V. Tsodikov" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Yu Murzin" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V. Chistyakov" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima A. Yandieva" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Gubanov" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771065v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TA01628A" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771071v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Gubanov A." TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina A. Zharova" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772481v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masakazu Dat&#233;" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-014-1382-6" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772484v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Mamede" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2012.12.006" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DB19TX7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826364v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fongarland" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772488v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cs400354p" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912601v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201300087" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J42QBV4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772486v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang F. H&#246;lderich" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3gc41089g" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042843v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2012.11.035" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772487v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2013.05.006" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KQ3PK73-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859535v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pera-Titus" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra41890a" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234027v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Dinh" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Rajbhandari" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chistine Lancelot" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201300521" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZWB0G58J-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772485v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montagne" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Froidevaux" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heyte" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724452v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baylet" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2012.07.001" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LVG9W4JZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699714v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201102617" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4KHJBBXL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937569v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gornay" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Secordel" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009087" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286977v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brandhorst" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cristol" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098391v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichi Sato" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoyasu Imamura" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Matsubayashi" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Payen" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2006.08.034" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098353v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rigole" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guelton" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grimblot" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098343v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098365v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Paul" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Veilly" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eika W. Qian" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ishihara" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098375v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562030v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04255071v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158800v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Tavera" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-A. Thavornprasert" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deng" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pomalaza" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borowiek" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157183v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balhouri" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158054v1" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158026v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158004v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158055v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ebadi Pour" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158027v1" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158050v1" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158792v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-F. Grosu" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lorthios" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157949v1" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Navarro-Ja&#233;n" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Ferraz" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Rossi" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Ghazzal" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158052v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elroz" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Za&#239;d" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Gonzales" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158795v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Patricia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158403v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158042v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04347863v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158063v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Revel" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158005v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158028v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521276v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#380;bieta Skrzy&#324;ska-&#262;wi&#261;kalska" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720939v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cavemittes" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03414778v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576879v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720907v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522060v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520804v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomolaza" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521128v1" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Hanh Nguyen" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03514832v1" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Dumitriu" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520901v1" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. I. Konstantinov" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Uranov" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520818v1" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521229v1" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei S. Fedotov" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigoriy Konstantinov" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriy Uvarov" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tsodikov" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576878v1" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720846v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576888v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522052v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522057v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521094v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562056v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Girardon" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720920v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720838v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kim&#233;n&#233;" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522041v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520780v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720812v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04418873v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Polshettiwar" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576775v1" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03519644v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila P. Ferraz" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane M. Rossi" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Zielinski" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576815v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520685v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562035v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03519728v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03515093v1" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576869v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520703v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reghizzi" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520661v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309128v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Marcia Rossi" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720769v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720765v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720822v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576792v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576803v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02330831v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bennis" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02331803v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369907v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jobic" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521729v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738058v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369961v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332740v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Romani" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309132v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332736v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332727v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521724v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02307671v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329134v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726587v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tomer" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yan" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrussel" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ousmane" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Katryniok" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369909v1" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329115v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332722v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309131v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332730v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02648022v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souraya Zaid" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02331367v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498863v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369923v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332725v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521720v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332726v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328786v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329139v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369979v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328784v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328778v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155287v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369940v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369976v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Guerrero-Caballero" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498805v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332707v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332737v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332732v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150705v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309120v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374368v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stosic" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930137v1" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirotin" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931464v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158040v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158036v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158049v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158046v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palombo Ferraz" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kimene" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durlin" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521797v1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521736v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562063v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521783v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521673v1" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521684v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205827v1" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Girardon" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499146v1" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205828v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. N Nguyen" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rafa" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gauvin" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499148v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499156v1" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Capron" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157765v1" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110705386" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772462v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731873v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monflier" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647134v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pera Titus" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floryan de Campo" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647184v1" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647329v1" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00098387v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05215743v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D. Quach" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Harsan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Spadaro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Botifoll" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arbiol" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202501835" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315628v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Mussa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Toshtay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dumeignil" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2025.120555" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264654v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Doukkali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bahlouri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Heyte Dyshlovenko" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Thuriot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Paul" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.5c03242" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728627v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toyese Oyegoke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Sadier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Navarro-Ja&#233;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Ventimiglia" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Dimitratos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2024.115086" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04694715v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia F. Sosa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Magalhaes de Souza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaela Azevedo Rafael" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Marceau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ra04256e" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04453483v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gimbernat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egon Heuson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Delcroix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300713" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04540300v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ouayloul" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Agirrezabal-Telleria" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Arias" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Doukkali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.3c04622" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04866273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Kashif" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Ashraf Sabri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Aresta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Dibenedetto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4se01293c" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04633023v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vien-Duong Quach" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Chiara Spadaro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dragoe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Botifoll" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Vezin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4ta03072a" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04811061v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aocs.12910" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759352v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba E.-Yakubu Jibril" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Wojcieszak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CY00821A" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04810571v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Benavides-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c06293" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04138649v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Doukkali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c01144" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04254506v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Ciotonea" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaqian Wei" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Ungureanu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cezar Catrinescu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gardoll" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300245" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04255104v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Palombo Ferraz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hisham Khalifeh Al Rawas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16196357" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04330591v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Fedotov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Y. Grachev" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. A. Bagdatov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. V. Tsodikov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Uvarov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544123030143" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04296603v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2022.122280" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04145639v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingyang Jiao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc04437d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03747811v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Duquenne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Prost" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Sch&#246;pfel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21083/partnership.v17i1.6796" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03792695v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zhang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Zaffran" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118798" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853675v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lancien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Itabaiana" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cnma.202200062" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771396v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Araque-Marin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Bellot Noronha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick&#228;el Capron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Friend" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27123889" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03320464v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazouzt Nait Saada" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liuqing Pang" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kilaparthi Sravan Kumar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; H.B. Dourado" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Germano" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2021.138810" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455863v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negisa Ebadi Pour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Katryniok" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Revel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2021.111571" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03967364v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11070769" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03320467v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila P Ferraz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Kim&#233;n&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Silva Vargas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Heyte" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Durlin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY02161J" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934289v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Patricia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Capron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11020257" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695360v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cuvelier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Duban" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202001446" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219042v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Capron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0gc04172f" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515769v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ferraz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Rossi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ghazzal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1GC02889H" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04009237v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040;.S. Fedotov" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.I. Uvarov" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. Tsodikov" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Paul" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Simon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2020.108265" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934334v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Negisa Ebadipour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11101247" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04094026v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2021.118400" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038523v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Froidevaux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaldo Itabaiana Junior" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389207v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Pirez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nagashima" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b11223" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04249956v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomalaza Raez" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Beatriz Arango Ponton" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0cy00784f" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038712v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03025495v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#225;lia J. S. Costa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erico Teixeira-Neto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#194;ngela A. Teixeira-Neto" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleber W. Liria" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10010075" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906610v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Chen" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine de Oliveira Vigier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201902028" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02994276v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/publications8040055" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024413v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonnotte" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2020.00421" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250961v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzynska-Cwiakalska" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsu.202000002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04250906v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pardis Simon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Addad" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0gc00103a" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024462v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano H. Braga" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nawfal Ghazzal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Zieli&#324;ski" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Pietrowski" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10040430" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03934223v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10091021" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03024515v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Roselli" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Carvalho" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Cavani" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Paul" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal10010073" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493236v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hammi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dumeignil" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Royer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Kadib" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtsust.2020.100053" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489867v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomalaza" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117386" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038654v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04296579v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. I. Moiseev" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S002315842003009X" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03092547v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0CY00696C" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04442618v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544120110080" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906604v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Gabriel Marques da Silva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palaniappan Subramanian" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noual Adnane" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9TA14174J" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03038590v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03000818v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Konstantinov" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2019.105714" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QR1SXCBW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04253837v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhananjay S. Doke" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonali B. Khomane" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati L. Pandhare" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan K. Dongare" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117246" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938211v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#380;bieta Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman El Roz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aocs.12159" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03025734v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Sha" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra06001d" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04251081v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satoshi Ishikawa" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toru Murayama" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia-Carolina Araque Marin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2019.117151" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945233v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tavera-Ruiz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Gauthier-Maradei" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-018-2606-y" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324309v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul S&#233;bastien" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5776" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02944214v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. O. Antonov" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965544119040066" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945245v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mel&#233;ndez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Belli&#232;re-Baca" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rey" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00127" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02310794v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinab Chehadi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safi Jradi" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2018.12.028" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JLQ27Q6G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938709v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fongarland" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00156" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938670v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Liu" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Philip Ye" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2019.00108" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324307v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ciotonea" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ungureanu" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dumitriu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Catrinescu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2019.01.064" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309136v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Meziane" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Boukherroub" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12010043" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107981v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Hanh Nguyen" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Capet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Swesi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b00995" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263483v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thuriot-Roukos" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bennis" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Heuson" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ra08216b" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324327v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemrev.8b00134" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906921v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Strub" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Olivier-Bourbigou" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fran&#231;ois" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02949006v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vofo" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8GC01211C" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324337v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Araque" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cben.201700012" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01915536v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guehl" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lopes Ferreira" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal8080335" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946883v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borowiec" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lilic" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morin" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devaux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dubois" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2018.05.076" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7L0KC60F-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02948268v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khouloud Sadouki" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shemseddine Fessi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhaier Ksibi" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ampc.2018.83008" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324324v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b03330" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02945831v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianyu Gao" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Chen" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhao Fang" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiue Cao" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiping Su" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2018.09.034" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JSD43MP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02013873v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cy01190g" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02944197v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyanira Ferreira-Beltran" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Palencia-Blanco" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-018-0310-1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03834062v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Kovensky" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lebeuf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Len" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monflier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772442v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Paul" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.6b00611" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01923860v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; D&#237;az" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/chemengineering1010007" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772430v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Borowiec" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Devaux" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dubois" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouenne" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bigan" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7gc00341b" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771686v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Diaz" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Skrzynska" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zaid" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Girardon" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Capron" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5296" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724417v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chizallet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geantet" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700426" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772429v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangli Jing" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fang" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liebens" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601202" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739883v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700929" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772432v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grasset" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Araque" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cattod.2016.06.036" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVS6R8Q5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772436v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Nguyen" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Raffa" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Morin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Desset" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7gc02764h" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772434v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Kon" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Nakashima" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201702070" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772438v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772437v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01582182v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601633" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02470992v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sto&#353;i&#263;" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hosoglu" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bennici" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2016.10.013" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NLH3TNRC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772431v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lishil Silvester" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lamonier" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lamonier" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannier" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201601480" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772440v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Zhang" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700310" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772439v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.6b03554" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772441v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Zaid" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzynska" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreya Nandi" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jalowiecki-Duhamel" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11244-017-0800-6" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772448v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tesquet" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Faye" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadime Hosoglu" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.12.005" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B9ZWQH5L-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772444v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Safariamin" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Moonen" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ulrichts" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01478f" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772446v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Alkees" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bruyant" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joumana Toufaily" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Girardon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2015.08.044" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CTHK14TC-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341745v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jobic" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.10.035" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFD5MF83-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265753v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ftouni" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201500189" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7X9MZNBS-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772450v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy02211h" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772447v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01581b" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382686v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhang" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Raffa" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Swesi" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corbel-Demailly" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2016.06.001" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BH9JMTG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772449v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600430" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P23WN4LM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772454v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600764" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PJPHVLW4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772453v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600741" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z74BQ1KW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688066v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhen Yan" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Tomer" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Perrussel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Ousmane" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201600855" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NQK8SKBM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715064v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maj" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2016.01.033" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8FGX7JCV-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382704v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. H. Fang" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pirez" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jimenez-Ruiz" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2016.04.019" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJ8LCH9M-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772455v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2016.06.006" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8PT9JLK8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772445v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaew-Arpha Thavornprasert" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy01858g" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772452v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201600243" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6K0303HW-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772451v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ghalwadkar" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11746-015-2785-2" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772443v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaly Ordomsky" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal6120203" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772469v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Belliere-Baca" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Araque-Marin" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228562v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1627/jpi.58.257" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02938683v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samadhan Lomate" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40508-015-0032-7" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772463v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush V. Biradar" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubhangi B. Umbarkar" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2014.11.052" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V79480W4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772466v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cy00327j" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772460v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772468v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garcia-Sancho" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Maireles-Torres" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2014052" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772458v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bordes-Richard" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal5010460" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772457v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Faye" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Takahashi" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ese3.53" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772456v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stoclet" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lebarb&#233;" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Desset" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra19495d" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772461v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Colmont" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgiana Bucataru" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5dt01444a" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772471v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Mareseanu" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Miquel" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2014.10.005" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B7R2GDNR-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309140v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Santarelli" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40508-015-0034-5" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772465v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2015.04.008" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8ZDKP9X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772470v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772459v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Fang" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771061v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CY00518J" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771067v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Wondo&#322;owska-Grabowska" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2014.06.005" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XNHX74JX-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771060v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoki Mimura" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norihito Hiyoshi" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tadahiro Fujitani" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4RA04960H" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772475v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Iriondo" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Cambra" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gandarias" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jalowiecki-Duhamel" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2013.12.015" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DZ1M47B-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772480v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2013.09.014" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-789X36FS-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771084v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Liebig" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Guillon" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Couturier" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.11.024" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FSJDQSGW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914006v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Thavornprasert" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Gardoll" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Trentesaux" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2013.01.043" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772473v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ftouni" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Trentesaux" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2013.11.007" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4FK1KZLC-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772482v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bordes-Richard" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772476v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Ciriminna" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Pagliaro" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/op500313x" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772479v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mareseanu" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tesquet" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Miquel" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772474v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771088v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2014.01.056" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J04ZQRLJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771078v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark V. Tsodikov" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vadim Yu Murzin" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V. Chistyakov" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima A. Yandieva" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Gubanov" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771065v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4TA01628A" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771071v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Gubanov A." TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina A. Zharova" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772481v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masakazu Dat&#233;" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-014-1382-6" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772484v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Mamede" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2012.12.006" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DB19TX7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826364v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fongarland" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772488v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cs400354p" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772486v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang F. H&#246;lderich" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3gc41089g" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042843v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2012.11.035" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912601v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201300087" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8J42QBV4-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772487v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2013.05.006" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KQ3PK73-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859535v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pera-Titus" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra41890a" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234027v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Dinh" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prashant Rajbhandari" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chistine Lancelot" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201300521" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZWB0G58J-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772485v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Montagne" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Froidevaux" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Heyte" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724452v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Baylet" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2012.07.001" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LVG9W4JZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699714v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201102617" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4KHJBBXL-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937569v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gornay" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Secordel" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009087" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286977v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier S&#233;cordel" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Brandhorst" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Cristol" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098391v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koichi Sato" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motoyasu Imamura" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobuyuki Matsubayashi" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Payen" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2006.08.034" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098353v1" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Rigole" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guelton" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Grimblot" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098343v1" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098365v1" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Paul" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Veilly" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eika W. Qian" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Ishihara" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098375v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04255071v1" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158800v1" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Tavera" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-A. Thavornprasert" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Deng" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pomalaza" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Borowiek" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157183v1" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balhouri" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158054v1" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562030v1" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Girardon" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158026v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158004v1" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158027v1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157949v1" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Navarro-Ja&#233;n" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P. Ferraz" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Rossi" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Ghazzal" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158792v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.-F. Grosu" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lorthios" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158050v1" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158055v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ebadi Pour" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158052v1" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Elroz" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Za&#239;d" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. O. Gonzales" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158795v1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Patricia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158042v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158403v1" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04347863v1" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158063v1" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Revel" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158005v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158028v1" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521276v1" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#380;bieta Skrzy&#324;ska-&#262;wi&#261;kalska" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720939v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cavemittes" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03414778v1" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576879v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576878v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520818v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Tavera Ruiz" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521229v1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei S. Fedotov" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigoriy Konstantinov" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriy Uvarov" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Tsodikov" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520901v1" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. I. Konstantinov" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. I. Uranov" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03514832v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Dumitriu" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520804v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pomolaza" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522060v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720907v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521128v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc-Hanh Nguyen" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720846v1" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576888v1" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522052v1" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522057v1" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562056v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Girardon" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521094v1" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720920v1" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720838v1" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kim&#233;n&#233;" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04522041v1" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520780v1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03519644v1" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila P. Ferraz" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane M. Rossi" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Zielinski" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04418873v1" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Polshettiwar" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576815v1" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576775v1" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520685v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520661v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562035v1" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03520703v1" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Reghizzi" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03519728v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03515093v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576869v1" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720812v1" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309128v1" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liane Marcia Rossi" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720769v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720765v1" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03720822v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576792v1" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03576803v1" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02330831v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bennis" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521729v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02331803v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369907v1" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Jim&#233;nez-Ruiz" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jobic" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738058v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369961v1" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332740v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Romani" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309132v1" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332736v1" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332727v1" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329134v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02307671v1" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521724v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329115v1" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726587v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tomer" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Yan" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perrussel" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ousmane" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Katryniok" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369909v1" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332722v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309131v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332730v1" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02648022v1" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souraya Zaid" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02331367v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498863v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369923v1" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332726v1" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328786v1" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332725v1" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521720v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02329139v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369979v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328784v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02328778v1" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155287v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369940v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02369976v1" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Guerrero-Caballero" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02498805v1" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332707v1" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332737v1" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02332732v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150705v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309120v1" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01374368v1" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Stosic" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00931464v1" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Skrzy&#324;ska" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930137v1" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sirotin" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158036v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158040v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158049v1" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04158046v1" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Palombo Ferraz" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kimene" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durlin" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521797v1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562063v1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521736v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521783v1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521673v1" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03521684v1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499146v1" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205828v1" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. N Nguyen" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Rafa" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gauvin" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205827v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Girardon" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499148v1" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02499156v1" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Capron" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04157765v1" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110705386" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772462v1" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731873v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monflier" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647134v1" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pera Titus" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floryan de Campo" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647184v1" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03647329v1" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00098387v1" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>