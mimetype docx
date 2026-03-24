--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -520,329 +520,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04154775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’État au défi des blockchains : problématique générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Macrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Le Goffic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Macrez</w:t>
+                <w:t xml:space="preserve">Julien Mouchette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Eckert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriété industrielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.24-25</w:t>
+              <w:t xml:space="preserve">Revue francophone de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.3-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03512899v1</w:t>
+                <w:t xml:space="preserve">hal-04107016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence européenne en propriété industrielle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (11), pp.23-28</w:t>
+              <w:t xml:space="preserve">, 2021, 11, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096561v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03512899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’État au défi des blockchains : problématique générale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence européenne en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Basire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Greffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Kapyrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Goffic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue francophone de la propriété intellectuelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.3-6</w:t>
+              <w:t xml:space="preserve">Propriété industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.23-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04107016v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’État au défi des blockchains. Rapport de synthèse</w:t>
               </w:r>
@@ -1557,51 +1557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Kapyrina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Greffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1650,273 +1650,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brevetabilité des procédés essentiellement biologiques. Saisine G3/19</w:t>
+                <w:t xml:space="preserve">Directive sur le droit d’auteur et les droits voisins dans le marché unique numérique : les mesures en faveur de l’octroi de licences et de l’accès plus large aux contenus (articles 8 à 14)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriété industrielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 11</w:t>
+              <w:t xml:space="preserve">Lexbase affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 601</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105676v1</w:t>
+                <w:t xml:space="preserve">hal-04105670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Directive 2019/790 du 17 avril 2019, sur le droit d’auteur et les droits voisins dans le marché unique numérique et modifiant les Directives 96/9/CE et 2001/29/CE</w:t>
+                <w:t xml:space="preserve">Brevetabilité des procédés essentiellement biologiques. Saisine G3/19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bérénice Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lexbase affaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Propriété industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105657v1</w:t>
+                <w:t xml:space="preserve">hal-04105676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Directive sur le droit d’auteur et les droits voisins dans le marché unique numérique : les mesures en faveur de l’octroi de licences et de l’accès plus large aux contenus (articles 8 à 14)</w:t>
+                <w:t xml:space="preserve">La Directive 2019/790 du 17 avril 2019, sur le droit d’auteur et les droits voisins dans le marché unique numérique et modifiant les Directives 96/9/CE et 2001/29/CE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lawrynowicz-Drewek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 601</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04105670v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04105657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
               </w:r>
@@ -1954,51 +1954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Greffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Kapyrina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 11</w:t>
@@ -2021,260 +2021,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04107083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Droit des brevets et nouvelles technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Dhenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aujain Eghbali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Khatab</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 11, pp.17-23</w:t>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105664v1</w:t>
+                <w:t xml:space="preserve">halshs-02970431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droit des brevets et nouvelles technologies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Basire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Greffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Kapyrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">, 2018, 11, pp.17-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02970431v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04105664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle</w:t>
               </w:r>
@@ -2724,277 +2724,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence européenne en propriété industrielle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle. Chronique 10</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Darnand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Deltorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dreyfuss-Bechmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 11</w:t>
+              <w:t xml:space="preserve">, 2017, 11, pp.37-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04107079v1</w:t>
+                <w:t xml:space="preserve">hal-04210541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle. Chronique 10</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence européenne en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Macrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bouvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Darnand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Deltorn</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dreyfuss-Bechmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 11, pp.37-44</w:t>
+              <w:t xml:space="preserve">, 2017, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210541v1</w:t>
+                <w:t xml:space="preserve">hal-04107079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un an de jurisprudence européenne en propriété industrielle. Chronique 9</w:t>
               </w:r>
@@ -3806,558 +3806,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04110796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures techniques de protection et interopérabilité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un an de jurisprudence de la Cour de Justice et du Tribunal de l'Union Européenne en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Macrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Basire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Kapyrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Vercken</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Macrez</w:t>
+                <w:t xml:space="preserve">Emmanuel Py</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Légicom : Revue du droit de la communication des entreprises et de la communication publique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Propriété industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Les revues Jurisclasseur, Novembre 2013 (11), pp.26-27</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02448479v1</w:t>
+                <w:t xml:space="preserve">hal-04098289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de jurisprudence de la Cour de Justice et du Tribunal de l'Union Européenne en propriété industrielle. Introduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence de la CJUE et du TUE en propriété industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Kapyrina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Basire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Geiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bouvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Les revues Jurisclasseur, Novembre 2013 (11), pp.26-33</w:t>
+              <w:t xml:space="preserve">, 2013, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098332v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04110814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique 10 - Un an de jurisprudence de la CJUE et du TUE en propriété industrielle</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un an de jurisprudence de la Cour de Justice et du Tribunal de l'Union Européenne en propriété industrielle. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété industrielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 11</w:t>
+              <w:t xml:space="preserve">, 2013, Les revues Jurisclasseur, Novembre 2013 (11), pp.26-33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04110814v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04098332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un an de jurisprudence de la Cour de Justice et du Tribunal de l'Union Européenne en propriété industrielle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesures techniques de protection et interopérabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Vercken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Py</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriété industrielle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Légicom : Revue du droit de la communication des entreprises et de la communication publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Le livre numérique : une révolution juridique en cours ?, 51, pp.85-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/legi.051.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04098289v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02448479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit d’auteur, le programme d’ordinateur et la Cour de Justice.</w:t>
+                <w:t xml:space="preserve">L’exploitation numérique des livres indisponibles : que reste-t-il du droit d’auteur ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue internationale du droit d'auteur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 234, pp.191-287</w:t>
+              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.749-757</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02004661v1</w:t>
+                <w:t xml:space="preserve">hal-04098365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exploitation numérique des livres indisponibles : que reste-t-il du droit d’auteur ?</w:t>
+                <w:t xml:space="preserve">Le droit d’auteur, le programme d’ordinateur et la Cour de Justice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recueil Dalloz Sirey de doctrine de jurisprudence et de législation </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12, pp.749-757</w:t>
+              <w:t xml:space="preserve">Revue internationale du droit d'auteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 234, pp.191-287</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04098365v1</w:t>
+                <w:t xml:space="preserve">hal-02004661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation numérique des livres indisponibles : que reste-t-il du droit d'auteur ?</w:t>
               </w:r>
@@ -4938,590 +4938,590 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04105666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nouveauté de la variété végétale</w:t>
+                <w:t xml:space="preserve">Les lois de la robotique d’Asimov, modèle pour le système juridique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Michel Vivant. </w:t>
+              <w:t xml:space="preserve">Frédérique Berrod; Philippe Clermont; Damien Trentesaux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les grands arrêts de la propriété intellectuelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.583-594, 2020, Grands arrêts - Grandes décisions, 978-2-247-18915-1</w:t>
+              <w:t xml:space="preserve">Droit et robots - Droit science-fictionnel et fictions du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Valenciennes, 2020, Synergie - Sciences humaines, technologies, 9782364240704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105675v1</w:t>
+                <w:t xml:space="preserve">hal-04104303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hip hop et droit d’auteur - Du son, du sample et de l’œuvre protégée</w:t>
+                <w:t xml:space="preserve">Contrats sur brevets : l’obligation d’exploiter dans la licence, une construction prétorienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Arnaud Montas. </w:t>
+              <w:t xml:space="preserve">Michel Vivant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit(s) et Hip hop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mare and Martin, 2020, 9782849344545</w:t>
+              <w:t xml:space="preserve">Les Grands arrêts de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.566-579, 2020, Grands arrêts - Grandes décisions, 978-2-247-18915-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04104304v1</w:t>
+                <w:t xml:space="preserve">hal-04105671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La protection des applications de l’intelligence artificielle et de ses produits par le brevet en Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La nouveauté de la variété végétale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Bérengère Gleize; Agnès Maffre Baugé. </w:t>
+              <w:t xml:space="preserve">Michel Vivant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La propriété intellectuelle renouvelée par le numérique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.13-32, 2020</w:t>
+              <w:t xml:space="preserve">Les grands arrêts de la propriété intellectuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, pp.583-594, 2020, Grands arrêts - Grandes décisions, 978-2-247-18915-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04108314v1</w:t>
+                <w:t xml:space="preserve">hal-04105675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrats sur brevets : l’obligation d’exploiter dans la licence, une construction prétorienne</w:t>
+                <w:t xml:space="preserve">Hip hop et droit d’auteur - Du son, du sample et de l’œuvre protégée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Michel Vivant. </w:t>
+              <w:t xml:space="preserve">Arnaud Montas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Grands arrêts de la propriété intellectuelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, pp.566-579, 2020, Grands arrêts - Grandes décisions, 978-2-247-18915-1</w:t>
+              <w:t xml:space="preserve">Droit(s) et Hip hop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare and Martin, 2020, 9782849344545</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105671v1</w:t>
+                <w:t xml:space="preserve">hal-04104304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lois de la robotique d’Asimov, modèle pour le système juridique ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La protection des applications de l’intelligence artificielle et de ses produits par le brevet en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Deltorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Frédérique Berrod; Philippe Clermont; Damien Trentesaux. </w:t>
+              <w:t xml:space="preserve">Bérengère Gleize; Agnès Maffre Baugé. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droit et robots - Droit science-fictionnel et fictions du droit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Valenciennes, 2020, Synergie - Sciences humaines, technologies, 9782364240704</w:t>
+              <w:t xml:space="preserve">La propriété intellectuelle renouvelée par le numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-32, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04104303v1</w:t>
+                <w:t xml:space="preserve">hal-04108314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Authorship in the Age of Machine Learning and Artificial Intelligence</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’électronique, le numérique et l’œuvre sonore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sean O'Connor. </w:t>
+              <w:t xml:space="preserve">Yann Basire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Oxford Handbook of Music Law and Policy</w:t>
+              <w:t xml:space="preserve">Propriété intellectuelle et pop culture - Nouveaux enjeux, nouveaux défis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxford University Press</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 978-0-19-087224-3</w:t>
+                <w:t xml:space="preserve">LexisNexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Colloques et débats, 978-2-9569841-2-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04110807v1</w:t>
+                <w:t xml:space="preserve">hal-04105660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’électronique, le numérique et l’œuvre sonore</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Authorship in the Age of Machine Learning and Artificial Intelligence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Deltorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Yann Basire. </w:t>
+              <w:t xml:space="preserve">Sean O'Connor. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Propriété intellectuelle et pop culture - Nouveaux enjeux, nouveaux défis</w:t>
+              <w:t xml:space="preserve">The Oxford Handbook of Music Law and Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LexisNexis</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Colloques et débats, 978-2-9569841-2-2</w:t>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 978-0-19-087224-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04105660v1</w:t>
+                <w:t xml:space="preserve">hal-04110807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exigences de forme : à propos des revendications dépendantes</w:t>
               </w:r>
@@ -5593,51 +5593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos de la brevetabilité des méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Macrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Py</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Vivant. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les grands arrêts de la propriété intellectuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dalloz, pp.497-513, 2020, 9782247200405</w:t>
@@ -6710,51 +6710,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6B37BBCD"/>
+    <w:nsid w:val="ED3FD606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6941,51 +6941,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-macrez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471978v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deltorn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Basire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Macrez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Donaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dagher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Greffe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kapyrina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154775v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Soustelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Ferrand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03512899v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Goffic" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096561v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107016v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mouchette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Eckert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107027v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108356v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108336v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huyn" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108307v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dreyfuss-Bechmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159543v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105676v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105657v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lawrynowicz-Drewek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105670v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107083v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105664v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970431v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhenne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aujain Eghbali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Khatab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105667v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bouvel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Darnand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105668v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Duflot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843881v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105661v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107079v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210541v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210540v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110815v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098292v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Carre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098288v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038515v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geiger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lapousterle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110796v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448479v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercken" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/legi.051.0085" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098332v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110814v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098289v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Py" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004661v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098365v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213026v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099528v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourguignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Battisti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Berguig" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Morel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099533v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gossa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023211v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ledizioni.it/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104305v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105666v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105675v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104304v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108314v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105671v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104303v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110807v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/edited-volume/35420" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105660v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10406-propriete-intellectuelle-et-pop-culture/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105674v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105673v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105662v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105672v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105663v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107030v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/propriete-intellectuelle-frontieres-9782807914735.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110810v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110809v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104320v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104317v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104308v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104309v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098364v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-macrez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471978v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deltorn" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Basire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Macrez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Donaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dagher" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Greffe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kapyrina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154775v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Soustelle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Ferrand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107016v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mouchette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Eckert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03512899v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Goffic" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096561v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107027v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108356v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108336v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Huyn" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108307v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dreyfuss-Bechmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096562v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105665v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159543v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105670v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105676v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105657v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lawrynowicz-Drewek" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107083v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02970431v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dhenne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aujain Eghbali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Khatab" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105664v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105667v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bouvel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Darnand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105668v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Duflot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01843881v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108309v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105661v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210541v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107079v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210540v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105656v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110815v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098292v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Carre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098288v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038515v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geiger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lapousterle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110796v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098289v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Py" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110814v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098332v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02448479v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercken" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/legi.051.0085" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098365v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02004661v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02213026v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099528v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bourguignon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Battisti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Berguig" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Morel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099533v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971874v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gossa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023211v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ledizioni.it/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104305v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105666v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104303v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105671v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105675v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104304v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108314v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105660v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lexisnexis.fr/10406-propriete-intellectuelle-et-pop-culture/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110807v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/edited-volume/35420" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105674v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105673v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105662v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105672v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04105663v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107030v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier-intersentia.com/fr/propriete-intellectuelle-frontieres-9782807914735.html" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110810v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110809v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104320v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104317v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104316v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104308v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104313v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104309v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098364v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>