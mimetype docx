--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -351,429 +351,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05468537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative analysis of cutaneous features of psoriasis in acute and chronic imiquimod-induced mouse models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heparanase 1 produced by keratinocytes contributes to psoriatic inflammation by promoting neutrophil infiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Main</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Fraillon</w:t>
+                <w:t xml:space="preserve">Flavie Lobreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Chassaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Jégou</w:t>
+                <w:t xml:space="preserve">Sandrine Clarhault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lebonvallet</w:t>
+                <w:t xml:space="preserve">Ewa Wierzbicka-Hainaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-12111-6⟩</w:t>
+              <w:t xml:space="preserve">International Immunopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 167, pp.115742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.intimp.2025.115742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251100v1</w:t>
+                <w:t xml:space="preserve">hal-05376775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heparanase 1 produced by keratinocytes contributes to psoriatic inflammation by promoting neutrophil infiltration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Pathophysiological Functions of Heparanases: From Evolution, Structural and Tissue‐Specific Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elham Vahdatahar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Daviaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Main</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Ewa Wierzbicka-Hainaut</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Havret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Debarnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Immunopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.intimp.2025.115742⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 39 (17), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.202501859R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05376775v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pathophysiological Functions of Heparanases: From Evolution, Structural and Tissue‐Specific Perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative analysis of cutaneous features of psoriasis in acute and chronic imiquimod-induced mouse models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Fraillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elham Vahdatahar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Rachel Havret</w:t>
+                <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Debarnot</w:t>
+                <w:t xml:space="preserve">Nicolas Lebonvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 39 (17), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.26834. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/fj.202501859R⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-12111-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05251863v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liposomal co-encapsulation of a novel gemini lipopeptide and a CpG-ODN induces a strong Th1 response with the co-activation of a Th2/Th17 profile and high antibody levels</w:t>
               </w:r>
@@ -1053,77 +1053,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Coronas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">STEM CELLS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 41 (3), pp.252-259. </w:t>
@@ -1155,295 +1155,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04003042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salivary metabolome indicates a shift in tyrosine metabolism in patients with burning mouth syndrome: a prospective case–control study</w:t>
+                <w:t xml:space="preserve">Interleukin 34 exerts anti-inflammatory activities on keratinocytes and is down-regulated in psoriatic-inflamed skin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Moreau</w:t>
+                <w:t xml:space="preserve">Magali Croquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chakib El Habnouni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
+                <w:t xml:space="preserve">Alicia Faugeroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Morel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriana Delwail</w:t>
+                <w:t xml:space="preserve">Clémence Fonlupt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Frouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/j.pain.0000000000002733⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jid.2023.05.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03886871v1</w:t>
+                <w:t xml:space="preserve">hal-04133828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interleukin 34 exerts anti-inflammatory activities on keratinocytes and is down-regulated in psoriatic-inflamed skin</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Salivary metabolome indicates a shift in tyrosine metabolism in patients with burning mouth syndrome: a prospective case–control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Faugeroux</w:t>
+                <w:t xml:space="preserve">Charlotte Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Fonlupt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Godet</w:t>
+                <w:t xml:space="preserve">Chakib El Habnouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Frouin</w:t>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 164 (3), pp.e144-e156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jid.2023.05.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/j.pain.0000000000002733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04133828v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The M2 macrophages infiltration of sebaceous tumors is linked to the aggressiveness of tumors but not to the mismatch repair pathway</w:t>
               </w:r>
@@ -1563,90 +1563,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IL-17 and IL-22 are pivotal cytokines to delay wound healing of S. aureus and P. aeruginosa infected skin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Clarhaut-Charreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Favot-Laforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2093,161 +2093,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photometric computer vision-aided system for psoriasis severity scoring: a preclinical study based on a mouse model of psoriasis</w:t>
+                <w:t xml:space="preserve">Cytokine Signature in Schnitzler Syndrome: Proinflammatory Cytokine Production Associated to Th Suppression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taoufik El Kabir</w:t>
+                <w:t xml:space="preserve">Marie Masson Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Frouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bringier</w:t>
+                <w:t xml:space="preserve">Isabelle Jéru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Majdi Khoudeir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
+                <w:t xml:space="preserve">Sandrine Charreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 29 (04), pp.1. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.JEI.29.4.041003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2020.588322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02516809v1</w:t>
+                <w:t xml:space="preserve">hal-03574422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic Alcohol Consumption Exacerbates the Severity of Psoriasiform Dermatitis in Mice</w:t>
               </w:r>
@@ -2285,51 +2285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcoholism: Clinical and Experimental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 44 (9), pp.1728-1733. </w:t>
@@ -2361,429 +2361,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03797226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin inflammatory response and efficacy of anti-epidermal growth factor receptor therapy in metastatic colorectal cancer (CUTACETUX)</w:t>
+                <w:t xml:space="preserve">Photometric computer vision-aided system for psoriasis severity scoring: a preclinical study based on a mouse model of psoriasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Tougeron</w:t>
+                <w:t xml:space="preserve">Taoufik El Kabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sheik Emambux</w:t>
+                <w:t xml:space="preserve">Benjamin Bringier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Favot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ewa Wierzbicka-Hainaut</w:t>
+                <w:t xml:space="preserve">Majdi Khoudeir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OncoImmunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/2162402X.2020.1848058⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electronic Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (04), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/1.JEI.29.4.041003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03149030v1</w:t>
+                <w:t xml:space="preserve">hal-02516809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Type-1 cytokines regulate MMP-9 production and E-cadherin disruption to promote melanocyte loss in vitiligo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Boukhedouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nesrine Boukhedouni</w:t>
+                <w:t xml:space="preserve">Christina Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina Martins</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Darrigade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Darrigade</w:t>
+                <w:t xml:space="preserve">Claire Drullion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Rambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCI Insight</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 5 (11), pp.e133772. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1172/jci.insight.133772⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytokine Signature in Schnitzler Syndrome: Proinflammatory Cytokine Production Associated to Th Suppression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Skin inflammatory response and efficacy of anti-epidermal growth factor receptor therapy in metastatic colorectal cancer (CUTACETUX)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tougeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Masson Regnault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Frouin</w:t>
+                <w:t xml:space="preserve">Sheik Emambux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Jéru</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adriana Delwail</w:t>
+                <w:t xml:space="preserve">Laure Favot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Charreau</w:t>
+                <w:t xml:space="preserve">Thierry Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewa Wierzbicka-Hainaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.1-8. </w:t>
+              <w:t xml:space="preserve">OncoImmunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.1848058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2020.588322⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/2162402X.2020.1848058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03574422v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oncostatin M exerts a protective effect against excessive scarring by counteracting the inductive effect of TGFβ1 on fibrosis markers</w:t>
               </w:r>
@@ -2821,51 +2821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Charreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9 (1), pp.2113. </w:t>
@@ -2897,563 +2897,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oncostatin M is overexpressed in skin squamous-cell carcinoma and promotes tumor progression</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Th-17 response and antimicrobial peptide expression are uniformly expressed in gastric mucosa of Helicobacter pylori -infected patients independently of their clinical outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Jermidi</w:t>
+                <w:t xml:space="preserve">Julie Cremniter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Bodet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean François Jégou</w:t>
+                <w:t xml:space="preserve">Xavier Dray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Guilhot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.26355⟩</w:t>
+              <w:t xml:space="preserve">Helicobacter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23, pp.e12479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hel.12479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186396v1</w:t>
+                <w:t xml:space="preserve">hal-01780541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liver fibrosis is associated with cutaneous inflammation in the imiquimod-induced murine model of psoriasiform dermatitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pohin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jf. Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Favot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Venisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Dermatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 179, pp.101-109. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/bjd.16137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01699551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a new model of reconstituted mouse epidermis and characterization of its response to proinflammatory cytokines</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Garnier</w:t>
+                <w:t xml:space="preserve">Oncostatin M is overexpressed in skin squamous-cell carcinoma and promotes tumor progression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Simonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Frouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Huguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Barrault</w:t>
+                <w:t xml:space="preserve">Cynthia Jermidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Cronier</w:t>
+                <w:t xml:space="preserve">Jean François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Tissue Engineering and Regenerative Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12, pp.e1098- e1107. </w:t>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (92), pp.36457-36473. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/term.2442⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.26355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01699562v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Th-17 response and antimicrobial peptide expression are uniformly expressed in gastric mucosa of Helicobacter pylori -infected patients independently of their clinical outcomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a new model of reconstituted mouse epidermis and characterization of its response to proinflammatory cytokines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Pohin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Cremniter</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Tougeron</w:t>
+                <w:t xml:space="preserve">Carolina Veaute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Dray</w:t>
+                <w:t xml:space="preserve">Christine Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Guilhot</w:t>
+                <w:t xml:space="preserve">Laure Cronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Helicobacter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23, pp.e12479. </w:t>
+              <w:t xml:space="preserve">Journal of Tissue Engineering and Regenerative Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, pp.e1098- e1107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/hel.12479⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/term.2442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01780541v1</w:t>
+                <w:t xml:space="preserve">hal-01699562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of skin Th17 transcriptional profiles in psoriatic patients under adalimumab biotherapy</w:t>
               </w:r>
@@ -3478,64 +3478,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Favot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Dermatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -3586,51 +3586,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interleukin-17A-induced production of acute serum amyloid A by keratinocytes contributes to psoriasis pathogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3701,606 +3701,606 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01703911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A7.13 Distinct expression of IL-36α, β, γ and their antagonists IL-36RA and IL-38 in psoriasis, rheumatoid arthritis (RA) and crohn's disease (CD)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Fat Diet-Induced IL-17A Exacerbates Psoriasiform Dermatitis in a Mouse Model of Steatohepatitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Astrid Boutet</w:t>
+                <w:t xml:space="preserve">Laura Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Bart</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">B Brulin</w:t>
+                <w:t xml:space="preserve">Jean-Francois Jegou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Pohin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2016-209124.144⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 186 (9), pp.2292--2301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2016.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04914766v1</w:t>
+                <w:t xml:space="preserve">hal-01390977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Fat Diet-Induced IL-17A Exacerbates Psoriasiform Dermatitis in a Mouse Model of Steatohepatitis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oncostatin M overexpression induces skin inflammation but is not required in the mouse model of imiquimod-induced psoriasis-like inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Pohin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Adriana Delwail</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Guesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andela Andrine Mekouo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Pathology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajpath.2016.05.012⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (7), pp.1737 - 1751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eji.201546216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390977v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01701320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oncostatin M overexpression induces skin inflammation but is not required in the mouse model of imiquimod-induced psoriasis-like inflammation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Pohin</w:t>
+                <w:t xml:space="preserve">Distinct expression of interleukin (IL)-36 α, β and γ , their antagonist IL-36Ra and IL-38 in psoriasis, rheumatoid arthritis and Crohn's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-A. Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Guesdon</w:t>
+                <w:t xml:space="preserve">M. Penhoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andela Andrine Mekouo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
+                <w:t xml:space="preserve">Jérôme Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
+                <w:t xml:space="preserve">B. Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 46 (7), pp.1737 - 1751. </w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 184 (2), pp.159-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eji.201546216⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cei.12761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01701320v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct expression of interleukin (IL)-36 α, β and γ , their antagonist IL-36Ra and IL-38 in psoriasis, rheumatoid arthritis and Crohn's disease</w:t>
+                <w:t xml:space="preserve">A7.13 Distinct expression of IL-36α, β, γ and their antagonists IL-36RA and IL-38 in psoriasis, rheumatoid arthritis (RA) and crohn's disease (CD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-A. Boutet</w:t>
+                <w:t xml:space="preserve">Marie-Astrid Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bart</w:t>
+                <w:t xml:space="preserve">G Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Penhoat</w:t>
+                <w:t xml:space="preserve">M Gahier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Amiaud</w:t>
+                <w:t xml:space="preserve">J Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Brulin</w:t>
+                <w:t xml:space="preserve">B Brulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 184 (2), pp.159-173. </w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 75, pp.A60-A61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cei.12761⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2016-209124.144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153612v1</w:t>
+                <w:t xml:space="preserve">hal-04914766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreskin-isolated keratinocytes provide successful extemporaneous autologous paediatric skin grafts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiad Mcheik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4402,90 +4402,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IL-17A EXACERBATES PSORIASIFORM DERMATITIS IN A MOUSE MODEL OF HIGH-FAT DIET-INDUCED STEATOHEPATITIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-F. Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pohin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytokine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 87, pp.51--51. </w:t>
@@ -4682,51 +4682,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of proliferation and 3D epidermal reconstruction from foreskin, auricular and trunk keratinocytes in children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiad N Mcheik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4854,51 +4854,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Gély-Pernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loubna Abaamrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Arnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4949,103 +4949,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMQ-induced skin inflammation in mice is dependent on IL-1R1 and MyD88 signaling but independent of the NLRP3 inflammasome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Pohin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 45 (10), pp.2847 - 2857. </w:t>
@@ -5083,90 +5083,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of Keratinocyte Differentiation by the Synergistic Effect of IL-17A, IL-22, IL-1α, TNFα and Oncostatin M</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitriniaina Rabeony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5230,90 +5230,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemokines and Antimicrobial Peptides Have a cag -Dependent Early Response to Helicobacter pylori Infection in Primary Human Gastric Epithelial Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Tri Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cremniter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infection and Immunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 82 (7), pp.2881 - 2889. </w:t>
@@ -5364,90 +5364,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of IL-1 and Oncostatin M in Acanthosis Associated With Hypertensive Leg Ulcer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Giot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Huguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Charreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 182 (3), pp.806 - 818. </w:t>
@@ -5498,90 +5498,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keratinocytes under Fire of Proinflammatory Cytokines: Bona Fide Innate Immune Cells Involved in the Physiopathology of Chronic Atopic Dermatitis and Psoriasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Asian Pacific journal of allergy and immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2012, pp.1 - 10. </w:t>
@@ -5779,51 +5779,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerancienne Mogoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bodet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5881,295 +5881,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00715851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin Inflammation Induced by the Synergistic Action of IL-17A, IL-22, Oncostatin M, IL-1 , and TNF- Recapitulates Some Features of Psoriasis</w:t>
+                <w:t xml:space="preserve">45,X/46,XX mosaicism below 30% of aneuploidy: clinical implications in adult women from a reproductive medicine unit.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karline Guilloteau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Pedretti</w:t>
+                <w:t xml:space="preserve">Lionel Homer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katia Boniface</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Juchaux</w:t>
+                <w:t xml:space="preserve">Marie-Thérèse Le Martelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Amice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Kerlan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.0902464⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 162 (3), pp.617-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-09-0750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01704550v1</w:t>
+                <w:t xml:space="preserve">hal-00929846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">45,X/46,XX mosaicism below 30% of aneuploidy: clinical implications in adult women from a reproductive medicine unit.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Skin Inflammation Induced by the Synergistic Action of IL-17A, IL-22, Oncostatin M, IL-1 , and TNF- Recapitulates Some Features of Psoriasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Amice</w:t>
+                <w:t xml:space="preserve">Karline Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Petit-Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Kerlan</w:t>
+                <w:t xml:space="preserve">Katia Boniface</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Juchaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 162 (3), pp.617-23. </w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 184 (9), pp.5263 - 5270. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/EJE-09-0750⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.0902464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00929846v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific increase in caspase-1 activity and secretion of IL-1 family cytokines: a putative link between mevalonate kinase deficiency and inflammation</w:t>
               </w:r>
@@ -6194,51 +6194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Favot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6345,51 +6345,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinhard Moschitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Delwail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Favot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European citokine Network</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 20 (3), pp.112-120. </w:t>
@@ -6453,51 +6453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rioux-Bilan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Daubon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kitzis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6563,511 +6563,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04034868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A role for T cell-derived interleukin 22 in psoriatic skin inflammation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
+                <w:t xml:space="preserve">Oncostatin M Secreted by Skin Infiltrating T Lymphocytes Is a Potent Keratinocyte Activator Involved in Skin Inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Guignouard</w:t>
+                <w:t xml:space="preserve">Caroline Diveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Pedretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F.X. Bernard</w:t>
+                <w:t xml:space="preserve">Josy Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2249.2007.03511.x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 178 (7), pp.4615 - 4622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.178.7.4615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01705160v1</w:t>
+                <w:t xml:space="preserve">hal-01705182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reestablishment of damaged adult motor pathways by grafted embryonic cortical neurons</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A role for T cell-derived interleukin 22 in psoriatic skin inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Boniface</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guignouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Pedretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Afsaneh Gaillard</w:t>
+                <w:t xml:space="preserve">Martine Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Prestoz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Franck Morel</w:t>
+                <w:t xml:space="preserve">F.X. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nn1970⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 150 (3), pp.407 - 415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2249.2007.03511.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00404151v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01705160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oncostatin M Secreted by Skin Infiltrating T Lymphocytes Is a Potent Keratinocyte Activator Involved in Skin Inflammation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katia Boniface</w:t>
+                <w:t xml:space="preserve">Reestablishment of damaged adult motor pathways by grafted embryonic cortical neurons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afsaneh Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Prestoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Diveu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Brigitte Dumartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Cantereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Josy Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 178 (7), pp.4615 - 4622. </w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 10 (10), pp.1294-1299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.178.7.4615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nn1970⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01705182v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00404151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IL-22 Inhibits Epidermal Differentiation and Induces Proinflammatory Gene Expression and Migration of Human Keratinocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Austin Gurney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 174 (6), pp.3695 - 3702. </w:t>
@@ -7386,51 +7386,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serum soluble CD23 levels in giant cell arteritis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roblot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7590,51 +7590,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lebonvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7858,51 +7858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnault Tremolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Defoort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Liaboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7953,103 +7953,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interleukin-34 expression by keratinocytes is downregulated in inflamed psoriatic skin lesions: toward an immunoregulatory role in skin inflammation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Croquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Fonlupt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Faugeroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Frouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6 th European Congress of Immunology, 1–4 September 2021, Virtual meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Virtual congress, France. pp.1-448, </w:t>
@@ -8087,103 +8087,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non invasive control and scoring of psoriasis severity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taoufik El Kabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bringier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Khoudeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifteenth International Conference on Quality Control by Artificial Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Mulhouse, France. pp.14, </w:t>
@@ -8215,277 +8215,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic du psoriasis par la stéréo photométrie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Diagnostic du psoriasis par vision par ordinateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taoufik El Kabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bringier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Khoudeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean François Jegou</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Imagerie Optique Non-Conventionnelle 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Symposium en Recherche sur l’inflammation et la Cancérologie Dermatologiques en Nouvelle Aquitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02374383v1</w:t>
+                <w:t xml:space="preserve">hal-02374370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic du psoriasis par vision par ordinateur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Diagnostic du psoriasis par la stéréo photométrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taoufik El Kabir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Bringier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Khoudeir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Jégou</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Jegou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Claude Lecron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium en Recherche sur l’inflammation et la Cancérologie Dermatologiques en Nouvelle Aquitaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Journées Imagerie Optique Non-Conventionnelle 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374370v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId314"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -8561,51 +8561,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B73ED201"/>
+    <w:nsid w:val="31C815E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8792,51 +8792,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-morel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3812-9304" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083329552" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198764252" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251100v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fraillon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Rabeony" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lecron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-12111-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376775v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Lobreau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Clarhault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Wierzbicka-Hainaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2025.115742" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251863v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Vahdatahar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202501859R" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490420v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Gabriela Reidel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Carol Curti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dor&#233;mus" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile B&#233;r&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Delwail" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.02.011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;linie Sinson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Karayan-tapon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Godet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rivet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alleyrat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000534126" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003042v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Coronas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arnault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cousin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/stmcls/sxad003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886871v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakib El Habnouni" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000002733" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04133828v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Croquette" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Faugeroux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fonlupt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Frouin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2023.05.023" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185363v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Karayan-Tapon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00432-023-04629-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185385v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Clarhaut-Charreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot-Laforge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bodet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.984016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801039v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevda Cordier-Dirikoc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pedretti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.984045" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-03894861v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Larid" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasseur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.993363" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516809v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik El Kabir" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bringier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Khoudeir" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.29.4.041003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797226v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pohin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Gisclard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acer.14400" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149030v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tougeron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheik Emambux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lecomte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2020.1848058" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436855v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Boukhedouni" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Martins" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darrigade" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Drullion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rambert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.133772" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574422v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masson Regnault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle J&#233;ru" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.588322" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184816v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huguier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Giot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonneau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levillain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-38572-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186396v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Jermidi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.26355" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699551v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vasseur" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pohin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf. J&#233;gou" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Venisse" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.16137" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699562v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Veaute" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barrault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cronier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.2442" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780541v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremniter" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dray" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Guilhot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hel.12479" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705097v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Buffi&#232;re-Morgado" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Couderc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2017.3127" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703911v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Camus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0181486" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914766v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Boutet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bart" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gahier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiaud" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brulin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-209124.144" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01390977v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Serres" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Jegou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2016.05.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01701320v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guesdon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andela Andrine Mekouo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit-Paris" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201546216" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03153612v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Boutet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Penhoat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.12761" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702871v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad Mcheik" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Juchaux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.1690" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6PL8SJTP-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01485264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Lecron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serres" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. J&#233;gou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2016.07.020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63M6J8W9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704496v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Abbaci" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bessette" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Costes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Domballe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119872" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705155v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad N Mcheik" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.burns.2014.07.003" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNCGF3J3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206300v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ginisty" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore G&#233;ly-Pernot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Abaamrane" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.1862" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702889v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201445215" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703025v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101937" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699819v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mustapha" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Garcia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tri Tran" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01517-13" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703039v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2012.11.030" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703041v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/718725" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Herbiniere-Gaboreau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bertaux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raimond" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018531" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715851v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerancienne Mogoa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legube" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00234-11" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704550v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karline Guilloteau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boniface" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0902464" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00929846v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Homer" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Martelot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Amice" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kerlan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-09-0750" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927562v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Normand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Massonnet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cuisset" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ecn.2009.0163" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466975v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Moschitz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ecn.2009.0162" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034868v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rioux-Bilan" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daubon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kitzis" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourmeyster" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2007.07.018" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5DKMVKB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705160v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guignouard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Bernard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2249.2007.03511.x" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404151v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsaneh Gaillard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Prestoz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dumartin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn1970" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705182v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diveu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josy Froger" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.178.7.4615" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705207v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Gurney" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.174.6.3695" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483718v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ancey" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fredj" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia-Tamisier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0008-6363(03)00346-8" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197532v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecart" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Noraz" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pene" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intimm/dxf096" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03549093v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roblot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leli&#232;vre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Biais-Sauv&#232;tre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donat de Groote" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-2478(96)02612-0" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GSZ77427-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868108v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fraillon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebonvallet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecron" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2024.10.344" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501621v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024183v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauvrit-Ledogar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tremolet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Defoort" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Liaboeuf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2022-6061" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007949v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.202170200" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374311v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Lecron" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2520690" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374383v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Jegou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374370v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-morel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3812-9304" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083329552" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/198764252" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468537v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Daviaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Main" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chassaing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Havret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Musnier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopha.2025.118954" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376775v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Lobreau" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Clarhault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Wierzbicka-Hainaut" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.intimp.2025.115742" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elham Vahdatahar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Debarnot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202501859R" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251100v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Fraillon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitriniaina Rabeony" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lecron" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebonvallet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-12111-6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490420v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Gabriela Reidel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Carol Curti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dor&#233;mus" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile B&#233;r&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Delwail" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2024.02.011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487948v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;linie Sinson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Karayan-tapon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Godet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rivet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alleyrat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000534126" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003042v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Coronas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Arnault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cousin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/stmcls/sxad003" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04133828v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Croquette" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Faugeroux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fonlupt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Frouin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2023.05.023" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886871v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Moreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chakib El Habnouni" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Morel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000002733" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185363v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frouin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Karayan-Tapon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00432-023-04629-x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185385v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Clarhaut-Charreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot-Laforge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bodet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.984016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801039v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevda Cordier-Dirikoc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pedretti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Ryffel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.984045" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-03894861v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Larid" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dalle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vasseur" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2022.993363" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-03369118v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Groult" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanez Manseur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19100546" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574422v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Masson Regnault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle J&#233;ru" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Charreau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.588322" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797226v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Pohin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Gisclard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acer.14400" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516809v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taoufik El Kabir" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bringier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Khoudeir" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.29.4.041003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436855v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Boukhedouni" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Martins" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Darrigade" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Drullion" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rambert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.133772" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149030v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tougeron" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheik Emambux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lecomte" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402X.2020.1848058" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184816v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huguier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Giot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonneau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Levillain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-38572-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01780541v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cremniter" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dray" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Guilhot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hel.12479" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699551v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vasseur" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pohin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jf. J&#233;gou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Favot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Venisse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.16137" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186396v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Jermidi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois J&#233;gou" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.26355" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699562v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Veaute" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barrault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Cronier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.2442" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705097v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Buffi&#232;re-Morgado" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Couderc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ejd.2017.3127" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01703911v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Camus" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0181486" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01390977v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Serres" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Jegou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2016.05.012" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01701320v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guesdon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andela Andrine Mekouo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit-Paris" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201546216" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03153612v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Boutet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Penhoat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Amiaud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Brulin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cei.12761" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914766v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Boutet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gahier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiaud" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brulin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-209124.144" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702871v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad Mcheik" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Juchaux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/term.1690" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6PL8SJTP-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01485264v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Lecron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Serres" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. J&#233;gou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2016.07.020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63M6J8W9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704496v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Akil" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amazigh Abbaci" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bessette" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Costes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Domballe" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119872" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705155v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiad N Mcheik" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.burns.2014.07.003" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNCGF3J3-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206300v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ginisty" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore G&#233;ly-Pernot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Abaamrane" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stem.1862" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702889v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201445215" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703025v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101937" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699819v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mustapha" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Garcia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tri Tran" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.01517-13" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703039v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2012.11.030" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01703041v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Bernard" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2012/718725" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chevalier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Herbiniere-Gaboreau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bertaux" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raimond" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Morel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018531" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00715851v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emerancienne Mogoa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Legube" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00234-11" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00929846v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Homer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Le Martelot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Amice" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Kerlan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-09-0750" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704550v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karline Guilloteau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boniface" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0902464" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04927562v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Normand" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Massonnet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cuisset" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ecn.2009.0163" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466975v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Moschitz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ecn.2009.0162" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034868v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rioux-Bilan" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daubon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kitzis" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bourmeyster" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2007.07.018" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5DKMVKB-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705182v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diveu" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josy Froger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.178.7.4615" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705160v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guignouard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Bernard" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2249.2007.03511.x" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00404151v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsaneh Gaillard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Prestoz" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dumartin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn1970" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-01705207v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Gurney" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.174.6.3695" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483718v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ancey" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fredj" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia-Tamisier" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0008-6363(03)00346-8" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197532v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecart" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Noraz" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pene" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garcia" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/intimm/dxf096" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03549093v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roblot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leli&#232;vre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Biais-Sauv&#232;tre" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donat de Groote" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0165-2478(96)02612-0" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GSZ77427-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868108v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fraillon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebonvallet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecron" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2024.10.344" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501621v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024183v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gauvrit-Ledogar" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tremolet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Defoort" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Liaboeuf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13009/EUCASS2022-6061" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007949v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.202170200" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374311v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Lecron" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2520690" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374370v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374383v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Jegou" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>