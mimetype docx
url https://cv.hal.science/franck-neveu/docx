--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:75px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck Neveu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le style de Sartre au pied du mur. Les faits de caractérisation non pertinente dans Le Mur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur les adjectivaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, p. 7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le traitement de l’apposition dans la Grammaire critique du français. Dialogue avec Marc Wilmet », Le français moderne, Tome LXXXIX, n°1 : 61-70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La langue, la loi, l’ordre », revue Cités, n° 86 (PUF) : 11-27</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Imrényi & Mazziotta (2020): Chapters of Dependency Grammar. A historical survey from Antiquity to Tesnière, Historiographia Linguistica, John Benjamins, online november 12 2021, DOI: https://doi.org/10.1075/hl.00087.nev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiographia linguistica </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit conceptuel : de la grammaire aux métaphores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°204 (4), pp.7-19. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lf.204.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation. Le conflit conceptuel : de la grammaire aux métaphores, revue Langue française, n° 204, décembre 2019 : p. 1-12. (avec Marco Fasciolo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 74, pp.7-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de &amp;quot;tradition grammaticale&amp;quot; et son usage en linguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lauwers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, La tradition grammaticale, 3 (167), pp.7-26. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.167.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singularités langagières du discours scientifique. L'exemple du discours linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Le style en questions, 135-136, pp.101-118. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/prati.2007.2159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critique du concept d'« homonymie textuelle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Unité(s) du texte, 3 (163), pp.86-98. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.163.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation et bibliographie générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information grammaticale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Approche de la discontinuité syntaxique et énonciative, 109, pp.3-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’idiolecte, entre linguistique et herméneutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, L'idiolect, du singulier dans le langage, 44, pp.25-50. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Détrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation : Détachement, adjonction, discontinuité, incidence…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.7-19. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaires de l'adresse – Aspects de la discontinuité syntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.27-42. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours scientifique, discours d’intervention, discours d’engagement. Sur l’éthique linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Discours militants et sciences humaines », Dijon (Université de Bourgogne),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les animaux « liminaires » : observations de terrain et précisions sémantiques. Quand les sciences du langage se nourrissent de l’éthologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Les animaux « liminaires »: observations de terrain et précisions sémantiques, Sorbonne Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de Recherche Sens, Texte, Informatique, Histoire, Sorbonne Université, axe 2, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, et corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude internationale : Détachement et Corrélation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.7-24, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.074.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières fonctionnelles et niveaux d'analyse des segments détachés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international - Les fonctions grammaticales : histoire, théories, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Tromsø, Norvège. pp.223-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la discontinuité syntaxique en français. Problèmes d'analyse et de terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque d’hommage à Michèle Noailly : Aux marges des grammaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Rennes, France. pp.229-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement et connexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Crisco : Préparation du numéro de la revue Syntaxe &amp; Sémantique consacré aux connecteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Caen, France. pp.165-178, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ss.008.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiérarchisation et linéarisation en français : la question du support et du contrôle en syntaxe détachée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Hiérarchisation, énonciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de la discontinuité syntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique CONSCILA : Confrontations en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France. pp.3-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un aspect de l'apport des corpus à la terminologie linguistique : l'alignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème journées scientifiques du réseau de chercheurs : Lexicologie Terminologie Traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Bruxelles, Belgique. pp.381-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apposition comme observatoire de la réflexion grammaticale. Rendement et limites d'une notion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur le thème : L'apposition pourquoi faire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Hélène Pérennec; Sylvianne Rémi-Giraud, Oct 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La terminologie des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique sur : La terminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michele Prandi, Oct 2006, Bologne, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard institutionnel sur les sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CONSCILA de réflexion et débat - Les sciences du langage : Etat des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de tradition grammaticale en linguistique française : une approche épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'équipe Sens,Texte, Histoire, Université de Paris-Sorbonne (Paris IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Soutet, Nov 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La discontinuité syntaxique en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux fonctions majeures de la terminologie linguistique : régulation notionnelle et délimitation des domaines disciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques : La terminologie linguistique. Problèmes épistémologiques, conceptuels et traductionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une description terminographique des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études « Langues de spécialité »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Cachan, France. pp.87-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Support et référenciateur de l'adjectif dans le système appositif – Sur l'interprétation des prédicats détachés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L'adjectif en français et à travers les langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Caen, France. pp.337-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions absolues détachées. Un autre regard sur l'adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CRISCO : l'Adjectif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idiomaticité et métalangue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Linguistiques Méditerranéennes - L'espace euro-méditérranéen : une idiomaticité partagée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Hammameth, Tunisie. pp.267-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l'usage des termes complexes dans le discours de la science du langage - Préliminaires à une étude comparée de la terminologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Linguistiques méditerranéennes : La terminologie, entre traduction et bilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Hammamet, Tunisie. pp.107-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La glose et le système appositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur le thème de la "Sémantique lexicale et discursive"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, [Université de Provence], France. pp.143-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du prédicat second à la clause - Sur le rang syntaxique de quelques types de détachements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Y a-t-il une syntaxe au-delà de la phrase ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Paris, France. pp.129-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ajout et la problématique appositive - Détachement, espace phrastique, contextualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude - Figures d'ajout : phrase, texte, écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Paris, France. pp.111-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines, Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue sous contrôle&amp;quot;, revue Cités, n°86, PUF, juin 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Barbéris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences Volume 78 (2020) 7e Congrès Mondial de Linguistique Française Université de Montpellier 3, France, 6-10 juillet 2020 F. Neveu, B. Harmegnies, L. Hriba, S. Prévost and A. Steuckardt (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Harmegnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Steuckardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Hriba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale, Franck Neveu, Audrey Roig (eds), Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit conceptuel : de la grammaire aux métaphores », revue Langue française, n° 204, décembre 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu. Proposition, phrase, énoncé. Linguistique et philosophie, éditions ISTE (Londres). 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 46 (2018), 6e Congrès Mondial de Linguistique Française Université de Mons, Belgique, 9-13 juillet 2018 F. Neveu, B. Harmegnies, L. Hriba et S. Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Harmegnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Hriba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détachement et corrélation », Travaux de linguistique n° 74 (2017, 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique des notions linguistiques, Paris, Colin, coll. « Cursus », 146 pages, 2017 (3e édition, augmentée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 27 (2016), 5e Congrès Mondial de Linguistique Française Tours, France, 4-8 juillet 2016 F. Neveu, G. Bergounioux, M.-H. Côté, J.-M. Fournier, L. Hriba et S. Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Bergounioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Côté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 8 (2014), 4e Congrès Mondial de Linguistique Française Berlin, Allemagne, 19-23 Juillet 2014 Franck Neveu, Peter Blumenthal, Linda Hriba, Annette Gerstenberg, Judith Meinschaefer et Sophie Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Blumenthal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Gerstenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Meinschaefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations, connexions, dépendances. Hommage au professeur Claude Guimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Le Querler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 238 p., 2012, (Rivages linguistiques), 978-2-7535-2087-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du langage, Paris, Armand Colin, coll. «Dictionnaires», 2011, 2e édition (Édition refondue et augmentée). Prix Alfred Dutens de l'Académie des Inscriptions et Belles Lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du CMLF 2010 - 2ème Congrès Mondial de Linguistique Française, La Nouvelle-Orléans, Etats-Unis, 12-15 Juillet 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Sciences, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00736609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Science, pp.1263, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux marges des grammaires : mélanges en l'honneur de Michèle Noailly / [sous la direction de] Élisabeth Richard, Marie-Claude Le Bot, Martine Schuwer... [et al.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Schuwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, pp.284, 2010, 978-2-7535-1057-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CMLF 2010 - 2ème Congrès Mondial de Linguistique Française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours linguistique. Introduction à la lecture des grammaires modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 384 p., 2009, (Collection U.), 9782200347468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Collin, 316 p., 2004, (Dictionnaire), 2-200-26378-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études sur l’apposition, Paris, Honoré Champion, coll. « Bibliothèque de Grammaire et linguistique », 286 pages, 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 13 Le modèle tesniérien du système appositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.227-248, 2022, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110715118-013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. XIX-XXI, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Translation en allemand et au-delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duplâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.331-348, 2022, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110715118-204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Réflexions terminologiques et méthodologiques sur l’adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-23, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la philosophie des mathématiques. Réflexions sur le ‘faire-science’, à partir de Cavaillès », in Faire sens, faire science, Astrid Guillaume, Lia Kurts (eds), Londres, ISTE éditions, p. 85-101.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire sens, faire science, Astrid Guillaume, Lia Kurts (eds), Londres, ISTE éditions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement et adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Adjectivité. Approches descriptives de la linguistique adjectivale, Berlin, De Gruyter, 2020, p. 91-126</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Proposition, Phrase, Énoncé. Linguistique et philosophie., Londres, ISTE, Direction Franck Neveu, p. 1-8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proposition, Phrase, Énoncé. Linguistique et philosophie., Londres, ISTE, Direction Franck Neveu.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltaire et l’éthique de la langue. Petite cartographie de la phrase voltairienne dans &amp;lt;i&amp;gt;Zadig&amp;lt;/i&amp;gt; et &amp;lt;i&amp;gt;L’Ingénu&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anouch Bourmayan; Géraldine Veysseyre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Styles, genres, auteurs. 19, Aspremont, Garnier, La Bruyère, Voltaire, Corbière, Cendars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université Presses, pp.127-144, 2019, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 979-10-231-0654-1. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70551/DYMB1208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuité et déploiement. Sur la syntaxe oratoire dans &amp;lt;i&amp;gt;Mémoires d’Hadrien&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karine Abiven; Hélène Biu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Styles, genres, auteurs. 14, Roman d'Eneas, La Boétie, Corneille, Marivaux, Baudelaire, Yourcenar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'université Paris-Sorbonne, pp.227-241, 2014, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 978-2-84050-961-5. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70551/NRMN9295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La linguistique française: un état des lieux 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomaks Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Neveu; J. Durand; T Klingler; L. Mondada; V. Muni Toko; F. Neveu; S. Prévost (2010). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Science, pp.XV-XX, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements normatifs de la terminologie linguistique et l’observatoire discursif de la science du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Siouffi; Agnès Steuckardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les linguistes et la norme : aspects normatifs du discours linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 81, Peter Lang, pp.123-148, 2008, (Sciences pour la communication), 3-03911-216-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une description terminographique des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication de l'Université Paris VII (EILA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CIEL "Langues de spécialité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C. Cortès, à paraître, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Grammaticale du français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur le numérique en SHS&amp;quot;. Conseil supérieur des programmes. 27 janvier 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le texte littéraire fait à la langue. Malraux, Sartre, Char, Beckett, Simon&amp;quot;. EHESS, 9 mai 2022, séminaire de Marion Carel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours scientifique, discours d'intervention, discours d'engagement&amp;quot;. Table-ronde de l'Association des sciences du langage : &amp;quot;Les sciences du langage, entre autonomie et engagement&amp;quot;. 11 mars 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syntaxe des segments discontinus en fonction d'adresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId131"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:75px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Franck Neveu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le style de Sartre au pied du mur. Les faits de caractérisation non pertinente dans Le Mur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Roman 20-50 : Revue d'étude du roman du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03553218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur les adjectivaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, p. 7-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03203600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le traitement de l’apposition dans la Grammaire critique du français. Dialogue avec Marc Wilmet », Le français moderne, Tome LXXXIX, n°1 : 61-70</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La langue, la loi, l’ordre », revue Cités, n° 86 (PUF) : 11-27</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cités : Philosophie, politique, Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Imrényi & Mazziotta (2020): Chapters of Dependency Grammar. A historical survey from Antiquity to Tesnière, Historiographia Linguistica, John Benjamins, online november 12 2021, DOI: https://doi.org/10.1075/hl.00087.nev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historiographia linguistica </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit conceptuel : de la grammaire aux métaphores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, N°204 (4), pp.7-19. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lf.204.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02985799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation. Le conflit conceptuel : de la grammaire aux métaphores, revue Langue française, n° 204, décembre 2019 : p. 1-12. (avec Marco Fasciolo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langue française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux de Linguistique : Revue Internationale de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 74, pp.7-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singularités langagières du discours scientifique. L'exemple du discours linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques : linguistique, littérature, didactique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Le style en questions, 135-136, pp.101-118. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/prati.2007.2159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de &amp;quot;tradition grammaticale&amp;quot; et son usage en linguistique française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Lauwers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, La tradition grammaticale, 3 (167), pp.7-26. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.167.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critique du concept d'« homonymie textuelle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Unité(s) du texte, 3 (163), pp.86-98. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lang.163.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation et bibliographie générale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information grammaticale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Approche de la discontinuité syntaxique et énonciative, 109, pp.3-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’idiolecte, entre linguistique et herméneutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, L'idiolect, du singulier dans le langage, 44, pp.25-50. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Détrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1640⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation : Détachement, adjonction, discontinuité, incidence…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.7-19. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grammaires de l'adresse – Aspects de la discontinuité syntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les cahiers de praxématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Linguistique du détachement, 40, pp.27-42. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/praxematique.1713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours scientifique, discours d’intervention, discours d’engagement. Sur l’éthique linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Discours militants et sciences humaines », Dijon (Université de Bourgogne),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les animaux « liminaires » : observations de terrain et précisions sémantiques. Quand les sciences du langage se nourrissent de l’éthologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Guillaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Les animaux « liminaires »: observations de terrain et précisions sémantiques, Sorbonne Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unité de Recherche Sens, Texte, Informatique, Histoire, Sorbonne Université, axe 2, Mar 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03958987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement, et corrélation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude internationale : Détachement et Corrélation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Paris, France. pp.7-24, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tl.074.0007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01382266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontières fonctionnelles et niveaux d'analyse des segments détachés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international - Les fonctions grammaticales : histoire, théories, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Tromsø, Norvège. pp.223-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la discontinuité syntaxique en français. Problèmes d'analyse et de terminologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque d’hommage à Michèle Noailly : Aux marges des grammaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2005, Rennes, France. pp.229-240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement et connexité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Crisco : Préparation du numéro de la revue Syntaxe &amp; Sémantique consacré aux connecteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Caen, France. pp.165-178, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ss.008.0165⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apposition comme observatoire de la réflexion grammaticale. Rendement et limites d'une notion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur le thème : L'apposition pourquoi faire ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie-Hélène Pérennec; Sylvianne Rémi-Giraud, Oct 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un aspect de l'apport des corpus à la terminologie linguistique : l'alignement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème journées scientifiques du réseau de chercheurs : Lexicologie Terminologie Traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Bruxelles, Belgique. pp.381-390</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La terminologie des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique sur : La terminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Michele Prandi, Oct 2006, Bologne, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un regard institutionnel sur les sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CONSCILA de réflexion et débat - Les sciences du langage : Etat des lieux et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de tradition grammaticale en linguistique française : une approche épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'équipe Sens,Texte, Histoire, Université de Paris-Sorbonne (Paris IV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Soutet, Nov 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiérarchisation et linéarisation en français : la question du support et du contrôle en syntaxe détachée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque : Hiérarchisation, énonciation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches de la discontinuité syntaxique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique CONSCILA : Confrontations en sciences du langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France. pp.3-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions absolues détachées. Un autre regard sur l'adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire CRISCO : l'Adjectif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La discontinuité syntaxique en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LLI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deux fonctions majeures de la terminologie linguistique : régulation notionnelle et délimitation des domaines disciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques : La terminologie linguistique. Problèmes épistémologiques, conceptuels et traductionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Support et référenciateur de l'adjectif dans le système appositif – Sur l'interprétation des prédicats détachés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : L'adjectif en français et à travers les langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Caen, France. pp.337-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une description terminographique des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études « Langues de spécialité »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Cachan, France. pp.87-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idiomaticité et métalangue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Linguistiques Méditerranéennes - L'espace euro-méditérranéen : une idiomaticité partagée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Hammameth, Tunisie. pp.267-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur l'usage des termes complexes dans le discours de la science du langage - Préliminaires à une étude comparée de la terminologie linguistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Linguistiques méditerranéennes : La terminologie, entre traduction et bilinguisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Hammamet, Tunisie. pp.107-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00121895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La glose et le système appositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études sur le thème de la "Sémantique lexicale et discursive"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, [Université de Provence], France. pp.143-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du prédicat second à la clause - Sur le rang syntaxique de quelques types de détachements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Y a-t-il une syntaxe au-delà de la phrase ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2000, Paris, France. pp.129-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ajout et la problématique appositive - Détachement, espace phrastique, contextualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'étude - Figures d'ajout : phrase, texte, écriture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1999, Paris, France. pp.111-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines, Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La langue sous contrôle&amp;quot;, revue Cités, n°86, PUF, juin 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Barbéris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03620562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Gruyter, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences Volume 78 (2020) 7e Congrès Mondial de Linguistique Française Université de Montpellier 3, France, 6-10 juillet 2020 F. Neveu, B. Harmegnies, L. Hriba, S. Prévost and A. Steuckardt (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Harmegnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Steuckardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Hriba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale, Franck Neveu, Audrey Roig (eds), Berlin, De Gruyter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit conceptuel : de la grammaire aux métaphores », revue Langue française, n° 204, décembre 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Fasciolo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu. Proposition, phrase, énoncé. Linguistique et philosophie, éditions ISTE (Londres). 2019.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02503989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 46 (2018), 6e Congrès Mondial de Linguistique Française Université de Mons, Belgique, 9-13 juillet 2018 F. Neveu, B. Harmegnies, L. Hriba et S. Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Harmegnies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Hriba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Détachement et corrélation », Travaux de linguistique n° 74 (2017, 1)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan van Raemdonck</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexique des notions linguistiques, Paris, Colin, coll. « Cursus », 146 pages, 2017 (3e édition, augmentée)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 27 (2016), 5e Congrès Mondial de Linguistique Française Tours, France, 4-8 juillet 2016 F. Neveu, G. Bergounioux, M.-H. Côté, J.-M. Fournier, L. Hriba et S. Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Bergounioux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Côté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHS Web of Conferences, Volume 8 (2014), 4e Congrès Mondial de Linguistique Française Berlin, Allemagne, 19-23 Juillet 2014 Franck Neveu, Peter Blumenthal, Linda Hriba, Annette Gerstenberg, Judith Meinschaefer et Sophie Prévost (Eds.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Blumenthal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Gerstenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Meinschaefer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations, connexions, dépendances. Hommage au professeur Claude Guimier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Le Querler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, 238 p., 2012, (Rivages linguistiques), 978-2-7535-2087-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du langage, Paris, Armand Colin, coll. «Dictionnaires», 2011, 2e édition (Édition refondue et augmentée). Prix Alfred Dutens de l'Académie des Inscriptions et Belles Lettres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du CMLF 2010 - 2ème Congrès Mondial de Linguistique Française, La Nouvelle-Orléans, Etats-Unis, 12-15 Juillet 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Sciences, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00736609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EDP Science, pp.1263, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux marges des grammaires : mélanges en l'honneur de Michèle Noailly / [sous la direction de] Élisabeth Richard, Marie-Claude Le Bot, Martine Schuwer... [et al.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élisabeth Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claude Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Schuwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Rennes, pp.284, 2010, 978-2-7535-1057-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02024971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CMLF 2010 - 2ème Congrès Mondial de Linguistique Française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valelia Muni Toke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le discours linguistique. Introduction à la lecture des grammaires modernes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Colin, 384 p., 2009, (Collection U.), 9782200347468</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dictionnaire des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Armand Collin, 316 p., 2004, (Dictionnaire), 2-200-26378-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études sur l’apposition, Paris, Honoré Champion, coll. « Bibliothèque de Grammaire et linguistique », 286 pages, 1998</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Honoré Champion, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01761115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, p. XIX-XXI, 2022, 9783110715040</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03861550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 13 Le modèle tesniérien du système appositif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière. Lectures contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.227-248, 2022, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110715118-013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Translation en allemand et au-delà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Duplâtre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’œuvre de Lucien Tesnière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter, pp.331-348, 2022, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110715118-204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Réflexions terminologiques et méthodologiques sur l’adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Roig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Adjectivité. Approches descriptives de la linguistique adjectivale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-23, 2020, 978-3-11-060165-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02485400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la philosophie des mathématiques. Réflexions sur le ‘faire-science’, à partir de Cavaillès », in Faire sens, faire science, Astrid Guillaume, Lia Kurts (eds), Londres, ISTE éditions, p. 85-101.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire sens, faire science, Astrid Guillaume, Lia Kurts (eds), Londres, ISTE éditions.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détachement et adjectivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Adjectivité. Approches descriptives de la linguistique adjectivale, Berlin, De Gruyter, 2020, p. 91-126</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Proposition, Phrase, Énoncé. Linguistique et philosophie., Londres, ISTE, Direction Franck Neveu, p. 1-8.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proposition, Phrase, Énoncé. Linguistique et philosophie., Londres, ISTE, Direction Franck Neveu.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltaire et l’éthique de la langue. Petite cartographie de la phrase voltairienne dans &amp;lt;i&amp;gt;Zadig&amp;lt;/i&amp;gt; et &amp;lt;i&amp;gt;L’Ingénu&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anouch Bourmayan; Géraldine Veysseyre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Styles, genres, auteurs. 19, Aspremont, Garnier, La Bruyère, Voltaire, Corbière, Cendars</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sorbonne Université Presses, pp.127-144, 2019, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 979-10-231-0654-1. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70551/DYMB1208⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discontinuité et déploiement. Sur la syntaxe oratoire dans &amp;lt;i&amp;gt;Mémoires d’Hadrien&amp;lt;/i&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karine Abiven; Hélène Biu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Styles, genres, auteurs. 14, Roman d'Eneas, La Boétie, Corneille, Marivaux, Baudelaire, Yourcenar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'université Paris-Sorbonne, pp.227-241, 2014, Travaux de stylistique et de linguistique françaises. Bibliothèque des styles, 978-2-84050-961-5. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.70551/NRMN9295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05461825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La linguistique française: un état des lieux 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomaks Klingler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenza Mondada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Neveu; J. Durand; T Klingler; L. Mondada; V. Muni Toko; F. Neveu; S. Prévost (2010). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès mondial de linguistique française CMLF-2010. Recueil des résumés et CD-ROM des actes.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Science, pp.XV-XX, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les fondements normatifs de la terminologie linguistique et l’observatoire discursif de la science du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilles Siouffi; Agnès Steuckardt. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les linguistes et la norme : aspects normatifs du discours linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 81, Peter Lang, pp.123-148, 2008, (Sciences pour la communication), 3-03911-216-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une description terminographique des sciences du langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publication de l'Université Paris VII (EILA). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du CIEL "Langues de spécialité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, C. Cortès, à paraître, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encyclopédie Grammaticale du français</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03221265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur le numérique en SHS&amp;quot;. Conseil supérieur des programmes. 27 janvier 2022.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que le texte littéraire fait à la langue. Malraux, Sartre, Char, Beckett, Simon&amp;quot;. EHESS, 9 mai 2022, séminaire de Marion Carel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours scientifique, discours d'intervention, discours d'engagement&amp;quot;. Table-ronde de l'Association des sciences du langage : &amp;quot;Les sciences du langage, entre autonomie et engagement&amp;quot;. 11 mars 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syntaxe des segments discontinus en fonction d'adresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Neveu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId131"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553218v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roig" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221271v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221272v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427420v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02985799v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fasciolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.204.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497886v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan van Raemdonck" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123303v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lauwers" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.167.0007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123298v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/prati.2007.2159" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012545v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.163.0086" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121887v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1641" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine D&#233;trie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1640" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012537v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.455" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012544v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1713" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Guillaume" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382266v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.074.0007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123596v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123608v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.008.0165" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121911v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121893v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123610v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121912v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121914v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121916v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121913v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121909v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121897v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121900v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121907v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012534v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121895v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012543v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012548v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012542v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649762v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620562v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barb&#233;ris" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136663v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Harmegnies" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hriba" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503984v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485387v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497884v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136665v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761146v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761114v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136659v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bergounioux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136668v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Blumenthal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Gerstenberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Meinschaefer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965482v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roussel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Querler" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761112v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736609v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Durand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979991v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Toke" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klingler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02024971v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Le Bot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schuwer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136676v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123592v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012526v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649764v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-013" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861550v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970877v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-204" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485400v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/503713?format=G" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497818v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497880v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497888v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DYMB1208" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05461825v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/NRMN9295" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980070v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomaks Klingler" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123598v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123603v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221265v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661885v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661882v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661879v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012540v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553218v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Neveu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03203600v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Roig" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221271v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221272v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427420v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02985799v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Fasciolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.204.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497886v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan van Raemdonck" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123298v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/prati.2007.2159" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123303v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lauwers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.167.0007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012545v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lang.163.0086" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121887v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121886v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1641" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine D&#233;trie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1640" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012537v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.455" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012544v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/praxematique.1713" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958987v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Guillaume" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01382266v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tl.074.0007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123596v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123608v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ss.008.0165" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121912v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123610v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121914v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121916v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121913v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121911v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121893v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121907v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121909v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121897v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121900v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012534v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121895v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012543v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012548v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012542v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649762v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620562v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Barb&#233;ris" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485387v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136663v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Harmegnies" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hriba" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503984v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497884v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136665v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761146v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761114v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136659v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Bergounioux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne C&#244;t&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136668v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Blumenthal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Gerstenberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Meinschaefer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965482v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Roussel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Le Querler" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761112v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00736609v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valelia Muni Toke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klinger" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Durand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenza Mondada" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979991v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muni Toke" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Klingler" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02024971v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Richard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Le Bot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schuwer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136676v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123592v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012526v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761115v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03861550v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649764v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-013" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970877v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupl&#226;tre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110715118-204" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485400v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/product/503713?format=G" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497818v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497880v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497888v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/DYMB1208" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05461825v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/NRMN9295" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980070v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomaks Klingler" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123598v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123603v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221265v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661885v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661882v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661879v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012540v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>