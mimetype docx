--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -100,546 +100,546 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mast cells act as pro-angiogenic and pro-tumorigenic players in pituitary gonadotroph tumors</w:t>
+                <w:t xml:space="preserve">Minimax estimation of Functional Principal Components from noisy discretized functional data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirela-Diana Ilie</w:t>
+                <w:t xml:space="preserve">Ryad Belhakem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Álvaro Flores-Martínez</w:t>
+                <w:t xml:space="preserve">Franck F. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Chanal</w:t>
+                <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Lepetit</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Angelina Roche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuro-Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/neuonc/noaf241⟩</w:t>
+              <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (1), pp.38-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sjos.12719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328726v1</w:t>
+                <w:t xml:space="preserve">hal-03395522v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimax estimation of Functional Principal Components from noisy discretized functional data.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mast cells act as pro-angiogenic and pro-tumorigenic players in pituitary gonadotroph tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirela-Diana Ilie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryad Belhakem</w:t>
+                <w:t xml:space="preserve">Álvaro Flores-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck F. Picard</w:t>
+                <w:t xml:space="preserve">Marie Chanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Rivoirard</w:t>
+                <w:t xml:space="preserve">Maxime Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Roche</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoit Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 52 (1), pp.38-80. </w:t>
+              <w:t xml:space="preserve">Neuro-Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/sjos.12719⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/neuonc/noaf241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03395522v2</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kernel-Based Testing for Single-Cell Differential Analysis</w:t>
+                <w:t xml:space="preserve">Differentiation is accompanied by a progressive loss in transcriptional memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Ozier-Lafontaine</w:t>
+                <w:t xml:space="preserve">Camille Fourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Fourneaux</w:t>
+                <w:t xml:space="preserve">Laëtitia Racine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Durif</w:t>
+                <w:t xml:space="preserve">Catherine Koering</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polina Arsenteva</w:t>
+                <w:t xml:space="preserve">Sébastien Dussurgey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Vallot</w:t>
+                <w:t xml:space="preserve">Elodie Vallin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 114, </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (1), pp.58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13059-024-03255-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-024-01846-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214858v2</w:t>
+                <w:t xml:space="preserve">hal-04734188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiation is accompanied by a progressive loss in transcriptional memory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Kernel-Based Testing for Single-Cell Differential Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ozier-Lafontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Koering</w:t>
+                <w:t xml:space="preserve">Ghislain Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dussurgey</w:t>
+                <w:t xml:space="preserve">Polina Arsenteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Vallin</w:t>
+                <w:t xml:space="preserve">Céline Vallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 22 (1), pp.58. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 114, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-024-01846-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-024-03255-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04734188v1</w:t>
+                <w:t xml:space="preserve">hal-04214858v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In silico single-cell metabolism analysis unravels a new transition stage of CD8 T cells 4 days post-infection</w:t>
               </w:r>
@@ -723,295 +723,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimeric G-quadruplex motifs-induced NFRs determine strong replication origins in vertebrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">scAN1.0: A reproducible and standardized pipeline for processing 10X single cell RNAseq data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Poulet-Benedetti</w:t>
+                <w:t xml:space="preserve">Mirela Diana Ilie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Tonnerre-Doncarli</w:t>
+                <w:t xml:space="preserve">Gérald Raverot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Valton</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Gérard</w:t>
+                <w:t xml:space="preserve">Philippe Bertolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40441-4⟩</w:t>
+              <w:t xml:space="preserve">In Silico Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, pp.11 - 21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/isb-220252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04184349v1</w:t>
+                <w:t xml:space="preserve">hal-04305326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">scAN1.0: A reproducible and standardized pipeline for processing 10X single cell RNAseq data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Lepetit</w:t>
+                <w:t xml:space="preserve">Dimeric G-quadruplex motifs-induced NFRs determine strong replication origins in vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Poulet-Benedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Tonnerre-Doncarli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirela Diana Ilie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Chanal</w:t>
+                <w:t xml:space="preserve">Anne-Laure Valton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald Raverot</w:t>
+                <w:t xml:space="preserve">Marc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Bertolino</w:t>
+                <w:t xml:space="preserve">Marie Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In Silico Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15, pp.11 - 21. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4843. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/isb-220252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40441-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305326v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04184349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A derived ZW chromosome system in Amborella trichopoda, representing the sister lineage to all other extant flowering plants</w:t>
               </w:r>
@@ -1144,64 +1144,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for close molecular proximity between reverting and undifferentiated cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souad Zreika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Fourneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vallin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1304,51 +1304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23 (194), pp.1--36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1637,51 +1637,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clustering of strong replicators associated with active promoters is sufficient to establish an early-replicating domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Brossas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Valton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey V Venev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1886,1614 +1886,1614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic Count Matrix Factorization for Single Cell Expression Data Analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of replication origins in vertebrate genomes: rapid turnover despite selective constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeff E Mold</w:t>
+                <w:t xml:space="preserve">Florian Massip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Brossas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José miguel Fernández-Justel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz177⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47 (10), pp.5114-5125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkz182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01649275v3</w:t>
+                <w:t xml:space="preserve">hal-02349718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of replication origins in vertebrate genomes: rapid turnover despite selective constraints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Brossas</w:t>
+                <w:t xml:space="preserve">Probabilistic Count Matrix Factorization for Single Cell Expression Data Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José miguel Fernández-Justel</w:t>
+                <w:t xml:space="preserve">Jeff E Mold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Gomez</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 47 (10), pp.5114-5125. </w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, 20, pp.4011-4019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkz182⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349718v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01649275v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Dimensional Classification with combined Adaptive Sparse PLS and Logistic Regression</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Minimax wavelet estimation for multisample heteroscedastic nonparametric regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakob Michaelsson</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Madison Giacofci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx571⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (1), pp.238-261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10485252.2017.1406091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587360v1</w:t>
+                <w:t xml:space="preserve">hal-02270811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous testing for Poisson process intensities: a new perspective on scanning statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Picard</w:t>
+                <w:t xml:space="preserve">High Dimensional Classification with combined Adaptive Sparse PLS and Logistic Regression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Modolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Michaelsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jeff E. Mold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biometrika</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biomet/asy044⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (3), pp.485-493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btx571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350783v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic imprinting mediates dosage compensation in a young plant XY system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continuous testing for Poisson process intensities: a new perspective on scanning statistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Reynaud-Bouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Muyle</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Roquain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41477-018-0221-y⟩</w:t>
+              <w:t xml:space="preserve">Biometrika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biomet/asy044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02347985v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimax wavelet estimation for multisample heteroscedastic nonparametric regression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genomic imprinting mediates dosage compensation in a young plant XY system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Muyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklaus Zemp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fruchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radim Cegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madison Giacofci</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jan Vrána</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nonparametric Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 30 (1), pp.238-261. </w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (9), pp.677-680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10485252.2017.1406091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41477-018-0221-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02270811v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the robustness of the generalized fused lasso to prior specifications</w:t>
+                <w:t xml:space="preserve">Adaptive Lasso and group-Lasso for functional Poisson regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivian Viallon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Holger Höfling</w:t>
+                <w:t xml:space="preserve">Stéphane Ivanoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics and Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (55), pp.1--46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01067903v2</w:t>
+                <w:t xml:space="preserve">hal-01097914v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SEX-DETector: a probabilistic approach to study sex chromosomes in non-model organisms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling overdispersion heterogeneity in differential expression analysis using mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bonafede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Muyle</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Viroli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evw172⟩</w:t>
+              <w:t xml:space="preserve">Biometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (3), pp.804-814. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/biom.12458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02053627v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SNP calling from RNA-seq data without a reference genome: identification, quantification, differential analysis and impact on the protein sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lopez-Maestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Lopez-Maestre</w:t>
+                <w:t xml:space="preserve">Lilia Brinza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lilia Brinza</w:t>
+                <w:t xml:space="preserve">Camille Marchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Marchet</w:t>
+                <w:t xml:space="preserve">Janice Kielbassa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvère Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkw655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01352586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Lasso and group-Lasso for functional Poisson regression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the robustness of the generalized fused lasso to prior specifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivian Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Ivanoff</w:t>
+                <w:t xml:space="preserve">Holger Höfling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Statistics and Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (1), pp.285-301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11222-014-9497-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01097914v2</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01067903v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling overdispersion heterogeneity in differential expression analysis using mixtures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Bonafede</w:t>
+                <w:t xml:space="preserve">SEX-DETector: a probabilistic approach to study sex chromosomes in non-model organisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Muyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jos Käfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Zemp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biometrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/biom.12458⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8, pp.2530-2543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evw172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02016384v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new genome-wide method to track horizontally transferred sequences: application to Drosophila</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The spatiotemporal program of DNA replication is associated with specific combinations of chromatin marks in human cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Modolo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Picard</w:t>
+                <w:t xml:space="preserve">Jean-Charles Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Lerat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Audit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Arneodo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana A. Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evu026⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (5), pp.e1004282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02045117v1</w:t>
+                <w:t xml:space="preserve">hal-00995097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatiotemporal program of DNA replication is associated with specific combinations of chromatin marks in human cells.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new genome-wide method to track horizontally transferred sequences: application to Drosophila</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Modolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana A. Alberti</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Lerat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10 (5), pp.e1004282. </w:t>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (2), pp.416-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004282⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evu026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00995097v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02045117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast and Parallel Algorithm for Population-Based Segmentation of Copy-Number Profiles</w:t>
               </w:r>
@@ -3803,64 +3803,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelet-based clustering for mixed-effects functional models in high dimension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madison Giacofci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4060,1190 +4060,1190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00965711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistiques et Génome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Picard</w:t>
+                <w:t xml:space="preserve">Joint segmentation of multivariate Gaussian processes using mixed linear models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck F. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Schbath</w:t>
+                <w:t xml:space="preserve">E. Lebarbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Lebarbier</w:t>
+                <w:t xml:space="preserve">E. E. Budinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Neuvial</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Chiquet</w:t>
+                <w:t xml:space="preserve">Stephane S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gazette des Mathématiciens</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 55 (2), pp.1160 - 1170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csda.2010.09.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00698143v1</w:t>
+                <w:t xml:space="preserve">hal-01001452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioinformatics developments for NGS data analysis at PRABI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Picard</w:t>
+                <w:t xml:space="preserve">Statistiques et Génome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Perrière</w:t>
+                <w:t xml:space="preserve">S. Schbath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lebarbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chiquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBNet.journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17, pp.12</w:t>
+              <w:t xml:space="preserve">Gazette des Mathématiciens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 130, pp.1-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297662v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00698143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The auxin signalling network translates dynamic input into robust patterning at the shoot apex</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioinformatics developments for NGS data analysis at PRABI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Farcot</w:t>
+                <w:t xml:space="preserve">F. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Morin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Perrière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Systems Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMBNet.journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17, pp.12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00828880v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint segmentation, calling, and normalization of multiple CGH profiles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Picard</w:t>
+                <w:t xml:space="preserve">The auxin signalling network translates dynamic input into robust patterning at the shoot apex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teva Vernoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Brunoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Hoebeke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+                <w:t xml:space="preserve">Etienne Farcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baba Thiam</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valérie Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilde van Den Daele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biostatistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biostatistics/kxq076⟩</w:t>
+              <w:t xml:space="preserve">Molecular Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (508), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/msb.2011.39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01019859v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00828880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint segmentation of multivariate Gaussian processes using mixed linear models</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. E. Budinska</w:t>
+                <w:t xml:space="preserve">Joint segmentation, calling, and normalization of multiple CGH profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane S. Robin</w:t>
+                <w:t xml:space="preserve">Mark Hoebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baba Thiam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csda.2010.09.015⟩</w:t>
+              <w:t xml:space="preserve">Biostatistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (3), pp.413-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/biostatistics/kxq076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01001452v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preprocessing and downstream analysis of microarray DNA copy number profiles</w:t>
+                <w:t xml:space="preserve">Strategies for online inference of model-based clustering in large and growing networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. van de Wiel</w:t>
+                <w:t xml:space="preserve">H. Zanghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W.N. van Wieringen</w:t>
+                <w:t xml:space="preserve">V. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ylstra</w:t>
+                <w:t xml:space="preserve">C. Ambroise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 12 (1), pp.10-21. </w:t>
+              <w:t xml:space="preserve">Annals of Applied Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (2), pp.687-714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bib/bbq004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1214/10-AOAS359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00539440v1</w:t>
+                <w:t xml:space="preserve">hal-00539318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategies for online inference of model-based clustering in large and growing networks</w:t>
+                <w:t xml:space="preserve">Preprocessing and downstream analysis of microarray DNA copy number profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Zanghi</w:t>
+                <w:t xml:space="preserve">M.A. van de Wiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Miele</w:t>
+                <w:t xml:space="preserve">W.N. van Wieringen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ambroise</w:t>
+                <w:t xml:space="preserve">B. Ylstra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Applied Statistics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 4 (2), pp.687-714. </w:t>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (1), pp.10-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/10-AOAS359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbq004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00539318v1</w:t>
+                <w:t xml:space="preserve">hal-00539440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Miele</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques J.-J. Daudin</w:t>
+                <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Cottret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stephane S. Robin</w:t>
+                <w:t xml:space="preserve">J.J. Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 10, pp.1-11. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, in press, pp.1-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02658961v1</w:t>
+                <w:t xml:space="preserve">hal-00391483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Miele</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Miele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cottret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Robin</w:t>
+                <w:t xml:space="preserve">Ludovic Cottret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, in press, pp.1-1</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 10, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2105-10-S6-S17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00391483v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering the connectivity structure of biological networks using MixNet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cottret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 10, pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5424,51 +5424,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Statistics and Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18, pp.173-183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5636,64 +5636,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Koskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Schbath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 15, pp.1-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5712,359 +5712,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00428157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing power in case-control association studies through the use of quadratic approximations: application to meat-statistics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A segmentation/clustering model for the analysis of array CGH data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gregory Nuel</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Lebarbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Human Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, --, pp.57-62</w:t>
+              <w:t xml:space="preserve">Biometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 63, pp.758-766</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00434865v1</w:t>
+                <w:t xml:space="preserve">hal-00434826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A segmentation/clustering model for the analysis of array CGH data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computing power in case-control association studies through the use of quadratic approximations: application to meat-statistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Della-Chiesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Daudin</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Nuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biometrics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annals of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, --, pp.57-62</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01197574v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00434865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A segmentation/clustering model for the analysis of array CGH data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.-J. Daudin</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Daudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biometrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 63, pp.758-766</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 63 (3), pp.758-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1541-0420.2006.00729.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00434826v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanocortin-4 receptor mutations in a large cohort of severely obese adults: prevalence functional classification genotype-phenotype relationship and lack of association with binge eating</w:t>
               </w:r>
@@ -6175,90 +6175,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncovering structure in biological networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Miele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6294,459 +6294,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00427936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obesity-associated mutations in the melanocortin-4 receptor provide novel insights into its function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A statistical approach for array CGH data analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Govaerts</w:t>
+                <w:t xml:space="preserve">Marc Lavielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Srinivasan</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Vaisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Daudin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2105-6-27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00427759v1</w:t>
+                <w:t xml:space="preserve">hal-01222433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical approach for array CGH data analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Obesity-associated mutations in the melanocortin-4 receptor provide novel insights into its function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Govaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Srinivasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 6, pp.1-14</w:t>
+              <w:t xml:space="preserve">Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 26, pp.1909-1919</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00427846v1</w:t>
+                <w:t xml:space="preserve">hal-00427759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A statistical approach for array CGH data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marc Lavielle</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Vaisse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Daudin</w:t>
+                <w:t xml:space="preserve">M. Lavielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Vaisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Daudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 6, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 6, pp.1-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01222433v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00427846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitutive activity of the melanocortin-4 receptor is maintained by its N-terminal domain and plays a role in energy homeostasis in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Srinivasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lubrano-Berthelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Govaerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6958,103 +6958,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">kAOV : kernel hypothesis testing on general designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Arsenteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ozier-Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Durif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:ee20578ebd77d440f1ca47c234502063c52e587a;origin=https://github.com/LMJL-Alea/kAOV;visit=swh:1:snp:a7756669c2a42e4c3998be658e10efa5a25f112c;anchor=swh:1:rev:65d99ffcb8629b2eb799cdfae4a4a64bd28517e5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7081,90 +7081,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pppca: Principal Component Analysis for replicated point process data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelina Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Panaretos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7204,77 +7204,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ktest : two-sample kernel testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ozier-Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polina Arsenteva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7314,90 +7314,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">scan10 : Nextflow pipeline for pre-processing and preliminary analysis of single cell RNA-seq data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bertolino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:c29f3adcd2cc47cd87dd7f158263bb4d72d101e1;origin=https://gitbio.ens-lyon.fr/LBMC/sbdm/scan10/;visit=swh:1:snp:c9664cb77fa2b68ce8ec656b4fca2cb6dd6b7e82;anchor=swh:1:rev:9b8ee5962601319e3c753d8ee59c231c94a484b6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -7469,64 +7469,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCA for Point Processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelina Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Panaretos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7557,51 +7557,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extending Kernel Testing To General Designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ozier-Lafontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7645,103 +7645,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimeric G-quadruplex motifs determine a large fraction of strong replication origins in vertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Poulet-Benedetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Tonnerre-Doncarli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Valton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7986,103 +7986,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic imprinting mediates dosage compensation in a young plant XY system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Muyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niklaus Zemp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radim Cegan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vrána</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -8104,77 +8104,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Generalized Fused-Lasso: Asymptotic Properties and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivian Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holger Höfling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8345,90 +8345,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic Count Matrix Factorization for Single Cell Expression Data Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislain Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Modolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff E. Mold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8570,64 +8570,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavelet-based clustering for mixed-effects functional models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madison Giacofci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lambert-Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8760,103 +8760,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the structure and dynamics of the auxin signaling network in the shoot apical meristem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Farcot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guédon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Brunoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilde van Den Daele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Workshop on Functional-Structural Plant Models</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Davis, Canada. pp.146-148</w:t>
@@ -9006,51 +9006,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical assessment of chromosomal aberrations at the cohort level: the CGHSeg package</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baba Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9114,51 +9114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Budinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane S. Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Conference on Applied Stochastic Models and Data Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Chania, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9572,64 +9572,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lavielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vaisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Celeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9940,51 +9940,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela-Diana Ilie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Flores-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chanal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepetit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Samson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noaf241" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395522v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Belhakem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Picard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivoirard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Roche" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12719" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214858v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ozier-Lafontaine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourneaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Durif" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Arsenteva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vallot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03255-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734188v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Racine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koering" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dussurgey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vallin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01846-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arpin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.09.22.558248" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184349v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Poulet-Benedetti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tonnerre-Doncarli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Valton" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Laurent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40441-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305326v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Diana Ilie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Raverot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertolino" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/isb-220252" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bewick" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres&#8208;robin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harkess" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17662" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Zreika" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Modolo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-022-01363-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964117v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lacour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250679v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lartillot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel a B Marais" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab053" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345357v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Mold" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna H&#229;rd" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Zamboni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton J.M. Larsson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109174" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023038v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brossas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V Venev" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabarinadh Chilaka" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Counillon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201899520" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946414v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E Badouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gindraud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02131-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649275v3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff E Mold" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz177" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349718v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Massip" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;&#160;miguel Fern&#225;ndez-Justel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz182" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587360v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Michaelsson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff E. Mold" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx571" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350783v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reynaud-Bouret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Roquain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biomet/asy044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02347985v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Muyle" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklaus Zemp" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fruchard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radim Cegan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vr&#225;na" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0221-y" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270811v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Giacofci" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10485252.2017.1406091" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067903v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Viallon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger H&#246;fling" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-014-9497-6" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053627v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muyle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zemp" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mousset" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evw172" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352586v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lopez-Maestre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Bastien" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw655" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097914v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ivanoff" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016384v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonafede" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viroli" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/biom.12458" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-19ZVXBVQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045117v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Modolo" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lerat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu026" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995097v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Cadoret" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004282" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045097v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045124v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dray" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12208" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190665v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mestre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Domonkos" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Auer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00782458v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1541-0420.2012.01828.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-18SRBLZ3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965711v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Daubin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts098" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698143v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schbath" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebarbier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chiquet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02297662v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perri&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00828880v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Brunoud" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farcot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde van Den Daele" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/msb.2011.39" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019859v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Thiam" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biostatistics/kxq076" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001452v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Budinska" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2010.09.015" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S91WL8TF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539440v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. van de Wiel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N. van Wieringen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ylstra" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbq004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539318v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zanghi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Miele" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ambroise" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/10-AOAS359" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658961v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques J.-J. Daudin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-10-S6-S17" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391483v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Daudin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428390v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197499v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Daudin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koskas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2007.0137" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428180v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Daudin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197587v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-007-9046-7" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428157v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koskas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434865v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guedj" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Della-Chiesa" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Nuel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197574v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1541-0420.2006.00729.x" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F62C7EAA0EEC5CFDD937CB06A9349C860F16ED1A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434826v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427994v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lubrano-Berthelier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubern" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lacorte" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shapiro" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427936v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mariadassou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427759v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Govaerts" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Srinivasan" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427846v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lavielle" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaisse" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222433v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lavielle" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vaisse" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-6-27" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427559v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Santiago" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427443v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cavazos" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Stunff" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894520v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Michel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ee20578ebd77d440f1ca47c234502063c52e587a;origin=https://github.com/LMJL-Alea/kAOV;visit=swh:1:snp:a7756669c2a42e4c3998be658e10efa5a25f112c;anchor=swh:1:rev:65d99ffcb8629b2eb799cdfae4a4a64bd28517e5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894590v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Panaretos" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:89086991867b92ca6d6a574d5ea1856712a60a7f;origin=https://github.com/franckpicard/pppca;visit=swh:1:snp:0ae32effe07f6eb36867b116c91e3b99cbb00acd;anchor=swh:1:rev:9c55bf54091eb823b3f21517728f7abb2e01cc46" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547380v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:669af0c58f89c04be2532e6591eed64de4f4a320;origin=https://github.com/LMJL-Alea/ktest;visit=swh:1:snp:b02da5de23e7a33c50c8159f022c2022426c8d88;anchor=swh:1:rev:54eeffaede8e15bbdef81e5367a691931d6b8171" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911084v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c29f3adcd2cc47cd87dd7f158263bb4d72d101e1;origin=https://gitbio.ens-lyon.fr/LBMC/sbdm/scan10/;visit=swh:1:snp:c9664cb77fa2b68ce8ec656b4fca2cb6dd6b7e82;anchor=swh:1:rev:9b8ee5962601319e3c753d8ee59c231c94a484b6" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740986v2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747959v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932439v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03413289v2" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490340v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851376v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813281v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548776v3" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues van Assel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Espinasse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962030v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742012v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09042-9_18" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987676v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197573v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Budinska" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831786v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494861v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197546v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751255v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197515v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360199v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doumic" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duchemin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070186v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071444v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Celeux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116025v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395522v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Belhakem" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck F. Picard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rivoirard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Roche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjos.12719" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328726v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela-Diana Ilie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Flores-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chanal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepetit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Samson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/neuonc/noaf241" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734188v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fourneaux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Racine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Koering" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dussurgey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vallin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-024-01846-9" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214858v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ozier-Lafontaine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Durif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Polina Arsenteva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vallot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-024-03255-1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566377v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arpin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gandrillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.09.22.558248" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305326v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Diana Ilie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Raverot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bertolino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/isb-220252" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184349v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Poulet-Benedetti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Tonnerre-Doncarli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Valton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Laurent" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie G&#233;rard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40441-4" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370272v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos K&#228;fer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Bewick" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Andres&#8208;robin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Harkess" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17662" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134084v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Zreika" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Modolo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-022-01363-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964117v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lacour" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03250679v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lartillot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel a B Marais" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/genetics/iyab053" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345357v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Mold" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna H&#229;rd" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Zamboni" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton J.M. Larsson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109174" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023038v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Brossas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey V Venev" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabarinadh Chilaka" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Counillon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201899520" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946414v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne E Badouin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Velt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gindraud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dumas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-020-02131-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349718v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Massip" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;&#160;miguel Fern&#225;ndez-Justel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gomez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz182" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649275v3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff E Mold" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lambert-Lacroix" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz177" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270811v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Giacofci" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10485252.2017.1406091" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587360v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Michaelsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff E. Mold" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btx571" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350783v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Reynaud-Bouret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Roquain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biomet/asy044" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02347985v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Muyle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklaus Zemp" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fruchard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radim Cegan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vr&#225;na" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0221-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01097914v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ivanoff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02016384v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bonafede" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Robin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Viroli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/biom.12458" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-19ZVXBVQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352586v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lopez-Maestre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Brinza" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Bastien" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw655" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067903v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Viallon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger H&#246;fling" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-014-9497-6" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02053627v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Muyle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zemp" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mousset" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evw172" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995097v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Cadoret" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Audit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Arneodo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A. Alberti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004282" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045117v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Modolo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lerat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu026" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045097v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045124v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dray" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.12208" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190665v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mestre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Domonkos" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingeborg Auer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00782458v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1541-0420.2012.01828.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-18SRBLZ3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965711v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Daubin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bts098" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001452v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lebarbier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Budinska" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Robin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2010.09.015" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S91WL8TF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698143v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schbath" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chiquet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02297662v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Picard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Perri&#232;re" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00828880v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Brunoud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Farcot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde van Den Daele" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/msb.2011.39" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019859v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Thiam" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biostatistics/kxq076" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539318v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zanghi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Miele" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ambroise" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/10-AOAS359" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539440v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. van de Wiel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N. van Wieringen" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ylstra" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbq004" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391483v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cottret" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Daudin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658961v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques J.-J. Daudin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-10-S6-S17" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428390v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197499v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Daudin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koskas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cmb.2007.0137" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428180v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Daudin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197587v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-007-9046-7" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428157v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koskas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434826v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434865v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guedj" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Della-Chiesa" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Nuel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197574v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1541-0420.2006.00729.x" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F62C7EAA0EEC5CFDD937CB06A9349C860F16ED1A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427994v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lubrano-Berthelier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubern" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lacorte" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shapiro" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427936v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lacroix" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mariadassou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222433v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lavielle" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vaisse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-6-27" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427759v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Govaerts" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Srinivasan" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427846v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lavielle" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vaisse" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427559v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Santiago" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427443v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cavazos" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Stunff" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894520v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Michel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ee20578ebd77d440f1ca47c234502063c52e587a;origin=https://github.com/LMJL-Alea/kAOV;visit=swh:1:snp:a7756669c2a42e4c3998be658e10efa5a25f112c;anchor=swh:1:rev:65d99ffcb8629b2eb799cdfae4a4a64bd28517e5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894590v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Panaretos" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:89086991867b92ca6d6a574d5ea1856712a60a7f;origin=https://github.com/franckpicard/pppca;visit=swh:1:snp:0ae32effe07f6eb36867b116c91e3b99cbb00acd;anchor=swh:1:rev:9c55bf54091eb823b3f21517728f7abb2e01cc46" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547380v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:669af0c58f89c04be2532e6591eed64de4f4a320;origin=https://github.com/LMJL-Alea/ktest;visit=swh:1:snp:b02da5de23e7a33c50c8159f022c2022426c8d88;anchor=swh:1:rev:54eeffaede8e15bbdef81e5367a691931d6b8171" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911084v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:c29f3adcd2cc47cd87dd7f158263bb4d72d101e1;origin=https://gitbio.ens-lyon.fr/LBMC/sbdm/scan10/;visit=swh:1:snp:c9664cb77fa2b68ce8ec656b4fca2cb6dd6b7e82;anchor=swh:1:rev:9b8ee5962601319e3c753d8ee59c231c94a484b6" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740986v2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747959v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932439v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03413289v2" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coutard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Amra" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bacroix" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barone" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02490340v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851376v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00813281v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548776v3" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues van Assel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Espinasse" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962030v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742012v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09042-9_18" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987676v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197573v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Budinska" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00831786v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gu&#233;don" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Legrand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494861v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197546v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751255v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197515v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360199v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Ferro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doumic" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duchemin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070186v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071444v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Celeux" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00116025v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>