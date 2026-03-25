--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -471,382 +471,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production of Nitrogen Dioxide, NO2 – , Anion from Dissociative Electron Attachment to Nitromethane below 1 eV and Its Temperature Dependence: Direct vs Dipole Bound Mediated Processes</w:t>
+                <w:t xml:space="preserve">Novel Approach for Predicting Vertical Electron Attachment Energies in Bulk-Solvated Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
+                <w:t xml:space="preserve">Matheus Kiataki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Thiam</w:t>
+                <w:t xml:space="preserve">Márcio Varella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaline Coutinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.4c02602⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (11), pp.4893-4900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753094v1</w:t>
+                <w:t xml:space="preserve">hal-04606247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Energy (&lt;10 eV) Electron Collision with Benzonitrile‐CCl4 Admixture: A Combined Theoretical and Experimental Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 (16), pp.e202400287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cphc.202400287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Approach for Predicting Vertical Electron Attachment Energies in Bulk-Solvated Molecules</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Production of Nitrogen Dioxide, NO2 – , Anion from Dissociative Electron Attachment to Nitromethane below 1 eV and Its Temperature Dependence: Direct vs Dipole Bound Mediated Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaline Coutinho</w:t>
+                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 20 (11), pp.4893-4900. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (41), pp.10329-10333. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.4c02602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04606247v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights into the C-Cl Bond Breaking in Epichlorohydrin Induced by Low Energy (&lt;10 eV) Electrons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisa Castel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -900,482 +900,482 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an external electric field on the electronic properties and optical excitations of germanane and silicane monolayers</w:t>
+                <w:t xml:space="preserve">Size Effect in Correlation-Driven Charge Migration in Correlation Bands of Alkyne Chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Zaabar</w:t>
+                <w:t xml:space="preserve">Enguerran Belles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Mahrouche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">K Rezouali</w:t>
+                <w:t xml:space="preserve">Alexander Kuleff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Despré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-648X/acbe25⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 128 (1), pp.163-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.3c06776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061557v1</w:t>
+                <w:t xml:space="preserve">hal-04641890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size Effect in Correlation-Driven Charge Migration in Correlation Bands of Alkyne Chains</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of an external electric field on the electronic properties and optical excitations of germanane and silicane monolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Zaabar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Mahrouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Mahtout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enguerran Belles</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+                <w:t xml:space="preserve">F Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexander Kuleff</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Victor Despré</w:t>
+                <w:t xml:space="preserve">K Rezouali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 128 (1), pp.163-169. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (17), pp.175502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.3c06776⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-648X/acbe25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04641890v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Accurately Can DFT Describe Non-valence Anions?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Thiam</w:t>
+                <w:t xml:space="preserve">Experimental and Theoretical Investigations of the Fragmentation of Ethylenediamine Induced by Low-Energy (&amp;lt;10 eV) Electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Lys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Gipouloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00099⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (1), pp.191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules29010191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04156373v1</w:t>
+                <w:t xml:space="preserve">hal-04367571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Theoretical Investigations of the Fragmentation of Ethylenediamine Induced by Low-Energy (&amp;lt;10 eV) Electrons</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Gipouloux</w:t>
+                <w:t xml:space="preserve">How Accurately Can DFT Describe Non-valence Anions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (1), pp.191. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (10), pp.2842-2849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules29010191⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04367571v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorus, cobalt‐phosphorus, and nickel‐phosphorus clusters: Growth behavior, electronic, and magnetic properties</w:t>
               </w:r>
@@ -1491,64 +1491,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemistry in Acetonitrile–Water Films Induced by Slow (&amp;lt;15 eV) Electrons: Application to the Earth and Space Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1749,278 +1749,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03656554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Selective Decomposition of Organometallic Compounds by Slow Electrons: The Case of Chloro(dimethyl sulfide)gold(I)</w:t>
+                <w:t xml:space="preserve">Experimental and Theoretical Studies of Dissociative Electron Attachment to Metabolites Oxaloacetic and Citric Acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulina Wierzbicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Tulwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Thiam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilko Bald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09988⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (14), pp.7676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22147676⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03148189v1</w:t>
+                <w:t xml:space="preserve">hal-03323228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Theoretical Studies of Dissociative Electron Attachment to Metabolites Oxaloacetic and Citric Acids</w:t>
+                <w:t xml:space="preserve">Energy-Selective Decomposition of Organometallic Compounds by Slow Electrons: The Case of Chloro(dimethyl sulfide)gold(I)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulina Wierzbicka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (14), pp.7676. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (4), pp.966-972. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22147676⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.0c09988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03323228v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fragmentation of Nickel(II) and Cobalt(II) Bis(acetylacetonate) Complexes Induced by Slow (&amp;lt;10 eV) Electrons</w:t>
               </w:r>
@@ -2032,51 +2032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 60 (11), pp.8154-8163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2214,51 +2214,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Basis-Set (TD-)DFT Methods for Predicting Electron Attachment Energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thiam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2299,352 +2299,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03418629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposition of Carbon Tetrachloride on Gold Surfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Mignon</w:t>
+                <w:t xml:space="preserve">Interaction of Slow Electrons with Thermally Evaporated Manganese(II) Acetylacetonate Complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c04492⟩</w:t>
+              <w:t xml:space="preserve">J.Phys.Chem.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (11), pp.2186-2192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.9b10119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02955776v1</w:t>
+                <w:t xml:space="preserve">hal-02536182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of Slow Electrons with Thermally Evaporated Manganese(II) Acetylacetonate Complexes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Janina Kopyra</w:t>
+                <w:t xml:space="preserve">Oxidation-Induced Surface Plasmon Band Fragmentation in Silver Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Schira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.Phys.Chem.A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 124 (11), pp.2186-2192. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (1), pp.968-975. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.9b10119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536182v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02455966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation-Induced Surface Plasmon Band Fragmentation in Silver Clusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decomposition of Carbon Tetrachloride on Gold Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Thiam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Charlieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Schira</w:t>
+                <w:t xml:space="preserve">Pierre Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 124 (1), pp.968-975. </w:t>
+              <w:t xml:space="preserve">, 2020, 124 (38), pp.20874-20880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.9b10898⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c04492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455966v1</w:t>
+                <w:t xml:space="preserve">hal-02955776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of palladium and platinum doping on the structure, stability and optical properties of germanium clusters: DFT study of PdGen and PtGen (n = 1–20) clusters</w:t>
               </w:r>
@@ -2760,51 +2760,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">J.Chem.Phys.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 153 (12), pp.124302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2998,51 +2998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 59 (17), pp.12788-12792. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3070,252 +3070,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Desorption of Ethylene after Dimethyl Sulfide Reaction on Cold Gold Surface</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis, molecular structure analyses and DFT studies on new asymmetrical azines based Schiff bases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Yahyaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bouchama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Anak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Chiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Djedouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J.Phys.Chem.C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b11311⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1177, pp.69-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2018.09.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01998998v1</w:t>
+                <w:t xml:space="preserve">hal-02285874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, molecular structure analyses and DFT studies on new asymmetrical azines based Schiff bases</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selective Desorption of Ethylene after Dimethyl Sulfide Reaction on Cold Gold Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Abdoul-Carime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 1177, pp.69-77. </w:t>
+              <w:t xml:space="preserve">J.Phys.Chem.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (3), pp.1874-1879. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2018.09.039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.8b11311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02285874v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01998998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure, stability, and electronic properties of niobium-germanium and tantalum-germanium clusters</w:t>
               </w:r>
@@ -3405,51 +3405,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localized Surface Plasmon Resonance in Free Silver Nanoclusters Ag n , n = 20–147</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Schira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3624,278 +3624,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02346045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth Behavior and Electronic Structure of Noble Metal-Doped Germanium Clusters</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Siouani</w:t>
+                <w:t xml:space="preserve">Interaction of gas phase copper(II) acetylacetonate with slow electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janina Kopyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 122, pp.662-677. </w:t>
+              <w:t xml:space="preserve">Phys.Chem.Chem.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (11), pp.7746-7753. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b09887⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c7cp08149a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02290276v1</w:t>
+                <w:t xml:space="preserve">hal-01867280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of gas phase copper(II) acetylacetonate with slow electrons</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Janina Kopyra</w:t>
+                <w:t xml:space="preserve">Growth Behavior and Electronic Structure of Noble Metal-Doped Germanium Clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mahtout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Siouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hassan Abdoul-Carime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Chem.Chem.Phys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (11), pp.7746-7753. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122, pp.662-677. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c7cp08149a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.7b09887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01867280v1</w:t>
+                <w:t xml:space="preserve">hal-02290276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical properties of size selected neutral Ag clusters: electronic shell structures and the surface plasmon resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chongqi Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Schira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harald Brune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5231,498 +5231,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02043018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A DFT study of the chemical and optical properties of 7-atom Ag–X [X = Li, Na] nanoalloys for potential applications in opto-electronics and catalysis</w:t>
+                <w:t xml:space="preserve">Oxidation-Induced Surface Roughening of Aluminum Nanoparticles Formed in an Ablation Plume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaikat Debnath</w:t>
+                <w:t xml:space="preserve">Georg Daniel Förster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suhana Mohd Said</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+                <w:t xml:space="preserve">Marie Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhijit Chatterjee</w:t>
+                <w:t xml:space="preserve">Jérôme Menneveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muhammad Faris Roslan</w:t>
+                <w:t xml:space="preserve">Luc Lavisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Jouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c5ra12428j⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (24), pp.246101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.246101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02308300v1</w:t>
+                <w:t xml:space="preserve">hal-01244599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between Raman shift and thermal expansion in graphene: temperature-dependent measurements and analysis of substrate corrections</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A DFT study of the chemical and optical properties of 7-atom Ag–X [X = Li, Na] nanoalloys for potential applications in opto-electronics and catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Magnin</w:t>
+                <w:t xml:space="preserve">Shaikat Debnath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Poinsot</w:t>
+                <w:t xml:space="preserve">Suhana Mohd Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Boisron</w:t>
+                <w:t xml:space="preserve">Abhijit Chatterjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Förster</w:t>
+                <w:t xml:space="preserve">Muhammad Faris Roslan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 91 (7), pp.075426. </w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (119), pp.98583-98592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.91.075426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c5ra12428j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01734836v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation-Induced Surface Roughening of Aluminum Nanoparticles Formed in an Ablation Plume</w:t>
+                <w:t xml:space="preserve">Interplay between Raman shift and thermal expansion in graphene: temperature-dependent measurements and analysis of substrate corrections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georg Daniel Förster</w:t>
+                <w:t xml:space="preserve">S. Linas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Girault</w:t>
+                <w:t xml:space="preserve">Y. Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Menneveux</w:t>
+                <w:t xml:space="preserve">B. Poinsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Lavisse</w:t>
+                <w:t xml:space="preserve">O. Boisron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Jouvard</w:t>
+                <w:t xml:space="preserve">D. Förster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 115 (24), pp.246101. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 91 (7), pp.075426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.115.246101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.91.075426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01244599v1</w:t>
+                <w:t xml:space="preserve">hal-01734836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al–X and Cu–X [X = Li, Na] nano-alloys: a low cost alternative to silver and gold nanoparticles for plasmonic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaikat Debnath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suhana Mohd Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhijit Chatterjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Mamunur Rashid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5767,282 +5767,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02308279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absorption spectra of alkali-C-60 nanoclusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-dependent density functional study of UV-visible absorption spectra of small noble metal clusters (Cu-n, Ag-n, Au-n, n=2-9, 20)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Anak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bencharif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4cp03352c⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, pp.13001-13011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3ra47244b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309839v1</w:t>
+                <w:t xml:space="preserve">hal-02313480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal expansion of free-standing graphene: benchmarking semi-empirical potentials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Absorption spectra of alkali-C-60 nanoclusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/18/185401⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16, pp.22399-22408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4cp03352c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042975v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective embedded-atom potential for metallic adsorbates on crystalline surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Förster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Magnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6066,161 +6036,191 @@
               <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22 (3), pp.035015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0965-0393/22/3/035015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02042961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-dependent density functional study of UV-visible absorption spectra of small noble metal clusters (Cu-n, Ag-n, Au-n, n=2-9, 20)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Anak</w:t>
+                <w:t xml:space="preserve">Thermal expansion of free-standing graphene: benchmarking semi-empirical potentials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Magnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Förster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bencharif</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Zappelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 4, pp.13001-13011. </w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (18), pp.185401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3ra47244b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/26/18/185401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02313480v1</w:t>
+                <w:t xml:space="preserve">hal-02042975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description of plasmon-like band in silver clusters: The importance of the long-range Hartree-Fock exchange in time-dependent density-functional theory simulations</w:t>
               </w:r>
@@ -6717,454 +6717,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic and geometric properties of exohedral potassium-fullerenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+                <w:t xml:space="preserve">Optical response of silver nanoclusters complexed with aromatic thiol molecules: a time-dependent density functional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Harb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comptc.2010.12.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 44 (3), pp.035101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-4075/44/3/035101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510433v1</w:t>
+                <w:t xml:space="preserve">hal-03510444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical response of silver nanoclusters complexed with aromatic thiol molecules: a time-dependent density functional study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D Simon</w:t>
+                <w:t xml:space="preserve">Electronic and geometric properties of exohedral potassium-fullerenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics B: Atomic, Molecular and Optical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 964 (1-3), pp.213-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comptc.2010.12.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-4075/44/3/035101⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03510444v1</w:t>
+                <w:t xml:space="preserve">hal-03510433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural, electronic, magnetic and optical properties of icosahedral silver–nickel nanoclusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">UV−Visible Absorption Spectra of Small Platinum Carbonyl Complexes and Particles: A Density Functional Theory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moussab Harb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Simon</w:t>
+                <w:t xml:space="preserve">Hameth Ndome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Archirel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/B912971E⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 114 (23), pp.6451-6462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp912117q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510467v1</w:t>
+                <w:t xml:space="preserve">hal-03510462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UV−Visible Absorption Spectra of Small Platinum Carbonyl Complexes and Particles: A Density Functional Theory Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structural, electronic, magnetic and optical properties of icosahedral silver–nickel nanoclusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moussab Harb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hameth Ndome</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Archirel</w:t>
+                <w:t xml:space="preserve">Daniel Simon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (16), pp.4246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B912971E⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp912117q⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510462v1</w:t>
+                <w:t xml:space="preserve">hal-03510467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Water Clusters on Cationic Carbonaceous Seeds</w:t>
               </w:r>
@@ -7560,235 +7560,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adiabatic electron affinities of (AgF)n clusters: Experiment and DFT calculations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+                <w:t xml:space="preserve">Ab initio investigation of structures and properties of mixed silicon-potassium Si n K p and Si n K p + ( n ⩽ 6, p ⩽ 2) clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Bonhomme</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Labastie</w:t>
+                <w:t xml:space="preserve">C. Sporea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2008.02.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Computational Methods in Sciences and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 7 (3-4), pp.273-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JCM-2007-73-408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00945895v1</w:t>
+                <w:t xml:space="preserve">hal-03510520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio investigation of structures and properties of mixed silicon-potassium Si n K p and Si n K p + ( n ⩽ 6, p ⩽ 2) clusters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Rabilloud</w:t>
+                <w:t xml:space="preserve">Adiabatic electron affinities of (AgF)n clusters: Experiment and DFT calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc L'Hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Sporea</w:t>
+                <w:t xml:space="preserve">Pierre Labastie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Methods in Sciences and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 7 (3-4), pp.273-286. </w:t>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 454 (4-6), pp.153-157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JCM-2007-73-408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2008.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510520v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00945895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical absorption of small silver clusters: Agn, (n=4–22)</w:t>
               </w:r>
@@ -7902,289 +7902,289 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03510494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric dipoles and susceptibilities of alkali clusters/fullerene complexes: Experiments and simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+                <w:t xml:space="preserve">Charge transfers in mixed silicon–alkali clusters and dipole moments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Sporea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Antoine</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Aubert-Frécon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp071126m⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure: THEOCHEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 802 (1-3), pp.85-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.theochem.2006.09.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00976844v1</w:t>
+                <w:t xml:space="preserve">hal-03510532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge transfers in mixed silicon–alkali clusters and dipole moments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Rabilloud</w:t>
+                <w:t xml:space="preserve">Electric dipoles and susceptibilities of alkali clusters/fullerene complexes: Experiments and simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Broyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Compagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aubert-Frécon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Dugourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure: THEOCHEM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 802 (1-3), pp.85-90. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 111 (48), pp.17795-17803. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.theochem.2006.09.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp071126m⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510532v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-dependent density functional study of absorption spectra of small bimetallic silver–nickel clusters</w:t>
               </w:r>
@@ -8402,51 +8402,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of alkali-encapsulating silicon cage clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sporea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8545,51 +8545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Korek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aubert-Frécon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 322 (3), pp.298 - 302. </w:t>
@@ -8627,51 +8627,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical Study of Mixed Silicon−Lithium Clusters Si n Li p (+) ( n = 1−6, p = 1−2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sporea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8679,51 +8679,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aubert-Frécon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 110 (18), pp.6032 - 6038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8769,51 +8769,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ab initio Study of Neutral and Charged Si n Na p (+) ( n ≤ 6, p ≤ 2) Clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sporea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9028,51 +9028,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdul-Rahman Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rayane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 405 (4-6), pp.422-424. </w:t>
@@ -9161,64 +9161,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Rayane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. R. Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aubert-Frécon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 107 (51), pp.11347-11353. </w:t>
@@ -9262,269 +9262,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00152663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-ionization cross-sections of small ionic carbon clusters by particle impact as a tool to investigate their shapes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ab initio study of silver bromide Ag[sub n]Br[sub p][sup (+)] clusters (n≤6,p=n,n−1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rabilloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Chabot</w:t>
+                <w:t xml:space="preserve">F. Spiegelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Fosse</w:t>
+                <w:t xml:space="preserve">J. L’hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Wohrer</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. Labastie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 114 (1), pp.289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.1328396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00008950v1</w:t>
+                <w:t xml:space="preserve">hal-03510619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio study of silver bromide Ag[sub n]Br[sub p][sup (+)] clusters (n≤6,p=n,n−1)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Rabilloud</w:t>
+                <w:t xml:space="preserve">Multi-ionization cross-sections of small ionic carbon clusters by particle impact as a tool to investigate their shapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Spiegelman</w:t>
+                <w:t xml:space="preserve">R. Fosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. L’hermite</w:t>
+                <w:t xml:space="preserve">K. Wohrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Labastie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Gardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 14, pp.5-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510619v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00008950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron-impact detachment and dissociation of C4− ions</w:t>
               </w:r>
@@ -9644,90 +9644,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metastable fragmentation of silver bromide clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc L'Hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marcou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labastie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 14 (3), pp.323-330. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9773,90 +9773,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for trimers evaporation in silver bromide clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc L'Hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labastie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Spiegelman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 16 (1), pp.77-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9941,51 +9941,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Marcou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Labastie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 71 (5), pp.2033-2037. </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10491,64 +10491,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Rabilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Le Padellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labastie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc L'Hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiegelman F.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10779,51 +10779,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="57188517"/>
+    <w:nsid w:val="F13228FE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11010,51 +11010,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-rabilloud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5011-3949" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131844709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-4254-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967280v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Loffreda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacaze-Dufaure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rabilloud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2025.102662" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280366v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guiot Du Doignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajarshi Sinha-Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Despr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC02374B" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753094v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Abdoul-Carime" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thiam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.4c02602" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753085v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdoul-Carime" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400287" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606247v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Kiataki" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Varella" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaline Coutinho" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00256" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855194v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Castel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29246051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061557v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zaabar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mahrouche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mahtout" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rabilloud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Rezouali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/acbe25" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641890v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Belles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuleff" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c06776" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156373v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00099" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367571v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lys" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gipouloux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29010191" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280612v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roumili" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahtout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baddari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasmi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabilloud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.27189" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620854v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Kopyra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656554v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bulteau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c03870" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148189v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Wierzbicka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09988" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323228v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tulwin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilko Bald" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147676" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281474v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c00795" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Lasmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Mahtout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-020-05124-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418629v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c02980" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955776v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c04492" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536182v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b10119" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455966v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schira" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10898" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634488v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lasmi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2020.112830" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopyra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023716" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Marir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toma Nardjes Mouas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barkahem Anak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Djedouani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128353" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941349v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01842" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998998v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b11311" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285874v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yahyaoui" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouchama" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Anak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djedouani" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2018.09.039" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285869v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Siouani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-019-3988-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346036v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b00211" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346045v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Boulemche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Touzani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2018.10.078" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290276v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b09887" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867280v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp08149a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031060v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongqi Yu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Brune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd von Isserdoff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR04861D" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289870v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10388" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01784859v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Christian Weissker" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fern&#225;ndez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b00254" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317599v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samra Rahmouni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tabti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Bendaas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2017.07.032" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226757v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Rabilloud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653130v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amatousse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2017.10.010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b00881" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289460v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezouali" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Belkhir" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.05.016" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303908v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Djebli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Bencharif" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.02.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308147v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bousquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cherif" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunqiang Huang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp512209p" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043013v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F&#246;rster" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calvo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.245433" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043018v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.165425" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308300v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaikat Debnath" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhana Mohd Said" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijit Chatterjee" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Faris Roslan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra12428j" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734836v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Linas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Magnin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poinsot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boisron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F&#246;rster" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.075426" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244599v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Girault" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Menneveux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lavisse" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouvard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.246101" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308279v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mamunur Rashid" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra10135b" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309839v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03352c" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042975v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Magnin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F&#246;rster" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zappelli" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/18/185401" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042961v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/22/3/035015" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02313480v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bencharif" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra47244b" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309832v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897260" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030676v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3124154" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233571v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30448-x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-827HD6VG-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238617v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabilloud Franck" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mathian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-012-0444-4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q5C1Q79H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238598v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300756h" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510423v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.23044" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H0RC22N0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510433v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2010.12.023" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510444v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Harb" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Simon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/3/035101" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BCE1B0AB2042055CEA0E5DF1E39F1552CC2AEA4F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510467v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Harb" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Simon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B912971E" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N4MGZS71-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510462v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hameth Ndome" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Archirel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp912117q" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510450v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hern&#225;ndez-Rojas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bret&#243;n" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomez Llorente" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp101584n" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510455v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp103124w" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510475v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Simon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2009.06.042" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510472v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3257900" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945895v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bonhomme" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L'Hermite" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labastie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2008.02.003" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510520v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sporea" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JCM-2007-73-408" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510494v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rydlo" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecoultre" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3013557" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976844v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antoine" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broyer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Compagnon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp071126m" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WT7T5C4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510532v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert-Fr&#233;con" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2006.09.019" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1RS0QB2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517914v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2007.10.030" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J048DPMJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510515v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp072207l" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FWRL1M5C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510500v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2790018" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674054v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jraij" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Korek" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2005.09.033" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674053v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cosson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0567927" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2P0189T7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674058v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;con" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp055014b" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SNTSMFRQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510534v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1867434" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143854v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert-Frecon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rayane" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2005.02.071" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KWTVR3Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152663v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Allouche" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp035403a" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D2B081TC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008950v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabot" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fosse" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wohrer" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gardes" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maynard" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510619v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Spiegelman" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#8217;hermite" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labastie" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1328396" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510594v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Padellec" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pegg" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Neau" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hellberg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1421068" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510617v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530170199" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3QG6BCBK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510610v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530170064" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98C6F7055E150CBFF32795815A9CA23BD81C1AAA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510627v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. L&#8217;hermite" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1150573" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510633v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Spiegelmann" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heully" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.480237" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990226v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cottancin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pellarin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510644v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510544v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andersson" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hanstorp" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-0083-4_41" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAB0DCD9C290D85F30653532979567442A87B5C9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510591v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Padellec" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiegelman F." TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00006320v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-rabilloud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5011-3949" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/131844709" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-4254-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967280v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Loffreda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lacaze-Dufaure" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Rabilloud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Fajerwerg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nantod.2025.102662" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280366v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guiot Du Doignon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajarshi Sinha-Roy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Despr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC02374B" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606247v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Kiataki" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;rcio Varella" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaline Coutinho" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00256" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753085v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Abdoul-Carime" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thiam" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202400287" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753094v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Abdoul-Carime" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.4c02602" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855194v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa Castel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29246051" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641890v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerran Belles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kuleff" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c06776" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061557v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Zaabar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mahrouche" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mahtout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rabilloud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Rezouali" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/acbe25" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04367571v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Lys" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Gipouloux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29010191" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156373v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00099" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280612v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roumili" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mahtout" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Baddari" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasmi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rabilloud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.27189" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620854v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janina Kopyra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.2c00024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656554v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bulteau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c03870" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323228v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulina Wierzbicka" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Tulwin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilko Bald" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22147676" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148189v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.0c09988" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281474v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c00795" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Lasmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Mahtout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11051-020-05124-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418629v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.1c02980" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536182v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.9b10119" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455966v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Schira" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b10898" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955776v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c04492" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02634488v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Lasmi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2020.112830" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955777v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kopyra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0023716" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869449v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Marir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toma Nardjes Mouas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barkahem Anak" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Djedouani" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2020.128353" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941349v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01842" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285874v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yahyaoui" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouchama" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Anak" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chiter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Djedouani" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2018.09.039" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01998998v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b11311" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02285869v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Siouani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-019-3988-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346036v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b00211" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346045v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakima Boulemche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Touzani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fran&#231;ois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2018.10.078" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867280v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7cp08149a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02290276v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b09887" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031060v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chongqi Yu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Brune" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd von Isserdoff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NR04861D" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289870v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b10388" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01784859v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Garc&#237;a-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Christian Weissker" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Fern&#225;ndez-Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.7b00254" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02317599v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samra Rahmouni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Tabti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Bendaas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2017.07.032" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226757v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Rabilloud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653130v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amatousse" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2017.10.010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02295188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Safer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.7b00881" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02289460v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezouali" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Belkhir" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.05.016" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02303908v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Djebli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustafa Bencharif" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2016.02.001" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02308147v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bousquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Cherif" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunqiang Huang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp512209p" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043013v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F&#246;rster" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calvo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.245433" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043018v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.92.165425" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244599v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Daniel F&#246;rster" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Girault" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Menneveux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lavisse" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouvard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.246101" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308300v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaikat Debnath" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhana Mohd Said" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhijit Chatterjee" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Faris Roslan" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra12428j" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734836v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Linas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Magnin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Poinsot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boisron" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. F&#246;rster" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.91.075426" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308279v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mamunur Rashid" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5ra10135b" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02313480v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bencharif" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ra47244b" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309839v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp03352c" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042961v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G F&#246;rster" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Magnin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0965-0393/22/3/035015" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042975v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zappelli" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/26/18/185401" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02309832v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4897260" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030676v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3124154" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233571v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30448-x" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-827HD6VG-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238617v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabilloud Franck" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mathian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10876-012-0444-4" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Q5C1Q79H-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238598v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp300756h" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510423v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.23044" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H0RC22N0-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510444v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Harb" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Simon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/3/035101" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BCE1B0AB2042055CEA0E5DF1E39F1552CC2AEA4F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510433v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2010.12.023" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510462v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Harb" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hameth Ndome" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Archirel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp912117q" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510467v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Simon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B912971E" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-N4MGZS71-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510450v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hern&#225;ndez-Rojas" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bret&#243;n" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomez Llorente" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp101584n" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510455v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp103124w" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510475v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harb" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Simon" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2009.06.042" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510472v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3257900" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510520v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sporea" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JCM-2007-73-408" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945895v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bonhomme" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc L'Hermite" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labastie" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2008.02.003" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510494v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rydlo" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lecoultre" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3013557" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510532v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert-Fr&#233;con" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.theochem.2006.09.019" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X1RS0QB2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976844v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Antoine" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Broyer" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Compagnon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dugourd" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp071126m" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-1WT7T5C4-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517914v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2007.10.030" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J048DPMJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510515v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp072207l" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FWRL1M5C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510500v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2790018" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674054v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jraij" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdul-Rahman Allouche" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Korek" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2005.09.033" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674053v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cosson" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0567927" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-2P0189T7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674058v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;con" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp055014b" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SNTSMFRQ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510534v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1867434" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143854v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert-Frecon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rayane" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2005.02.071" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KWTVR3Q-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00152663v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Allouche" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp035403a" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D2B081TC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510619v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Spiegelman" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#8217;hermite" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labastie" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1328396" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00008950v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chabot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Fosse" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wohrer" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gardes" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maynard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510594v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Padellec" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pegg" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Neau" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hellberg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1421068" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510617v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marcou" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530170199" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3QG6BCBK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510610v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100530170064" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/98C6F7055E150CBFF32795815A9CA23BD81C1AAA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510627v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. L&#8217;hermite" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1150573" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510633v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Spiegelmann" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Heully" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.480237" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990226v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cottancin" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pellarin" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510644v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510544v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Andersson" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hanstorp" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-0083-4_41" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAB0DCD9C290D85F30653532979567442A87B5C9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510591v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Padellec" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiegelman F." TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00006320v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>