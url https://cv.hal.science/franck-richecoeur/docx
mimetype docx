--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -100,360 +100,360 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of air preheating temperature on the dynamic behaviour of a swirled spray flame</w:t>
+                <w:t xml:space="preserve">Intermittency of Flame Structure and Thermo-Acoustic Behavior in a Staged Multipoint Injector Using Liquid Fuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Méry</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Cayre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105383. </w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105383⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4063638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727356v1</w:t>
+                <w:t xml:space="preserve">hal-04446435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intermittency of Flame Structure and Thermo-Acoustic Behavior in a Staged Multipoint Injector Using Liquid Fuel</w:t>
+                <w:t xml:space="preserve">Effect of air preheating temperature on the dynamic behaviour of a swirled spray flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Cayre</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yoann Méry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146 (3), </w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105383. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4063638⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105383⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04446435v1</w:t>
+                <w:t xml:space="preserve">hal-04727356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of the PTV method for droplets evaporating in vicinity of a flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experiments in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 63, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
@@ -526,51 +526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Pieyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vervisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -656,51 +656,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Scouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -790,51 +790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1041,51 +1041,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Ninth Mediterranean Combustion Symposium, 188 (4-5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1145,51 +1145,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taraneh Sayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter J. Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Durox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1275,51 +1275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Le Chenadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1417,51 +1417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Chenadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1502,433 +1502,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00918174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical and experimental investigations of gas turbine model combustor acoustics operated at atmospheric pressure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Reconstruction of heat release rate disturbances based on transmission of ultrasounds: Experiments and modeling for perturbed flames</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingxuan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 341, pp.141-151. </w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 160 (9), pp.1779-1788. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crme.2012.11.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2013.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00780825v1</w:t>
+                <w:t xml:space="preserve">hal-00825507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermoacoustic Shape Optimization of a Subsonic Nozzle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Huet</w:t>
+                <w:t xml:space="preserve">Analytical and experimental investigations of gas turbine model combustor acoustics operated at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Clero</w:t>
+                <w:t xml:space="preserve">Ammar Lamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ducruix</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 135 (10), pp.102601. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 341, pp.141-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.4025038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crme.2012.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01122682v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of heat release rate disturbances based on transmission of ultrasounds: Experiments and modeling for perturbed flames</w:t>
+                <w:t xml:space="preserve">Thermoacoustic Shape Optimization of a Subsonic Nozzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jingxuan Li</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Alexis Giauque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Clero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ducruix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2013.03.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering for Gas Turbines and Power</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 135 (10), pp.102601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4025038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00825507v1</w:t>
+                <w:t xml:space="preserve">hal-01122682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of Heat Release Rate Disturbances in Unconfined Flames Based on Fluctuations in the Travel Time of Ultrasonic Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingxuan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1975,77 +1975,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A methodology for on the fly acoustic characterization of the feeding line impedances in a turbulent swirled combustor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Lamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2105,51 +2105,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion for aerospace propulsion. Forward</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Candel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 337, pp.315-317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2174,51 +2174,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of temperature fluctuations on high frequency acoustic coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2303,51 +2303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental investigation of high-frequency combustion instabilities in liquid rocket engine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ducruix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2432,51 +2432,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Frequency Transverse Acoustic Coupling in a Multiple Injector Cryogenic Combustor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Scouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2549,51 +2549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of flame stabilization in low Reynolds and Dean number flows in curved mesoscale ducts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kyritsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2698,77 +2698,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Zimmer</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Méry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Turbo Expo 2025: Turbomachinery Technical Conference and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Memphis, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2815,51 +2815,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of fuel properties on the stabilization of a monodisperse spray flame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2910,77 +2910,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation d'une méthode de PTV pour les gouttes de combustible s'évaporant à proximité d'une flamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Parant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17 ème Congrès Francophone de Techniques Laser (CFTL 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3018,77 +3018,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison entre flot optique et corrélation croisée pour décrire la dynamique d'un système d'injection turbulent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17 ème Congrès Francophone de Techniques Laser (CFTL 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3139,77 +3139,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Truffot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Richecoeur</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cayre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17 ème Congrès Francophone de Techniques Laser (CFTL 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Louvain, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3273,64 +3273,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Ivaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th European Combustion Meeting (2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Naples (virtual), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3394,51 +3394,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Pieyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ribert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vervisch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3502,51 +3502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Pieyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takeshi Yokomori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3597,51 +3597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Mazur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Scouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Cunha Caldeira Mesquita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3744,51 +3744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenjie Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Scouflaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3861,51 +3861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Pieyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takeshi Yokomori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54th Symposium (Japanese) on Combustion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3924,252 +3924,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02369573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsteady position control of lean premixed flames in a narrow channel</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Experimental and analytical study of the acoustic properties of a gas turbine model combustor with a choked nozzle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Mazur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjie Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Scouflaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd Japanese Symposium on Combustion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Turbo Expo: Turbine Conference and Exposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montreal, Canada. pp.GT2015-43013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/GT2015-43013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01229028v1</w:t>
+                <w:t xml:space="preserve">hal-01863991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and analytical study of the acoustic properties of a gas turbine model combustor with a choked nozzle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Unsteady position control of lean premixed flames in a narrow channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Pieyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Darabiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo: Turbine Conference and Exposition</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">53rd Japanese Symposium on Combustion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Tsukuba, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863991v1</w:t>
+                <w:t xml:space="preserve">hal-01229028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a noise generator dedicated to direct and indirect combustion noise separation</w:t>
               </w:r>
@@ -4194,51 +4194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Combustion Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4263,103 +4263,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoacoustic shape optimization of a subsonic nozzle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Giauque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Clero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Turbo Expo: Turbine Conference and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, San Antonio, United States. pp.GT2013-94764, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4393,64 +4393,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un diagnostic acoustique pour la détermination des fluctuations du taux de dégagement de chaleur dans des flammes pulsées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingxuan Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4482,347 +4482,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03421326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of two dimensional LASER induced plasma spectroscopy to the measurement of local composition in gaseous flow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A methodology for on the fly acoustic characterization of the feeding lines impedances in a turbulent swirled combustor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Lamraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Schuller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Ducruix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th Int Symp on Applications of Laser Techniques to Fluid Mechanics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Turbo Expo 2010: Power for Land, Sea, and Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Glasgow, United Kingdom. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/gt2010-23403⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00493593v1</w:t>
+                <w:t xml:space="preserve">hal-00497756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de compositions locales par spectroscopie de plasma induit par laser</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application of two dimensional LASER induced plasma spectroscopy to the measurement of local composition in gaseous flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tapish Agarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Seiji Yoshida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Congrès Francophone de Techniques Laser</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Nancy, France. Papier n°36</w:t>
+              <w:t xml:space="preserve">15th Int Symp on Applications of Laser Techniques to Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Lisbon, Portugal. pp.1.4.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00497297v1</w:t>
+                <w:t xml:space="preserve">hal-00493593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology for on the fly acoustic characterization of the feeding lines impedances in a turbulent swirled combustor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesures de compositions locales par spectroscopie de plasma induit par laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Zimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tapish Agarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Ducruix</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seiji Yoshida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Turbo Expo 2010: Power for Land, Sea, and Air</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12ème Congrès Francophone de Techniques Laser</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Nancy, France. Papier n°36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00497756v1</w:t>
+                <w:t xml:space="preserve">hal-00497297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5060,51 +5060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Brunelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux de la transition écologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5168,77 +5168,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de fluctuations de richesse de flammes turbulentes prémélangées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Ducruix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L. Zimmer ed. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil des actes du 16e Congrès Francophone de Techniques Laser pour la Mécanique des Fluides,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire EM2C, CNRS, CentraleSupélec, Université Paris−Saclay,, pp 269−276., 2018, 979−10−699−2816−9</w:t>
@@ -5267,90 +5267,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DMD algorithms for experimental data processing in combustion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Richecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layal Hakim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zimmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceeding of the 2012 Summer Program</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Center for Turbulence Research, Stanford University, pp.459-468, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5407,64 +5407,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic reconstruction of the fuel and air feeding line impedances in a swirled burner during combustion instabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Lamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5508,64 +5508,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of acoustic boundary conditions on confined combustion noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Lamraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Schuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5641,51 +5641,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experiments and numerical simulations of interactions between transverse acoustic modes and cryogenic flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Richecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Electric power. Ecole Centrale Paris, 2006. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5881,51 +5881,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727356v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Truffot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richecoeur" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zimmer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann M&#233;ry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105383" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446435v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4063638" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364134v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Parant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03443-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125174v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bioche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pieyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vervisch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.02.020" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Mazur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scouflaire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducruix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-016-9745-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491836v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjie Tao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.01.012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369749v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vuillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2016.AL11-10" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312563v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1139374" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229053v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraneh Sayadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Schmid" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913868" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sayadi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Chenadec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmid" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.117" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6LZXTZ4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918174v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Chenadec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schmid" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780825v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Lamraoui" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.11.008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122682v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Giauque" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clero" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4025038" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825507v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingxuan Li" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.03.014" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2N7WZ5M-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692441v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2011.649323" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497242v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001987" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497366v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Candel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373107v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Candel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2008.05.068" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DCJXSQ1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducruix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scouflaire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2006.12.034" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTD8RJSK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184034v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M. Candel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.18539" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277879v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kyritsis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.015" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403291v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2025-153894" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036624v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Parant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Richecoeur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866890v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834691v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861736v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335144v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ivaldi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132356v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bioche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369585v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Yokomori" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863975v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Cunha Caldeira Mesquita" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Vi&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64597" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863986v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kings" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ducruix" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2016-57848" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369573v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229028v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Darabiha" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863991v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-43013" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864002v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863996v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2013-94764" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421326v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493593v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapish Agarwal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497297v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiji Yoshida" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497756v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2010-23403" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03461012v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lourtioz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Lecomte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laval-Szopa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Audouin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edp-open.org/books/edp-open-books/427-enjeux-de-la-transition-ecologique" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2661-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03483664v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bureau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brunelle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2662-9.c013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097663v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bossard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825509v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Hakim" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497725v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497722v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00345931v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446435v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Truffot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zimmer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Richecoeur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cayre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4063638" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727356v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann M&#233;ry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105383" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364134v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Parant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-022-03443-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125174v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bioche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Pieyre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ribert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vervisch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2019.02.020" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863807v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin J Lapeyre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Mazur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Scouflaire" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ducruix" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10494-016-9745-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491836v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjie Tao" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schuller" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Huet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2017.01.012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369749v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vuillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bertier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12762/2016.AL11-10" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01312563v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Tao" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2016.1139374" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229053v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taraneh Sayadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Schmid" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4913868" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011689v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sayadi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Chenadec" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schmid" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Massot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2014.06.117" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6LZXTZ4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918174v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Chenadec" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Schmid" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2014.357" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825507v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingxuan Li" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2013.03.014" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2N7WZ5M-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780825v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Lamraoui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2012.11.008" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122682v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Giauque" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4025038" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692441v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00102202.2011.649323" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497242v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001987" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497366v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Candel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373107v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Candel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2008.05.068" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DCJXSQ1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ducruix" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Scouflaire" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actaastro.2006.12.034" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTD8RJSK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184034v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M. Candel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.18539" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00277879v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kyritsis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2004.08.015" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403291v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2025-153894" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036624v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Parant" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Richecoeur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866890v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834691v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861736v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335144v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Ivaldi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132356v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Bioche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369585v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Yokomori" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863975v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Cunha Caldeira Mesquita" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Vi&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2017-64597" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863986v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kings" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Ducruix" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2016-57848" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369573v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863991v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/GT2015-43013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229028v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Darabiha" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864002v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863996v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2013-94764" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421326v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497756v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/gt2010-23403" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493593v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tapish Agarwal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497297v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seiji Yoshida" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03461012v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lourtioz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Lecomte" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laval-Szopa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Audouin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Baudry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edp-open.org/books/edp-open-books/427-enjeux-de-la-transition-ecologique" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2661-2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03483664v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Bureau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brunelle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/978-2-7598-2662-9.c013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097663v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Bossard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825509v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Hakim" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497725v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497722v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00345931v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>