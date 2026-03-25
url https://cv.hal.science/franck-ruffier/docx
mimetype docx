--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -66,1697 +66,1701 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (54)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AntFlie: Frugal Visual Teach and Repeat on Narrow FoV Micro-Drones</w:t>
+                <w:t xml:space="preserve">Robust Adaptive Control for Fully Actuated Hexa-Rotors Without Precise Knowledge of Rotor Poses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
+                <w:t xml:space="preserve">Alejandro Flore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamidou Diallo</w:t>
+                <w:t xml:space="preserve">Andres Montes de Oca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Wystrach</w:t>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LRA.2026.3667486⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/rnc.70418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05347280v2</w:t>
+                <w:t xml:space="preserve">hal-05543267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual collective behaviors on spherical robots</w:t>
+                <w:t xml:space="preserve">AntFlie: Frugal Visual Teach and Repeat on Narrow FoV Micro-Drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Castro</w:t>
+                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Eloy</w:t>
+                <w:t xml:space="preserve">Hamidou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/adaab9⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2026.3667486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775857v2</w:t>
+                <w:t xml:space="preserve">hal-05347280v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Route-Centric Ant-Inspired Memories Enable Panoramic Route-Following in a Car-like Robot</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">Visual collective behaviors on spherical robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-62327-3⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 20 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/adaab9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04820343v2</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775857v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Netting and Background Distinction with In-Flight Optic Flow</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+                <w:t xml:space="preserve">Route-Centric Ant-Inspired Memories Enable Panoramic Route-Following in a Car-like Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Gattaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Wystrach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 16 (1), pp.8328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-62327-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s42235-025-00677-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04966013v3</w:t>
+                <w:t xml:space="preserve">hal-04820343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guaranteed Self‐Triggered Control of Disturbed Systems: A Set Invariance Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Pouthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Dumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 35 (15), pp.6429-6443. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/rnc.8060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flying in air ducts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Netting and Background Distinction with In-Flight Optic Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Guénard</w:t>
+                <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladislav Tempez</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Romain Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44182-025-00032-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (3), pp.1143-1166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42235-025-00677-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775869v2</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966013v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling collective behaviors from optic flow and retinal cues</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Flying in air ducts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Guénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Tempez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.6.023016⟩</w:t>
+              <w:t xml:space="preserve">npj Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 3 (16), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44182-025-00032-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04569967v2</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775869v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronization of a New Light-Flashing Shield With an External-Triggered Camera</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling collective behaviors from optic flow and retinal cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Eloy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 7 (8), pp.6500104. </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (2), pp.023016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LSENS.2023.3300823⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.6.023016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04188530v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569967v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visual augmentation of deck-landing-ability improves helicopter ship landing decisions</w:t>
+                <w:t xml:space="preserve">Synchronization of a New Light-Flashing Shield With an External-Triggered Camera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Thomas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien R Serres</w:t>
+                <w:t xml:space="preserve">José de Jesus Castillo-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+                <w:t xml:space="preserve">Amaury Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine H P Morice</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marc Ingargiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Pouthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.5119. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7 (8), pp.6500104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-26770-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/LSENS.2023.3300823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04054227v1</w:t>
+                <w:t xml:space="preserve">hal-04188530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor and outdoor in-flight odometry based solely on optic flows with oscillatory trajectories</w:t>
+                <w:t xml:space="preserve">Visual augmentation of deck-landing-ability improves helicopter ship landing decisions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Bergantin</w:t>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Coquet</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine H P Morice</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Micro Air Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/17568293221148380⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.5119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-26770-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03931424v1</w:t>
+                <w:t xml:space="preserve">hal-04054227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floor and ceiling mirror configurations to study altitude control in honeybees</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Indoor and outdoor in-flight odometry based solely on optic flows with oscillatory trajectories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Morice</w:t>
+                <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Blary</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Montagne</w:t>
+                <w:t xml:space="preserve">C Coquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Dumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Nègre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2021.0534⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Micro Air Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17568293221148380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614115v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03931424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accommodating unobservability to control flight attitude with optic flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido C H E de Croon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J G Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guido C H E de Croon</w:t>
+                <w:t xml:space="preserve">Christophe de Wagter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien J G Dupeyroux</w:t>
+                <w:t xml:space="preserve">Abhishek Chatterjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana A Olejnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 610, pp.485 - 490. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-022-05182-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03821869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signal-Based Self-Organization of a Chain of UAVs for Subterranean Exploration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Floor and ceiling mirror configurations to study altitude control in honeybees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Morice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Laclau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+                <w:t xml:space="preserve">Constance Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrico Natalizio</w:t>
+                <w:t xml:space="preserve">Romain Miot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gilles Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Robotics and AI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8, </w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (3), 7 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/frobt.2021.614206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2021.0534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209269v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse deep predictive coding captures contour integration capabilities of the early visual system</w:t>
               </w:r>
@@ -1774,175 +1778,175 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Franciosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Chavane</w:t>
+                <w:t xml:space="preserve">Frederic Chavane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Perrinet</w:t>
+                <w:t xml:space="preserve">Laurent U Perrinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 17, </w:t>
+              <w:t xml:space="preserve">, 2021, 17 (1), pp.e1008629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441841v1</w:t>
+                <w:t xml:space="preserve">hal-03223069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscillations make a self-scaled model for honeybees' visual odometer reliable regardless of flight trajectory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Harbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2021,3921 +2025,3922 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelo Franciosini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Chavane</w:t>
+                <w:t xml:space="preserve">Frédéric Chavane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent U Perrinet</w:t>
+                <w:t xml:space="preserve">Laurent Perrinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 17 (1), pp.e1008629. </w:t>
+              <w:t xml:space="preserve">, 2021, 17, </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03223069v1</w:t>
+                <w:t xml:space="preserve">hal-03441841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method of reconstructing the wingbeat movement from the body pitch data of an ornithopter</w:t>
+                <w:t xml:space="preserve">Signal-Based Self-Organization of a Chain of UAVs for Subterranean Exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrine Samorah Laki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
+                <w:t xml:space="preserve">Pierre Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladislav Tempez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edwin van Ruymbeke</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+                <w:t xml:space="preserve">Enrico Natalizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Mouret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 24 (Sup 1), pp.S264 - S266. </w:t>
+              <w:t xml:space="preserve">Frontiers in Robotics and AI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frobt.2021.614206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03466678v1</w:t>
+                <w:t xml:space="preserve">hal-03209269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ornithopter’s intra-flapping body pitch highly depends on wingbeat frequency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Method of reconstructing the wingbeat movement from the body pitch data of an ornithopter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrine Samorah Laki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin van Ruymbeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Miot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin van Ruymbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 46th CONGRESS OF THE SOCIÉTÉ DE BIOMÉCANIQUE, 24 (Sup 1), pp.S101-S103. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+              <w:t xml:space="preserve">, 2021, 24 (Sup 1), pp.S264 - S266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03466692v2</w:t>
+                <w:t xml:space="preserve">hal-03466678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological design of augmentation improves helicopter ship landing maneuvers: An approach in augmented virtuality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ornithopter’s intra-flapping body pitch highly depends on wingbeat frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrine Samorah Laki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Miot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine H. P. Morice</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
+                <w:t xml:space="preserve">Edwin van Ruymbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 16 (8), pp.e0255779. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46th CONGRESS OF THE SOCIÉTÉ DE BIOMÉCANIQUE, 24 (Sup 1), pp.S101-S103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320154v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466692v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helicopter pilots synchronize their altitude with ship heave to minimize energy when landing on a ship's deck</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecological design of augmentation improves helicopter ship landing maneuvers: An approach in augmented virtuality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien R. Serres</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Antoine H. P. Morice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Aerospace Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (8), pp.e0255779. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/24721840.2020.1862659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0255779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082645v2</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biphasic navigational strategy in loggerhead sea turtles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Helicopter pilots synchronize their altitude with ship heave to minimize energy when landing on a ship's deck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Luschi</w:t>
+                <w:t xml:space="preserve">José Marcio Pereira Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dogan Sözbilen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Giulia Cerritelli</w:t>
+                <w:t xml:space="preserve">Julien R. Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eyup Başkale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-75183-6⟩</w:t>
+              <w:t xml:space="preserve">The International Journal of Aerospace Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/24721840.2020.1862659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02986708v1</w:t>
+                <w:t xml:space="preserve">hal-03082645v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Top-Down Connections in Hierarchical Sparse Coding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Angelo Franciosini</w:t>
+                <w:t xml:space="preserve">A biphasic navigational strategy in loggerhead sea turtles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Luschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dogan Sözbilen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Cerritelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyup Başkale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/neco_a_01325⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-75183-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02986570v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow cues help explain altitude control over sea in freely flying gulls</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of Top-Down Connections in Hierarchical Sparse Coding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelo Franciosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Perrinet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsif.2019.0486⟩</w:t>
+              <w:t xml:space="preserve">Neural Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (11), pp.2279-2309. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/neco_a_01325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02309725v2</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02986570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bio-inspired Sighted Robot Chases like a Hoverfly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optic flow cues help explain altitude control over sea in freely flying gulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas J Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Akesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Colonnier</w:t>
+                <w:t xml:space="preserve">Olivier Duriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soledad Ramirez-Martinez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Judy Shamoun-Baranes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/aaffa4⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Royal Society Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (159), pp.20190486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsif.2019.0486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01964636v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309725v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informational Framework for Minimalistic Visual Odometry on Outdoor Robot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Bio-inspired Sighted Robot Chases like a Hoverfly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Colonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Al Hage</w:t>
+                <w:t xml:space="preserve">Soledad Ramirez-Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Mafrica</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maan El Badaoui El Najjar</w:t>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TIM.2018.2871228⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/aaffa4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894435v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robotic-flapper maneuvers and fruitfly turns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Informational Framework for Minimalistic Visual Odometry on Outdoor Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Al Hage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Mafrica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maan El Badaoui El Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.aau7350⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 68 (8), pp.2988-2995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2018.2871228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01876298v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow-based collision-free strategies: From insects to robots</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robotic-flapper maneuvers and fruitfly turns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthropod Structure and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.asd.2017.06.003⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 361 (6407), pp.1073 - 1074. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aau7350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644523v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdrones bio-inspirés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Optic flow-based collision-free strategies: From insects to robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arthropod Structure and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46 (5), pp.703 - 717. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.asd.2017.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01574508v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-of-Travel Methods for Measuring Optical Flow on Board a Micro Flying Robot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erik Vanhoutte</w:t>
+                <w:t xml:space="preserve">Microdrones bio-inspirés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Mafrica</w:t>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Techniques de l'Ingenieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.S7717 V1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s17030571⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01551122v1</w:t>
+                <w:t xml:space="preserve">hal-01574508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Altitude control in honeybees: joint vision-based learning and guidance</w:t>
+                <w:t xml:space="preserve">Time-of-Travel Methods for Measuring Optical Flow on Board a Micro Flying Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Erik Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Mafrica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinoud J. Bootsma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-09112-5⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (3), pp.571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s17030571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01644531v1</w:t>
+                <w:t xml:space="preserve">hal-01551122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Shape-Adjusted Tridimensional Reconstruction of Cultural Heritage Artifacts Using a Miniature Quadrotor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Altitude control in honeybees: joint vision-based learning and guidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Pamart</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs8100858⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-09112-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454793v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01644531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minimalistic optic flow sensors applied to indoor and outdoor visual guidance and odometry on a car-like robot</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stefano Mafrica</w:t>
+                <w:t xml:space="preserve">A Shape-Adjusted Tridimensional Reconstruction of Cultural Heritage Artifacts Using a Miniature Quadrotor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Pamart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Servel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eloi Gattet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/11/6/066007⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (10), pp.858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs8100858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454792v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic Flow Regulation in Unsteady Environments: A Tethered MAV Achieves Terrain Following and Targeted Landing Over a Moving Platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Minimalistic optic flow sensors applied to indoor and outdoor visual guidance and odometry on a car-like robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Mafrica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Servel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10846-014-0062-5⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (6), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/11/6/066007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01414071v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-optimal Lunar Landing GNC using Non-gimbaled Bio-inspired Optic Flow Sensors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+                <w:t xml:space="preserve">Optic Flow Regulation in Unsteady Environments: A Tethered MAV Achieves Terrain Following and Targeted Landing Over a Moving Platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Burlion</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TAES.2015.130573⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 79 (2), pp.275-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10846-014-0062-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01270504v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic Autopilot Based on Minimalistic Motion Vision for Navigating along Corridors Comprising U-shaped and S-shaped Turns</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sub-optimal Lunar Landing GNC using Non-gimbaled Bio-inspired Optic Flow Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sabiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Burlion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Kervendal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bornschlegl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1672-6529(14)60099-8⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, IEEE TRANSACTIONS ON AEROSPACE AND ELECTRONIC SYSTEMS, 51 (4), pp.2525 - 2545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TAES.2015.130573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01108274v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01270504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X4-MaG: a low-cost open-source micro-quadrotor and its Linux-based controller</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Marchand</w:t>
+                <w:t xml:space="preserve">Biomimetic Autopilot Based on Minimalistic Motion Vision for Navigating along Corridors Comprising U-shaped and S-shaped Turns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Micro Air Vehicles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (1), pp.47 - 60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1672-6529(14)60099-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1260/1756-8293.7.2.89⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01099975v1</w:t>
+                <w:t xml:space="preserve">hal-01108274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flying over uneven moving terrain based on optic-flow cues without any need for reference frames or accelerometers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Expert</w:t>
+                <w:t xml:space="preserve">X4-MaG: a low-cost open-source micro-quadrotor and its Linux-based controller</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Manecy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-3190/10/2/026003⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Micro Air Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (2), pp.89-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1260/1756-8293.7.2.89⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771748v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01099975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bio-Inspired Analog Silicon Retina with Michaelis-Menten Auto-Adaptive Pixels Sensitive to Small and Large Changes in Light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Mafrica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Godiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsine Menouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 23 (5), pp.5614-5635. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.23.005614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01099946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biomimetic vision-based hovercraft accounts for bees' complex behaviour in various corridors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flying over uneven moving terrain based on optic-flow cues without any need for reference frames or accelerometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Expert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9 (3), pp.36003 - 36003. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2015, 10, pp.26003 - 26003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3190/10/2/026003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-3182/9/3/036003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01446797v1</w:t>
+                <w:t xml:space="preserve">hal-01771748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware Architecture and Cutting-Edge Assembly Process of a Tiny Curved Compound Eye</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">A biomimetic vision-based hovercraft accounts for bees' complex behaviour in various corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien R. Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Colonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Breugnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s141121702⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (3), pp.36003 - 36003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3182/9/3/036003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01446798v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniature curved artificial compound eyes.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hardware Architecture and Cutting-Edge Assembly Process of a Tiny Curved Compound Eye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Godiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Leitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dario Floreano</w:t>
+                <w:t xml:space="preserve">Wolfgang Buss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramon Pericet-Camara</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Andreas Brückner</w:t>
+                <w:t xml:space="preserve">Patrick Breugnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1219068110⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (11), pp.21702-21721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s141121702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00835031v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A two-directional 1-gram visual motion sensor inspired by the fly's eye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (3), pp.1025-1035. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSEN.2012.2230622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue featuring selected papers from the International Workshop on Bio-Inspired Robots (Nantes, France, 6-8 April 2011)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Miniature curved artificial compound eyes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Floreano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+                <w:t xml:space="preserve">Ramon Pericet-Camara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cesare Stefanini</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andreas Brückner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (2, SI), </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (23), pp.9267-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-3182/7/2/020201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1219068110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01446802v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00835031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outdoor field performances of Insect-based visual motion sensors</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Special issue featuring selected papers from the International Workshop on Bio-Inspired Robots (Nantes, France, 6-8 April 2011)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Stefanini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Field Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/rob.20398⟩</w:t>
+              <w:t xml:space="preserve">Bioinspiration and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2, SI), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-3182/7/2/020201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00712699v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honeybees' speed depends on dorsal as well as lateral, ventral and frontal optic flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+                <w:t xml:space="preserve">Outdoor field performances of Insect-based visual motion sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Expert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Field Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (4), pp.529-541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rob.20398⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00743523v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00712699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling honeybee visual guidance in a 3-D environment</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Franceschini</w:t>
+                <w:t xml:space="preserve">Honeybees' speed depends on dorsal as well as lateral, ventral and frontal optic flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (5), pp.e19486</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02010550v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00743523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guest editorial: Visual guidance systems for small Unmanned Aerial Vehicles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
+                <w:t xml:space="preserve">Modelling honeybee visual guidance in a 3-D environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Portelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autonomous Robots</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10514-009-9128-9⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physiology - Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 104 (1-2), pp.27-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jphysparis.2009.11.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01446806v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02010550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bee in the corridor: centering and wall-following</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume P. Masson</w:t>
+                <w:t xml:space="preserve">Guest editorial: Visual guidance systems for small Unmanned Aerial Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 95 (12), pp.1181-1187. </w:t>
+              <w:t xml:space="preserve">Autonomous Robots</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 27 (3), pp.145-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00114-008-0440-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10514-009-9128-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02294572v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A vision-based autopilot for a miniature air vehicle: joint speed control and lateral obstacle avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autonomous Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 25 (1-2), pp.103-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5963,492 +5968,621 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bio-Inspired Flying Robot Sheds Light on Insect Piloting Abilities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">A bee in the corridor: centering and wall-following</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume P. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2006.12.032⟩</w:t>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (12), pp.1181-1187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-008-0440-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02295687v1</w:t>
+                <w:t xml:space="preserve">hal-02294572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A miniature bio-inspired optic flow sensor based on low temperature co-fired ceramics (LTCC) technology</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+                <w:t xml:space="preserve">A Bio-Inspired Flying Robot Sheds Light on Insect Piloting Abilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sna.2006.03.013⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (4), pp.329-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2006.12.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01446807v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow based autopilot: From insects to rotorcraft and back</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A miniature bio-inspired optic flow sensor based on low temperature co-fired ceramics (LTCC) technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Pudas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arvi Kruusing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Arnic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2007.01.255⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 133 (1), pp.88-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2006.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295426v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01446807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Optic flow based autopilot: From insects to rotorcraft and back</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Franceschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 146 (4), pp.S133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2007.01.255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Toward optic flow regulation for wall-following and centring behaviours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Robotic Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 3 (2), pp.23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/5744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6458,7522 +6592,7522 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Ant-Inspired Visual Compass with Focused Visual Scan in a Compact Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 7th IEEE International Conference on Artificial Intelligence Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Bordeaux, Apr 2025, Bordeaux, France. pp.110-114, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/AICAS64808.2025.11173128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05055159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIGS-Fusion: Fast Gaussian Splatting SLAM processed onboard a small quadrirotor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICAR ( International Conference on Advanced Robotics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, San Juan, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05192786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual Homing in Outdoor Robots Using Mushroom Body Circuits and Learning Walks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 14th International Conference on Biomimetics and Biohybrid Systems, Living Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Sheffield, Jul 2025, Sheffield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamical Model and Tracking Controller for a Novel Flapping Wing Drone Platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jossué Cariño Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Le-Guellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Van Ruymbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Engels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICUAS 2025 - International Conference on Unmanned Aircraft Systems, ICUAS</w:t>
+              <w:t xml:space="preserve">ICUAS 2025 - International Conference on Unmanned Aircraft Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Charlotte, NC, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICUAS65942.2025.11007922⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05001130v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vector Field Aided Trajectory Tracking by a 10-gram Flapping-Wing Micro Aerial Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoullah Ndoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José de Jesus Castillo-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrine Samorah Laki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Miot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin van Ruymbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, May 2023, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03831115v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are biological agents governed by similar visuo-motor mechanisms to fly?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimie Berger Dauxère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The XXI International Conference on Perception and Action (ICPA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pablo Covarrubias and Ángel A. Jiménez (Co-Chairs) – University of Guadalajara, Mexico; William H. Warren (ISEP President) – Brown University, USA; Julia J. C. Blau (ICPA Treasurer) – Central Connecticut State University, USA, Jun 2023, Guadalajara, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04145171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety Net Detection by Optic Flow Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 International Conference on Unmanned Aircraft Systems (ICUAS ’23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kimon Valavanis; Anna Konert; YangQuan Chen; Andrea Monteriù, Jun 2023, Warsaw, Poland. pp.32-39, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICUAS57906.2023.10156597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04139578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ant-inspired bilateral visual memories to guide a car-like robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Jeunes Chercheurs en Robotique (JJCR 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR Robotique; Franck Ruffier; Maan El Badaoui El Najjar, Oct 2023, Moliets et Maâ, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimalistic in-flight odometry based on two optic flow sensors along a bouncing trajectory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCAS 2022 - 22nd IEEE International Conference on Control, Automation and Systems (ICCAS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Busan, South Korea. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ICCAS55662.2022.10003956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03791733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corridor 3D Navigation of a Fully-Actuated Multirotor by Means of Bee-Inspired Optic Flow Regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose J. Castillo-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 26TH INTERNATIONAL CONFERENCE ON SYSTEM THEORY, CONTROL AND COMPUTING (ICSTCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Sinaia, Romania, Romania. pp.318-324, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSTCC55426.2022.9931809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03989721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corridor 3D Navigation of a Fully-Actuated Multirotor by Means of Bee-Inspired Optic Flow Regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José de Jesus Castillo-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on System Theory, Control and Computing 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Sinaia, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03787949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using trajectory oscillation timing improves in-flight odometry based solely on optic flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Coquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raharijoana Thibault Raharijoana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMAV 2022 - 13th international micro air vehicle conference (IMAV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03788528v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the distance from a surface based on local optic flow divergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Bergantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 International Conference On Unmanned Aircraft Systems (ICUAS'21)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Athens, Greece. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICUAS51884.2021.9476751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03293482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perceptual-motor coupling between Helicopter and ship during ship deck landing maneuvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José M Pereira Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R. Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 1st International Conference on Cognitive Aircraft Systems – ICCAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Toulouse, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34849/cfsb-t270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03112084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bird-inspired foot and limb for perching drones preliminary considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Horsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anick Abourachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micky Rakotondrabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Bionic Engineering - IWBE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Manchester, United Kingdom. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honeybees flying over a mirror crash irremediably</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine H P Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Invertebrate Vision (ICIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eric Warrant; Dan-Eric Nilsson; Lina O’Reilly; Therese Reber, Aug 2019, Bäckaskog, Sweden. pp.260, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.24911.00162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03453381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The scale of virtual environment influences human perception of distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine H.P. Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Garruchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nessrine Harbaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Goulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises d'Informatique Graphique et de Réalité Virtuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the functional nature of perceptual-motor coupling during ship deck landing maneuvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José M Pereira Figueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rakotomamonjy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Françaises d'Informatique Graphique et de Réalité Virtuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexabot: a small 3D-printed six-legged walking robot designed for desert ant-like navigation tasks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Grégoire Passault</w:t>
+                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Vanhoutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC Word Congress 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. paper ID 1332, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01643176v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01629291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an insect-inspired event-based autopilot combining both visual and control events</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Hexabot: a small 3D-printed six-legged walking robot designed for desert ant-like navigation tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dupeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Passault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Viollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Event-Based Control, Communication and Signal Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IFAC Word Congress 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01528589v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01643176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Toward an insect-inspired event-based autopilot combining both visual and control events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234110⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Event-Based Control, Communication and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Funchal, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EBCCSP.2017.8022822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01629291v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A honeybee's navigational toolkit on Board a Bio-inspired Micro Flying Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 9th International Micro Air Vehicle Conference and Competition (IMAV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Toulouse, France. pp.136-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01593819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-Morf: a crash-separable quadrotor that morfs its X-geometry in flight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Desbiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Diperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RED UAS 2017- Research, Education and Development of Unmanned Aerial Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Linkoping, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01644528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOWARD AN ADVANCED INFORMATIONAL FRAMEWORK FOR IMPROVING MINIMALISTIC VISUAL ODOMETRY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Al Hage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephano Mafrica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maan El Badaoui El Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASTRA 2017, ESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01741324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Event-based visual guidance inspired by honeybees in a 3D tapered tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second International Conference on Event-Based Control, Communication and Signal Processing EBCCSP 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Krakow, Poland, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EBCCSP.2016.7605273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01332819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic-Flow Based Car-Like Robot Operating in a 5-Decade Light Level Range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Mafrica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, May 2016, Stockholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01322837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Automatic Parking System using Bio-Inspired 1-D Optical Flow Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Mafrica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Servel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Vehicular Electronics and Safety (ICVES) 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X4-MaG and RT-MaG: a low-cost open-source micro-quadrotor based on Real-Time Linux and a new Matlab/Simulink toolbox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Manecy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Vanhoutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Mafrica</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Colonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IROS 2015 - IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Hambourg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01242014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backup State Observer Based on Optic Flow Applied to Lunar Landing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Bornschlegl</w:t>
+                <w:t xml:space="preserve">Event-based speed control on a sensor-less miniature thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaoana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorris Dola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Jairo Martinez Molina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Chicago, United States</w:t>
+              <w:t xml:space="preserve">AIM 2014 - IEEE/ASME International Conference on Advanced Intelligent Mechatronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Besançon, France. pp.n/c</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01021322v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00982430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic Flow-Based Nonlinear Control and Sub-optimal Guidance for Lunar Landing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+                <w:t xml:space="preserve">Backup State Observer Based on Optic Flow Applied to Lunar Landing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Burlion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Jonniaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Kervendal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bornschlegl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Bali, Indonesia</w:t>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01079488v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01021322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Event-based speed control on a sensor-less miniature thruster</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optic Flow-Based Nonlinear Control and Sub-optimal Guidance for Lunar Landing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sabiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Burlion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIM 2014 - IEEE/ASME International Conference on Advanced Intelligent Mechatronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Besançon, France. pp.n/c</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Biomimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Bali, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00982430v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01079488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-speed optic-flow sensor onboard an unmanned helicopter flying outside over fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fabiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE ICRA - IEEE International Conference on Robotics and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an Autonomous Lunar Landing Based on Low-speed Optic Flow Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Burlion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Kervendal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bornschlegl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroGNC - 2nd CEAS Specialist Conference on Guidance, Navigation &amp; Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Delft, Netherlands. pp.993-1011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpolation based &amp;quot;time of travel&amp;quot; scheme in a Visual Motion Sensor using a small 2D retina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors Conference 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Taïpei, Taiwan. pp.2231-2234</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00748533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlling docking, altitude and speed in a circular high-roofed tunnel thanks to the optic flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Vilamoura, Portugal. pp.1125-1132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00742401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual motion sensing onboard a 50-g helicopter flying freely under complex VICON-lighting conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Complex Medical Engineering -CME-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Kobe, Japan. pp.634-639</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00714425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fully-autonomous hovercraft inspired by bees: wall following and speed control in straight and tapered corridors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on Robotics and Biomimetics (ROBIO 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2012, Guangzhou, China. pp.1311-1318, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ROBIO.2012.6491150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743129v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel 1-gram insect based device measuring visual motion along 5 optical directions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît-Jérémy Fuschlock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors, 2011 IEEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Limerick, Ireland. pp.687, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2011.6127157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00716606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CURVACE - CURVed Artificial Compound Eyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Pericet-Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Dobrzynski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. L'Eplattenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Zufferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 2nd European Future Technologies Conference and Exhibition 2011 (FET 11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Hamburg, Germany. pp.308-309, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.procs.2011.09.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00660666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From bees’ surface following to lunar landing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Bio-inspired Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mouse sensor and a 2-pixel motion sensor exposed to continuous illuminance changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Limerick, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00713577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tiny directional sound sensor inspired by crickets designed for micro-air vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Benachio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Ogam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors 2011 conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Limerick, Ireland. pp.CDROM, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICSENS.2011.6126978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00654502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired robot accounts for insect behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Conference en Eye Movement (ECEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for ventral optic flow regulation in honeybees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00553445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic optic flow sensing applied to a lunar landing scenario</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Seidl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 IEEE INTERNATIONAL CONFERENCE ON ROBOTICS AND AUTOMATION (ICRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Unknown, Unknown Region. pp.2253-2260, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ROBOT.2010.5509364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01446804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of Three Miniature Bio-inspired Optic Flow Sensors in Natural Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Menouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Aubépar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 Fourth International Conference on Sensor Technologies and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00516261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilote automatique bio-inspiré pour la navigation en 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Journées des Jeunes Chercheurs en Robotique (JJCR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2009, Neuvy-sur-Barangeon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-inspired optic flow sensors and optic flow based autopilots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Aubépart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">USA-China Workshop on bio-inspired smart systems: materials, mechanics, control and sensor innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Dalian, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02194530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insect inspired autopilots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Aero-aqua Bio-Mechanisms (ISABMEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Shangai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Acireale, Scicily, Italy. pp.127-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01446805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuromimetic Robots inspired by Insect Vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference “Smart, Materials, Structures and Systems” (CIMTEC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Acireale, Sicily, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bio-inspired optic flow based autopilot for guiding a miniature hovercraft in corridors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE-IROS Workshop on Visual Guidance Systems for Small Autonomous Aerial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un pilote automatique inspiré des insectes pour la navigation 3D dans un tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Journée de l'Ecole Doctorale Sciences du Mouvement Humain (JEDSMH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From insects to robots and back</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Invertebrate Vision (ICIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Bäckaskog, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D insect-inspired visual autopilot for corridor-following</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBS International Conference on Biomedical Robotics and Biomechatronics (BioRob 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Scottsdale, United States. pp.19-26, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/BIOROB.2008.4762816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Navigation With An Insect-Inspired Autopilot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00331566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilote automatique bio-inspiré basé sur la vision du mouvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Dray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Manifestation des Jeunes Chercheurs en STIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining sound and optic flow cues to reach a sound source despite lateral obstacles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Mukai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Nakashima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2008 IEEE/SICE International Symposium on System Integration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2008, Nagoya, Japan. pp.89-94, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SI.2008.4770432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vision based autopilot in flies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Keynote lecture at "Visual Processing in Insects: From Anatomy to Behavior"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Janelia Farm Research Campus, Howard Hughes Medical Institute, Apr 2007, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insects as pilots: optic flow regulation for vertical and horizontal guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidage visuel d'un aéroglisseur miniature dans un corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Journées Nationales de la Recherche en Robotique (JNRR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor : Side-slip control autopilot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlle Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Flying Insects and Robots (FIR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two optic flow regulators for speed control and obstacle avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The First IEEE/RAS-EMBS International Conference on Biomedical Robotics and Biomechatronics, 2006. BioRob 2006.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2006, Pisa, Italy. pp.750-757, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/BIOROB.2006.1639180⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réguler le flux optique latéral pour naviguer dans un corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Journées Nationales de Recherche en Robotique (JNRR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Guidel, France. pp.289-290</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic landing and take off at constant slope without terrestrial aids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biomimetic visual navigation in a corridor: to centre or not to centre?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Serres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31th European Rotorcraft Forum (ERF'05)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Florence, Italy. pp.92.1-92.8</w:t>
+              <w:t xml:space="preserve">International Mediterranean Modeling Multiconference (I3M)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295758v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic visual navigation in a corridor: to centre or not to centre?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Automatic landing and take off at constant slope without terrestrial aids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Mediterranean Modeling Multiconference (I3M)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, Marseille, France</w:t>
+              <w:t xml:space="preserve">31th European Rotorcraft Forum (ERF'05)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Florence, Italy. pp.92.1-92.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02295829v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02295758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIO-INSPIRED OPTICAL FLOW CIRCUITS FOR THE VISUAL GUIDANCE OF MICRO-AIR VEHICLES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Amic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCAS 2003. International Symposium on Circuits and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Bangkok, Thailand. pp.III-846-III-849, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISCAS.2003.1205152⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13983,551 +14117,551 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flying in air ducts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Guénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladislav Tempez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucien Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Netting detection with flight direction parallel to surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Video S4 Automatic Flight with OF-based netting detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Video S2 Netting detection with any flight direction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Video S3 NOWA Method Workflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14537,480 +14671,480 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panoramic optic-flow profile guiding aerial exploration through turns in simulated environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05374840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underwater Netting Detection and Distance Estimation using Optic Flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Daïni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïck Degorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Raffin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05120953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antcar: Simple Route Following Task with Ants-Inspired Vision and Neural Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Vimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien R. Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04060451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a fully autonomous hovercraft visually guided thanks to its own bio-inspired motion sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric L. Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00743520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15020,1131 +15154,1131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AntCar, Parsimonious Navigation : Ants-Inspired Visual Learning in a Car-like Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Marseille, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embedded Ants-Inspired Vision and Mushroom Bodies-Inspired Neural Model for Route Following in Mobile Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel G Gattaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Wystrach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Journée de l'École Doctorale Sciences du Mouvement Humain ED463 (JEDSMH 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Montpellier, France. , 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Honeybees flying over a mirror crash irremediably</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine H P Morice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Blary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Invertebrate Vision (ICIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Bäckaskog, Sweden. , poster number 43, pp.260, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.24911.00162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03453393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic flow and energy invariants combined may explain gulls' altitude profiles during offshore takeoff</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Vanhouette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ruffier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Bio‐logging Science Symposium (BLS6)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Glasgow, United Kingdom. , paper ID 1332, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSENS.2017.8234110⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02078084v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Quasi-panoramic Bio-inspired Eye for Flying Parallel to Walls</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Optic flow and energy invariants combined may explain gulls' altitude profiles during offshore takeoff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas J Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Åkesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Duriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judy Shamoun-Baranes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors 2017</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6. International Bio‐logging Science Symposium (BLS6)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Lake Constance, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01630170v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02078084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flying in 3D with an Insect based Visual Autopilot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Portelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"Visual processing in insects: from anatomy to behavior II", Janelia Farm Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02301416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in a corridor: centering and wall-following</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Invertebrate Vision (ICIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Bäckaskog, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor: centring or wall-following ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Göttingen Neurobiology Conference - 7th Meeting of the German Neuroscience Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Goettingen, Germany. T14-8B, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01445551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A bee in the corridor: regulating the optic flow on one side</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume P. P Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Göttingen Neurobiology Conference - 7th Meeting of the German Neuroscience Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Göttingen, Germany. T14-7B</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02295700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulating the lateral optic flow to navigate in a corridor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème Journées Nationales de Recherche en Robotique (JNRR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Guidel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02298950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16154,154 +16288,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouvement Animal et Humain : Biomécanique, Biorobotique, Biomimétisme GDR 2088 Biomimétisme Bio-inspiration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Moretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guittard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Souères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Herrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José de Jesus Castillo-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvement Animal et Humain, Biomécanique, Biorobotique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Mouvement Animal et Humain, Biomécanique, Biorobotique, Biomimétisme</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04320976v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16311,122 +16445,122 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic flow-based robotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Wiley &amp; Sons, Inc.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-14, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/047134608X.W8321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16436,1017 +16570,1017 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Vertical Optic Flow: An Additional Cue for Stabilizing Beerotor Robot’s Flight Without IMU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wilson, P. Stuart ; Verschure, F.M.J. Paul ; Mura, Anna ; Prescott, J. Tony. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomimetic and Biohybrid Systems: 4th International Conference, Living Machines 2015, Barcelona, Spain, July 28 - 31, 2015, Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.187-198, 2015, 978-3-319-22979-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-22979-9_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01315451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insect inspired visual motion sensing and flying robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubin Kerhuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Roubieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Expert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Biomimetics and Bioinspiration: 2 Electromechanical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 978-981-435-4950. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1142/9789814354936_0022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-inspired Landing Approaches and Their Potential Use On Extraterrestrial Bodies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Raharijaoana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Verlag Berlin Heidelberg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viorel Badescu</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Verlag Berlin Heidelberg, pp.221-246, 2013, 978-3642392436</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00858087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an Autonomous Lunar Landing Based on Low-Speed Optic Flow Sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sabiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Burlion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Kervendal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bornschlegl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Aerospace Guidance, Navigation and Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.681 - 699, 2013, 978-3-642-38253-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-38253-6_39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01079728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aerial Navigation and Optic Flow Sensing: A Biorobotic Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frederic Danion; Mark Latash. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Motor Control: Theories, Experiments, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxford University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.451-477, 2010, 9780195395273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Field Programmable Gate Array (FPGA) for Bio-Inspired Visuo-Motor Control Systems Applied to Micro-Air Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Aubépart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Dilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, 2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/6466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic Flow Based Visual Guidance: From Flying Insects to Miniature Aerial Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial Vehicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, 2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5772/6491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optic Flow Based Autopilots: Speed Control and Obstacle Avoidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flying Insects and Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.29-50, 2009, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-540-89393-6_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17456,91 +17590,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DE L'INSECTE AUX ROBOTS : OBSERVER, RECONSTRUIRE, INNOVER ET MIEUX COMPRENDRE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Aix-Marseille Université, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01277888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17550,117 +17684,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method and device for measuring the angular velocity of a luminance transition zone and steering aid system for fixation and tracking a target comprising at least one such luminance transition zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lubin Kerhuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Viollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 2341352 (A1). 2011, pp.65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00612380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -17670,114 +17804,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PILOTE AUTOMATIQUE BIOMIMETIQUE Système générique inspiré du contrôle visuomoteur des insectes pour : le décollage, le suivi de terrain, la réaction au vent et l'atterrissage automatiques d'un micro-aéronef</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ruffier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Institut National Polytechnique de Grenoble - INPG, 2004. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00696454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId419"/>
+      <w:footerReference w:type="default" r:id="rId423"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -17924,51 +18058,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347280v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gattaux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Diallo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wystrach" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2026.3667486" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775857v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Castro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/adaab9" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820343v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62327-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966013v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Da&#239;ni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-025-00677-w" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105420v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pouthier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dumon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoullah Ndoye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.8060" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775869v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;nard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Tempez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Renaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44182-025-00032-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569967v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.6.023016" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188530v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; de Jesus Castillo-Zamora" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury N&#232;gre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ingargiola" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2023.3300823" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054227v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rakotomamonjy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H P Morice" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26770-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931424v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Bergantin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coquet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17568293221148380" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614115v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morice" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Blary" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Miot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0534" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821869v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido C H E de Croon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J G Dupeyroux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Wagter" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana A Olejnik" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05182-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03209269v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laclau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Natalizio" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2021.614206" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03441841v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Boutin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Franciosini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrinet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008629" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358332v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Harbaoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0567" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223069v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chavane" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent U Perrinet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466678v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Samorah Laki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Ruymbeke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466692v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03320154v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H. P. Morice" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255779" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082645v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcio Pereira Figueira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R. Serres" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24721840.2020.1862659" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02986708v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Luschi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogan S&#246;zbilen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cerritelli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyup Ba&#351;kale" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75183-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02986570v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01325" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02309725v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Evans" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Akesson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Shamoun-Baranes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2019.0486" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01964636v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colonnier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Ramirez-Martinez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viollet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/aaffa4" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01894435v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Al Hage" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mafrica" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maan El Badaoui El Najjar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2018.2871228" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01876298v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aau7350" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644523v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asd.2017.06.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01574508v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551122v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhoutte" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17030571" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644531v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Portelli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09112-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454793v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Louiset" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8100858" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454792v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Servel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/11/6/066007" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414071v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franceschini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-014-0062-5" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270504v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sabiron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burlion" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Kervendal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bornschlegl" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2015.130573" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108274v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1672-6529(14)60099-8" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099975v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Manecy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1756-8293.7.2.89" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771748v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Expert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/10/2/026003" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099946v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godiot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsine Menouni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.005614" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446797v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L. Roubieu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/9/3/036003" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446798v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Leitel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Buss" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Breugnon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s141121702" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835031v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Floreano" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Pericet-Camara" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Br&#252;ckner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1219068110" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803881v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roubieu" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2230622" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446802v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Stefanini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/7/2/020201" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9722E3D5C22E8F450C51B949BA2801430E91118D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712699v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.20398" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743523v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02010550v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portelli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ruffier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franceschini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446806v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-009-9128-9" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HWMH7CN0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294572v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Masson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-008-0440-6" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W8FJC86C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758721v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dray" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-007-9069-0" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295687v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.12.032" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446807v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Pudas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvi Kruusing" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Arnic" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2006.03.013" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1S042MK3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295426v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2007.01.255" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295717v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/5744" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055159v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICAS64808.2025.11173128" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192786v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160353v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G Gattaux" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001130v2" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossu&#233; Cari&#241;o Escobar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Le-Guellec" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Van Ruymbeke" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Engels" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS65942.2025.11007922" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831115v2" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145171v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Berger Daux&#232;re" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139578v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daini" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coquet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS57906.2023.10156597" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354130v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791733v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS55662.2022.10003956" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989721v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose J. Castillo-Zamora" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC55426.2022.9931809" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787949v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788528v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raharijoana Thibault Raharijoana" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293482v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS51884.2021.9476751" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03112084v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Pereira Figueira" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/cfsb-t270" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103963v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Horsin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick Abourachid" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micky Rakotondrabe" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453381v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ruffier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24911.00162" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039203v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H.P. Morice" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Garruchet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessrine Harbaoui" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Goulon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039183v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643176v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupeyroux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Passault" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528589v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vanhoutte" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2017.8022822" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629291v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234110" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593819v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644528v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Desbiez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Expert" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boyron" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Diperi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viollet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741324v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephano Mafrica" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332819v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Raharijaona" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ruffier" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2016.7605273" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322837v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235593v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242014v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vanhoutte" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colonnier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021322v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jonniaux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079488v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982430v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaoana" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorris Dola" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boisseau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Jairo Martinez Molina" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00820264v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chavent" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fabiani" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00820225v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748533v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742401v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714425v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743129v2" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6491150" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716606v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-J&#233;r&#233;my Fuschlock" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2011.6127157" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00660666v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pericet-Camara" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dobrzynski" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Eplattenier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Zufferey" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2011.09.040" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194478v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713577v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654502v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benachio" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ogam" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2011.6126978" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194432v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553445v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446804v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Valette" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Seidl" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2010.5509364" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00516261v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ray" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menouni" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aub&#233;par" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298966v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194530v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aub&#233;part" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195500v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446805v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02296278v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294457v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dray" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298370v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195476v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294590v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2008.4762816" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331566v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298360v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294544v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukai" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakashima" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SI.2008.4770432" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301434v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195516v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298992v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195537v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Ogier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295748v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639180" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298941v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295758v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295829v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03844458v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amic" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2003.1205152" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05111488v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147469v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147538v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147494v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147521v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374840v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120953v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Degorre" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viel" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060451v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Vimbert" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743520v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357376v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357499v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453393v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078084v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne &#197;kesson" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630170v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhouette" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301416v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195483v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01445551v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Masson" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295700v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. P Masson" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298950v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320976v2" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moretto" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guittard" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sou&#232;res" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294347v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315451v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22979-9_19" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294399v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubin Kerhuel" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814354936_0022" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858087v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079728v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/engineering/mechanical+engineering/book/978-3-642-38252-9" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38253-6_39" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KBS0X118-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01985038v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/?lang=en&amp;amp;cc=fr" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042173v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dilly" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6466" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042183v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6491" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294508v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-89393-6_3" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-D5T48VB4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01277888v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612380v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00696454v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05543267v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Flore" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Montes de Oca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Mouret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ruffier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.70418" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05347280v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gattaux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Diallo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R Serres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Wystrach" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2026.3667486" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775857v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Castro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eloy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/adaab9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820343v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62327-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105420v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pouthier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marchand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Dumon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoullah Ndoye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.8060" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966013v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Da&#239;ni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Raffin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-025-00677-w" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775869v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gu&#233;nard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Tempez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Renaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44182-025-00032-5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04569967v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.6.023016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188530v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; de Jesus Castillo-Zamora" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury N&#232;gre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ingargiola" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSENS.2023.3300823" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054227v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rakotomamonjy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H P Morice" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26770-2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931424v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Bergantin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Coquet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17568293221148380" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821869v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido C H E de Croon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J G Dupeyroux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe de Wagter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Chatterjee" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana A Olejnik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05182-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614115v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Morice" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Blary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Miot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0534" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03223069v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Boutin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Franciosini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chavane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent U Perrinet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008629" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358332v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Harbaoui" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2021.0567" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03441841v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavane" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrinet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03209269v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laclau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Natalizio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frobt.2021.614206" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466678v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Samorah Laki" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin van Ruymbeke" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466692v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03320154v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H. P. Morice" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255779" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082645v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Marcio Pereira Figueira" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R. Serres" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24721840.2020.1862659" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02986708v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Luschi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dogan S&#246;zbilen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Cerritelli" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyup Ba&#351;kale" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-75183-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02986570v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01325" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02309725v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas J Evans" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Akesson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duriez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judy Shamoun-Baranes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2019.0486" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01964636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Colonnier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soledad Ramirez-Martinez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Viollet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/aaffa4" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01894435v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Al Hage" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mafrica" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maan El Badaoui El Najjar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2018.2871228" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01876298v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aau7350" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644523v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asd.2017.06.003" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01574508v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551122v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhoutte" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinoud J. Bootsma" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s17030571" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644531v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Portelli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09112-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454793v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Louiset" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Pamart" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gattet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8100858" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454792v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Servel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/11/6/066007" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414071v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franceschini" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-014-0062-5" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270504v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sabiron" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burlion" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Kervendal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bornschlegl" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2015.130573" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108274v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1672-6529(14)60099-8" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099975v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Manecy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/1756-8293.7.2.89" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099946v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Godiot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsine Menouni" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boyron" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Expert" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.005614" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771748v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/10/2/026003" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446797v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L. Roubieu" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/9/3/036003" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446798v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Leitel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Buss" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Breugnon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s141121702" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803881v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Roubieu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2012.2230622" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835031v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Floreano" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon Pericet-Camara" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Br&#252;ckner" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1219068110" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446802v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Stefanini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3182/7/2/020201" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9722E3D5C22E8F450C51B949BA2801430E91118D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00712699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.20398" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743523v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02010550v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Portelli" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ruffier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Franceschini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.011" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446806v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-009-9128-9" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HWMH7CN0-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01758721v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dray" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-007-9069-0" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294572v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. Masson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-008-0440-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W8FJC86C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295687v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2006.12.032" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446807v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Pudas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvi Kruusing" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Arnic" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2006.03.013" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1S042MK3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295426v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2007.01.255" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295717v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/5744" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055159v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICAS64808.2025.11173128" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192786v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160353v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G Gattaux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001130v2" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossu&#233; Cari&#241;o Escobar" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Le-Guellec" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Van Ruymbeke" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Engels" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS65942.2025.11007922" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831115v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145171v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimie Berger Daux&#232;re" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139578v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Daini" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Coquet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS57906.2023.10156597" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354130v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791733v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS55662.2022.10003956" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989721v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose J. Castillo-Zamora" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC55426.2022.9931809" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787949v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788528v2" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raharijoana Thibault Raharijoana" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293482v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICUAS51884.2021.9476751" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03112084v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathieu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Pereira Figueira" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34849/cfsb-t270" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103963v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Horsin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick Abourachid" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micky Rakotondrabe" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453381v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Ruffier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.24911.00162" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039203v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H.P. Morice" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Garruchet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessrine Harbaoui" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Goulon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039183v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629291v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2017.8234110" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01643176v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupeyroux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Passault" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01528589v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vanhoutte" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2017.8022822" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01593819v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01644528v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Desbiez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Expert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boyron" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Diperi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Viollet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741324v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephano Mafrica" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332819v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Raharijaona" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ruffier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EBCCSP.2016.7605273" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01322837v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235593v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242014v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vanhoutte" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colonnier" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982430v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raharijaoana" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorris Dola" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Boisseau" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Jairo Martinez Molina" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021322v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jonniaux" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079488v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00820264v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chavent" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fabiani" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00820225v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748533v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742401v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714425v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743129v2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBIO.2012.6491150" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716606v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-J&#233;r&#233;my Fuschlock" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2011.6127157" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00660666v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pericet-Camara" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dobrzynski" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Eplattenier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Zufferey" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2011.09.040" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194478v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713577v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00654502v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benachio" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Ogam" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSENS.2011.6126978" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194432v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553445v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446804v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Valette" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Seidl" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2010.5509364" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00516261v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ray" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menouni" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aub&#233;par" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298966v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194530v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Aub&#233;part" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195500v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01446805v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02296278v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294457v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dray" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298370v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195476v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294590v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2008.4762816" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331566v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298360v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294544v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mukai" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nakashima" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SI.2008.4770432" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301434v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195516v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298992v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195537v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Ogier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295748v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOROB.2006.1639180" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298941v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295829v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295758v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03844458v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amic" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2003.1205152" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05111488v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147469v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147538v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147494v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147521v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374840v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120953v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Degorre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viel" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060451v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Vimbert" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00743520v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357376v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357499v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03453393v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630170v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Vanhouette" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02078084v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne &#197;kesson" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02301416v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02195483v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01445551v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P Masson" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02295700v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume P. P Masson" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02298950v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320976v2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Moretto" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guittard" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sou&#232;res" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294347v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047134608X.W8321" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315451v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-22979-9_19" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294399v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubin Kerhuel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814354936_0022" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00858087v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079728v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/engineering/mechanical+engineering/book/978-3-642-38252-9" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-38253-6_39" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-KBS0X118-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01985038v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/?lang=en&amp;amp;cc=fr" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042173v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dilly" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6466" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03042183v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/6491" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02294508v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-89393-6_3" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-D5T48VB4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01277888v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00612380v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00696454v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>