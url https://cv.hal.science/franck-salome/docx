--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -295,286 +295,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03490175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fibromyalgie : quels liens entre image du corps, symptômes cliniques et régulation émotionnelle ?</w:t>
+                <w:t xml:space="preserve">Interventions menées par Internet en addictologie. Bénéfices et limites: Revue de la littérature. = Internet interventions in the field of addiction medicine. Benefits and limitations: Review of the literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Quiban</w:t>
+                <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Salomé</w:t>
+                <w:t xml:space="preserve">Abdel H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Gillot</w:t>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Helbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">E. de Chauvigny</w:t>
+                <w:t xml:space="preserve">Lucia Romo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (2), pp.113--119</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957706v1</w:t>
+                <w:t xml:space="preserve">hal-01566756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions menées par Internet en addictologie. Bénéfices et limites: Revue de la littérature. = Internet interventions in the field of addiction medicine. Benefits and limitations: Review of the literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La fibromyalgie : quels liens entre image du corps, symptômes cliniques et régulation émotionnelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Quiban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Salomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Acier</w:t>
+                <w:t xml:space="preserve">F. Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdel H. Boudoukha</w:t>
+                <w:t xml:space="preserve">M. Helbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Salomé</w:t>
+                <w:t xml:space="preserve">E. de Chauvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13, pp.A94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.douler.2012.08.258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01566756v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le programme de remédiation cognitive IPT (Integrated Psychological Treatment) destiné aux patients schizophrènes: une expérience en hôpital de jour de secteur</w:t>
               </w:r>
@@ -759,51 +759,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la psychopathologie et des attentes sur la qualité de vie subjective des patients schizophrènes : une étude comparative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1215,51 +1215,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the L2 Linguistic immersion program on L3 vocabulary learning : specific or general effects ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Commissaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1713,51 +1713,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957790v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941221083213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490175v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Livet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2019.11.010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957706v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quiban" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salom&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gillot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Helbert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Chauvigny" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2012.08.258" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957711v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C Dubeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petitjean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.01.007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957718v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souvanthana Siphantong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Demant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0013-7006(04)95417-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957745v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-1781(02)00142-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957749v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Germain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Demant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957758v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04432160v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Commissaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Casalis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957765v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Br&#233;mont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar L&#233;ger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie David" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957772v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957790v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Robin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941221083213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490175v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Livet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2019.11.010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957706v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quiban" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Salom&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gillot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Helbert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. de Chauvigny" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2012.08.258" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957711v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-C Dubeau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Petitjean" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2007.01.007" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957718v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souvanthana Siphantong" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Petitjean" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Germain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Demant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0013-7006(04)95417-6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957745v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fayol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0165-1781(02)00142-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957749v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Germain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Demant" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957758v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04432160v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Commissaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Casalis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957765v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Br&#233;mont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar L&#233;ger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie David" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957772v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>