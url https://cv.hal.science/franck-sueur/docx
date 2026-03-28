--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -147,51 +147,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (36)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -688,590 +688,590 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01562320v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controllability of the Navier-Stokes equation in a rectangle with a little help of a distributed phantom force</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Marbach</w:t>
+                <w:t xml:space="preserve">Zero-viscosity limit of the incompressible Navier-Stokes equations with sharp vorticity gradient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiajiang Liao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of PDE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40818-019-0073-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jde.2019.11.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01676663v3</w:t>
+                <w:t xml:space="preserve">hal-02483825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of rigid bodies in a two dimensional incompressible perfect fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lacave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Munnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 267 (6), pp.3561-3577. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jde.2019.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024104v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zero-viscosity limit of the incompressible Navier-Stokes equations with sharp vorticity gradient</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of a rigid body in a two-dimensional incompressible perfect fluid and the zero-radius limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ping Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Differential Equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Science China Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (6), pp.1205-1218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jde.2019.11.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11425-018-9505-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483825v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02483826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a rigid body in a two-dimensional incompressible perfect fluid and the zero-radius limit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the effect of polydispersity and rotation on the Brinkman force induced by a cloud of particles on a viscous incompressible flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Hillairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science China Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11425-018-9505-8⟩</w:t>
+              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (4), pp.681-701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/krm.2019026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483826v1</w:t>
+                <w:t xml:space="preserve">hal-02483822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the effect of polydispersity and rotation on the Brinkman force induced by a cloud of particles on a viscous incompressible flow</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ayman Moussa</w:t>
+                <w:t xml:space="preserve">Controllability of the Navier-Stokes equation in a rectangle with a little help of a distributed phantom force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Coron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 12 (4), pp.681-701. </w:t>
+              <w:t xml:space="preserve">Annals of PDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (17), </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/krm.2019026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40818-019-0073-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483822v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676663v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Point vortex dynamics as zero-radius limit of the motion of a rigid body in an irrotational fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Munnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1413,51 +1413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the motion of a small light body immersed in a two dimensional incompressible perfect fluid with vorticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lacave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1498,1116 +1498,1116 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01076950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the motion of a small body immersed in a two dimensional incompressible perfect fluid</w:t>
+                <w:t xml:space="preserve">Low regularity solutions for the two-dimensional ''rigid body + incompressible Euler&amp;quot; system.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lacave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la société mathématique de France</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Differential and integral equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (7-8), pp.625-642</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00589499v1</w:t>
+                <w:t xml:space="preserve">hal-00682976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low regularity solutions for the two-dimensional ''rigid body + incompressible Euler&amp;quot; system.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Glass</w:t>
+                <w:t xml:space="preserve">On the weak solutions to the Maxwell-Landau-Lifshitz equations and to the Hall-Magneto-Hydrodynamic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Differential and integral equations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 27 (7-8), pp.625-642</w:t>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 330 (3), pp.1179-1225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682976v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the weak solutions to the Maxwell-Landau-Lifshitz equations and to the Hall-Magneto-Hydrodynamic equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Dumas</w:t>
+                <w:t xml:space="preserve">On the motion of a small body immersed in a two dimensional incompressible perfect fluid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lacave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la société mathématique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 142 (3), pp.489-536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24033/bsmf.2672⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00816222v1</w:t>
+                <w:t xml:space="preserve">hal-00589499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoothness of the flow map for low-regularity solutions of the Camassa-Holm equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Glass</w:t>
+                <w:t xml:space="preserve">A 2d spray model with gyroscopic effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series S</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 33 (7), pp.2791-2808. </w:t>
+              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 81 (1), pp.53-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/dcds.2013.33.2791⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/ASY-2012-1123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678729v1</w:t>
+                <w:t xml:space="preserve">hal-00713683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 2d spray model with gyroscopic effects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the inviscid limit for the compressible Navier-Stokes system in an impermeable bounded domain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 81 (1), pp.53-91. </w:t>
+              <w:t xml:space="preserve">Journal of Mathematical Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (1), pp.163-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/ASY-2012-1123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00021-013-0145-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00713683v1</w:t>
+                <w:t xml:space="preserve">hal-00681843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the inviscid limit for the compressible Navier-Stokes system in an impermeable bounded domain.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Smoothness of the flow map for low-regularity solutions of the Camassa-Holm equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematical Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 16 (1), pp.163-178. </w:t>
+              <w:t xml:space="preserve">Discrete and Continuous Dynamical Systems - Series S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33 (7), pp.2791-2808. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00021-013-0145-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3934/dcds.2013.33.2791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00681843v1</w:t>
+                <w:t xml:space="preserve">hal-00678729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Kato Type Theorem for the Inviscid Limit of the Navier-Stokes Equations with a Moving Rigid Body</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The movement of a solid in an incompressible perfect fluid as a geodesic flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 316 (3), pp.783-808. </w:t>
+              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 140, pp.2155-2168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00220-012-1516-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1090/S0002-9939-2011-11219-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04856109v1</w:t>
+                <w:t xml:space="preserve">hal-00564114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smoothness of the motion of a rigid body immersed in an incompressible perfect fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takéo Takahashi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Scientifiques de l'École Normale Supérieure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (1), pp.1--51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24033/asens.2159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00466265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The movement of a solid in an incompressible perfect fluid as a geodesic flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Glass</w:t>
+                <w:t xml:space="preserve">Boundary-layer interactions in the plane-parallel incompressible flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toan Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the American Mathematical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 140, pp.2155-2168. </w:t>
+              <w:t xml:space="preserve">Nonlinearity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (12), pp.3327-3342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1090/S0002-9939-2011-11219-X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0951-7715/25/12/3327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00564114v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary-layer interactions in the plane-parallel incompressible flows</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Toan Nguyen</w:t>
+                <w:t xml:space="preserve">On the motion of a rigid body in a two-dimensional irregular ideal flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nonlinearity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 25 (12), pp.3327-3342. </w:t>
+              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (5), pp.3101-3126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0951-7715/25/12/3327⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1137/110839539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04856110v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00605763v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the motion of a rigid body in a two-dimensional irregular ideal flow</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Glass</w:t>
+                <w:t xml:space="preserve">Cauchy problem and quasi-stationary limit for the Maxwell-Landau-Lifschitz and Maxwell-Bloch equations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Mathematical Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Annali della Scuola Normale Superiore di Pisa, Classe di Scienze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 11 (5), pp.503-543</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00605763v2</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cauchy problem and quasi-stationary limit for the Maxwell-Landau-Lifschitz and Maxwell-Bloch equations.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Kato Type Theorem for the Inviscid Limit of the Navier-Stokes Equations with a Moving Rigid Body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annali della Scuola Normale Superiore di Pisa, Classe di Scienze</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communications in Mathematical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 316 (3), pp.783-808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00220-012-1516-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04856348v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smoothness of the trajectories of ideal fluid particles with Yudovich vorticities in a planar bounded domain</w:t>
               </w:r>
@@ -2916,522 +2916,453 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entropy boundary layers</w:t>
+                <w:t xml:space="preserve">Viscous approach of discontinuous solutions of semilinear symmetric hyperbolic systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 56 (1), pp.183-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/aif.2177⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00009619v1</w:t>
+                <w:t xml:space="preserve">hal-00002136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscous approach of discontinuous solutions of semilinear symmetric hyperbolic systems</w:t>
+                <w:t xml:space="preserve">Approche visqueuse de solutions discontinues de systèmes hyperboliques semilinéaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 56 (1), pp.183-245. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 56, pp.183-245</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/aif.2177⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00002136v1</w:t>
+                <w:t xml:space="preserve">hal-00114295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche visqueuse de solutions discontinues de systèmes hyperboliques semilinéaires</w:t>
+                <w:t xml:space="preserve">Couches limites : un problème inverse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de l'Institut Fourier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 56, pp.183-245</w:t>
+              <w:t xml:space="preserve">Communications in Partial Differential Equations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 31, pp.123-194</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00114295v1</w:t>
+                <w:t xml:space="preserve">hal-00114113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couches limites : un problème inverse</w:t>
+                <w:t xml:space="preserve">Couches limites: un problème inverse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications in Partial Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 31, pp.123-194</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 31 (1), pp.123-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03605300500299927⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00114113v1</w:t>
+                <w:t xml:space="preserve">hal-00002137v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couches limites semilinéaires</w:t>
+                <w:t xml:space="preserve">Entropy boundary layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de la Faculté des Sciences de Toulouse. Mathématiques.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 15, pp.323-380</w:t>
+              <w:t xml:space="preserve">Asymptotic Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 49 (1-2), pp.109-171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00114300v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00009619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...35 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Few Remarks on a Theorem by J. Rauch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indiana University Mathematics Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 54 (4), pp.1107-1143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00002195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3441,51 +3372,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the controllability of the Navier-Stokes equation in a rectangle, with a little help of a distributed phantom force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Coron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3494,106 +3425,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ping Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées EDP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Obernai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01970878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the controllability of the Navier-Stokes equation in spite of boundary layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Coron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3622,120 +3553,120 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Analysis of Viscous Incompressible Fluid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Kyoto, Japan. pp.162-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur la dynamique de corps solides immergés dans un fluide incompressible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Laurent Schwartz. Ecole polytechnique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, France. pp.XXXX</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00789493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3745,107 +3676,107 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion of a particle immersed in a two dimensional incompressible perfect fluid and point vortex dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Particles in Flows</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.139-216, 2017, Advances in Mathematical Fluid Mechanics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-60282-0_3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3855,514 +3786,514 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A few remarks on the transport-Stokes system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Mecherbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03867203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local exact Lagrangian controllability for 1D barotropic compressible Navier--Stokes equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kai Koike</w:t>
+                <w:t xml:space="preserve">A Runge-type approximation theorem for the 3D unsteady Stokes system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsuo Higaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856103v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new look at the controllability cost of linear evolution systems with a long gaze at localized data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laheurte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Runge-type approximation theorem for the 3D unsteady Stokes system</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differential transmutations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856102v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04485367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential transmutations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the analyticity of the flow map for the AHT equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Mecherbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485367v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the analyticity of the flow map for the AHT equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amina Mecherbet</w:t>
+                <w:t xml:space="preserve">Local exact Lagrangian controllability for 1D barotropic compressible Navier--Stokes equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Koike</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gastón Vergara-Hermosilla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856101v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of several rigid bodies in a two-dimensional ideal fluid and convergence to vortex systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Glass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4371,249 +4302,249 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weak vorticity formulation for the incompressible Euler equations in domains with boundary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragos Iftimie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milton Lopes Filho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milton Lopes Filho</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Helena Nussenzveig Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cauchy problem and quasi-stationary limit for the Maxwell-Landau-Lifschitz and Maxwell-Bloch equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00493203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the ferromagnetism equations with large variations solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4622,65 +4553,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sueur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00022005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId116"/>
+      <w:footerReference w:type="default" r:id="rId115"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4748,51 +4679,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6A0F70E2"/>
+    <w:nsid w:val="6E2C4761"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4979,51 +4910,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-sueur" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8413-4545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096439874" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856106v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Noisette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sueur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1370" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. H&#246;fer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prange" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893582v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glass" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef J. Kolumb&#225;n" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/paa.2021.3.613" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422161v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Coron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marbach" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/952" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562320v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/apde.2020.13.651" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676663v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40818-019-0073-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024104v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lacave" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Munnier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.04.017" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483825v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajiang Liao" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.11.018" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483826v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11425-018-9505-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483822v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hillairet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2019026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950544v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-018-0802-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678687v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076950v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-015-2489-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589499v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/bsmf.2672" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682976v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816222v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678729v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2013.33.2791" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00713683v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-2012-1123" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681843v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00021-013-0145-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856109v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-012-1516-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QGT81TPN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak&#233;o Takahashi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2159" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564114v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-2011-11219-X" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856110v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Nguyen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/25/12/3327" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-1MC3108W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605763v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110839539" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856348v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856112v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2011.07.035" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Iftimie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002138v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1124" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gu&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/DPDE.2007.v4.n2.a3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009619v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002136v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2177" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114295v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114113v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114300v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002137v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03605300500299927" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002195v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970878v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492722v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789493v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476727v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60282-0_3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867203v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mecherbet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Koike" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n Vergara-Hermosilla" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856105v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bianchini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laheurte" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856102v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Higaki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856101v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309070v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820998v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Lopes Filho" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Nussenzveig Lopes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493203v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022005v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/franck-sueur" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8413-4545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/096439874" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856106v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Noisette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sueur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/RMI/1370" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264956v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard M. H&#246;fer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prange" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.184" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893582v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Glass" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#243;zsef J. Kolumb&#225;n" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/paa.2021.3.613" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422161v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Coron" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marbach" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/952" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562320v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/apde.2020.13.651" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483825v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiajiang Liao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.11.018" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024104v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lacave" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Munnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2019.04.017" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483826v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11425-018-9505-8" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483822v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Hillairet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2019026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676663v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40818-019-0073-4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00950544v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00222-018-0802-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678687v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076950v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-015-2489-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682976v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816222v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00589499v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/bsmf.2672" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00713683v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ASY-2012-1123" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681843v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00021-013-0145-2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678729v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcds.2013.33.2791" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564114v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1090/S0002-9939-2011-11219-X" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466265v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tak&#233;o Takahashi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24033/asens.2159" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856110v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/25/12/3327" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-1MC3108W-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605763v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/110839539" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856348v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856109v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-012-1516-x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QGT81TPN-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856112v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2011.07.035" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865912v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Iftimie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002138v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1124" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gu&#232;s" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4310/DPDE.2007.v4.n2.a3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002136v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/aif.2177" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114295v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114113v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002137v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03605300500299927" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009619v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002195v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970878v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789493v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476727v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-60282-0_3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867203v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Mecherbet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856102v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Higaki" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856105v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Bianchini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laheurte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485367v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856101v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856103v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Koike" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n Vergara-Hermosilla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309070v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820998v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Lopes Filho" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Nussenzveig Lopes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493203v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022005v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>