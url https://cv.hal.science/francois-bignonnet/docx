--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -888,811 +888,811 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04136337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the thermodynamics consistency of Gurson’s model and its computational implications</w:t>
+                <w:t xml:space="preserve">Hydration, mechanical and transfer properties of blended cement pastes and mortars prepared with recycled powder or limestone filler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Bouby</w:t>
+                <w:t xml:space="preserve">Mahmoud Nacer-Eddine Hamdadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Morin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bignonnet</w:t>
+                <w:t xml:space="preserve">Walid Deboucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Dormieux</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nordine Leklou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2023.112359⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78, pp.107541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.107541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132669v1</w:t>
+                <w:t xml:space="preserve">hal-04192310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydration, mechanical and transfer properties of blended cement pastes and mortars prepared with recycled powder or limestone filler</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Nacer-Eddine Hamdadou</w:t>
+                <w:t xml:space="preserve">Numerical estimation of the permeability of granular soils using the DEM and LBM or FFT-based fluid computation method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc-Son Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2023.107541⟩</w:t>
+              <w:t xml:space="preserve">Granular Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (3), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10035-023-01330-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192310v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical estimation of the permeability of granular soils using the DEM and LBM or FFT-based fluid computation method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the thermodynamics consistency of Gurson’s model and its computational implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Dormieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ngoc-Son Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bignonnet</w:t>
+                <w:t xml:space="preserve">Djimedo Kondo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Granular Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 25 (3), pp.53. </w:t>
+              <w:t xml:space="preserve">International Journal of Solids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 279, pp.112359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10035-023-01330-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijsolstr.2023.112359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148247v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04132669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micromechanical schemes for Stokes to Darcy homogenization of permeability based on generalized Brinkman inhomogeneity problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of recycled concrete aggregates and recycled filler on delayed ettringite formation: An experimental study compared to chemical modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Yammine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Hamdadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nordine Leklou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Choinska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2021.103622⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132, pp.104636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2022.104636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03594654v1</w:t>
+                <w:t xml:space="preserve">hal-03710473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of recycled concrete aggregates and recycled filler on delayed ettringite formation: An experimental study compared to chemical modelling</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micromechanical schemes for Stokes to Darcy homogenization of permeability based on generalized Brinkman inhomogeneity problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marta Choinska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 132, pp.104636. </w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 172, pp.103622. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2022.104636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2021.103622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03710473v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEF damage in heat cured mortars made of recycled concrete sand aggregate</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marta Choinska</w:t>
+                <w:t xml:space="preserve">The Eshelby problem of the confocal N-layer spheroid with imperfect interfaces and the notion of equivalent particle in thermal conduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Mechling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 252, pp.119059. </w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 150, pp.103274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2020.103274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02934692v1</w:t>
+                <w:t xml:space="preserve">hal-02502249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Eshelby problem of the confocal N-layer spheroid with imperfect interfaces and the notion of equivalent particle in thermal conduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DEF damage in heat cured mortars made of recycled concrete sand aggregate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Yammine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nordine Leklou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Choinska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Barthélémy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bignonnet</w:t>
+                <w:t xml:space="preserve">Jean-Michel Mechling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 150, pp.103274. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 252, pp.119059. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2020.103274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.119059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02502249v1</w:t>
+                <w:t xml:space="preserve">hal-02934692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient FFT-based upscaling of the permeability of porous media discretized on uniform grids with estimation of RVE size</w:t>
               </w:r>
@@ -1782,51 +1782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rozière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1880,339 +1880,339 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02351343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress effects on the relative permeabilities of tight sandstones</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Upper Bounds on the Permeability of Random Porous Media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yi Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2017.09.018⟩</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122 (1), pp.57 - 76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-017-0989-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713234v1</w:t>
+                <w:t xml:space="preserve">hal-01737952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upper Bounds on the Permeability of Random Porous Media</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of carbonation on ionic transport in unsaturated concrete: evolution of porosity and prediction of service life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouali Amiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11242-017-0989-7⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, AUGC 2017, 23 (5), pp.593-608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1455609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01737952v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02055729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of carbonation on ionic transport in unsaturated concrete: evolution of porosity and prediction of service life</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ouali Amiri</w:t>
+                <w:t xml:space="preserve">Stress effects on the relative permeabilities of tight sandstones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Rozière</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, AUGC 2017, 23 (5), pp.593-608. </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 350 (3), pp.110-118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1455609⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2017.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02055729v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fourier-based strength homogenization of porous media</w:t>
               </w:r>
@@ -2224,51 +2224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghazi Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 58 (5), pp.833 - 859. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2315,51 +2315,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A micro-mechanical model for the plasticity of porous granular media and link with the Cam clay model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djimédo Kondo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2445,51 +2445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhibo Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Egermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Skoczylas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2549,51 +2549,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strength of a matrix with elliptic criterion reinforced by rigid inclusions with imperfect interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2653,51 +2653,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FFT-based bounds on the permeability of complex microstructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical and Analytical Methods in Geomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 38, pp.1707 - 1723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2769,51 +2769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karam Sab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Brisard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3052,51 +3052,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigation of a permeability-microstructure relationship in the context of internal erosion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Shamieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc-Son Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3749,64 +3749,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of mechanical properties and heat of hydration of fine recycled aggregates and limestone fillers cement mortars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Nacer-Eddine Hamdadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nordine Leklou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harifidy Ranaivomanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3974,90 +3974,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromechanical modelling of damage induced by delayed ettringite formation in concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Yammine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nordine Leklou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Choinska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MATBUD’2020 – Scientific-Technical Conference: E-mobility, Sustainable Materials and Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Cracow, Poland. pp.01037, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4117,64 +4117,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo Yammine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nordine Leklou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Choinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Stryszewska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4485,51 +4485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Egermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhibo Duan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Skoczylas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4671,51 +4671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de bornes numériques par FFT pour la perméabilité Application à une craie sous confinement croissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Dormieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Skoczylas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4758,277 +4758,391 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04266368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Permeability of saturated granular soils in a suffusion context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Shamieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bignonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc-Son Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Gelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fourier-based computational micromechanics on boundary-conforming transformed grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Ladecký</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Pultarová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Zeman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Ladecký</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-05329992v1</w:t>
+                <w:t xml:space="preserve">hal-05329992v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation expérimentale et modélisation micro-mécanique de la perméabilité et la résistance de roches argileuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bignonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mécanique des matériaux [physics.class-ph]. Université Paris-Est, 2014. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2014PEST1060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01127305v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId149"/>
+      <w:footerReference w:type="default" r:id="rId150"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5096,51 +5210,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D2184CFF"/>
+    <w:nsid w:val="97FF8BE8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5244,51 +5358,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="9592D0D1"/>
+    <w:nsid w:val="39427118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5478,51 +5592,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-bignonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5279-9112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182442624" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech.univ-nantes.fr/fr/les-formations/cycle-ingenieur/ingenieur-genie-civil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/utr-multix/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/utr-durpro/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralelille.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecoledesponts.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minesparis.psl.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.mit.edu/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meche.mit.edu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894736v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reuge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2025.2532800" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329948v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ihaddadene" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Claverie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.108053" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703403v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Atallah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.138160" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103622" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132669v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouby" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Morin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djimedo Kondo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112359" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Nacer-Eddine Hamdadou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Deboucha" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.107541" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148247v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Son Nguyen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-023-01330-1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594654v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2021.103622" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710473v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yammine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hamdadou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Choinska" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2022.104636" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934692v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mechling" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119059" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2020.103274" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934698v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113237" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Achour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rozi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.117124" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713234v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeannin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Agostini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2017.09.018" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737952v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0989-7" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055729v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1455609" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676086v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Hassen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-016-1319-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337763v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.07.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337975v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibo Duan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Egermann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Skoczylas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337841v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lemarchand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2015.02.003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01084229v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2278" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E3FC74F9BA28D7FD6DA1952107CAD961C11C093/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01076820v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Sab" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brisard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bisson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2014.05.014" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762456v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadah Jaouad" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bignonnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine A. Davy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2012.11.001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920824v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Shamieh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gelet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1480/1/012031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.42.1.33" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.42.1.36" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193812v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262525v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.1.20" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303717v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eid" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881206v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265416v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roziere" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.35.1.3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265243v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032201037" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265232v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Yammine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Stryszewska" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/fc10.233150" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265406v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1405563" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265397v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262557v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dormieux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.149" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266368v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329992v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ladeck&#253;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Pultarov&#225;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zeman" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01127305v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PEST1060" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/francois-bignonnet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5279-9112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/182442624" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytech.univ-nantes.fr/fr/les-formations/cycle-ingenieur/ingenieur-genie-civil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-nantes.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/utr-multix/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gem.ec-nantes.fr/utr-durpro/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralelille.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecoledesponts.fr/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.minesparis.psl.eu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.mit.edu/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meche.mit.edu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894736v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Reuge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bignonnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2025.2532800" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329948v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Ihaddadene" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Claverie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2025.108053" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703403v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Atallah" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.138160" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136337v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apor.2023.103622" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192310v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Nacer-Eddine Hamdadou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Deboucha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nordine Leklou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2023.107541" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148247v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Son Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-023-01330-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132669v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bouby" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Morin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Dormieux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djimedo Kondo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2023.112359" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03710473v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yammine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Hamdadou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Choinska" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2022.104636" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594654v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2021.103622" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502249v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2020.103274" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934692v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Mechling" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.119059" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934698v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2020.113237" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Achour" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rozi&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2019.117124" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737952v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-017-0989-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02055729v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1455609" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713234v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeannin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Agostini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2017.09.018" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676086v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Hassen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-016-1319-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337763v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djim&#233;do Kondo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2015.07.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337975v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhibo Duan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Egermann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Skoczylas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01337841v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Lemarchand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2015.02.003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01084229v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nag.2278" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E3FC74F9BA28D7FD6DA1952107CAD961C11C093/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01076820v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karam Sab" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Brisard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bisson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2014.05.014" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762456v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadah Jaouad" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bignonnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine A. Davy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Troadec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2012.11.001" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920824v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Shamieh" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Gelet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/1480/1/012031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178207v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.42.1.33" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178183v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.42.1.36" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193812v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33211-1_2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262525v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.41.1.20" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303717v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Eid" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Villain" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881206v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265416v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roziere" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.35.1.3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265243v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032201037" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265232v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo Yammine" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Stryszewska" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/fc10.233150" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265406v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1405563" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265397v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265223v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262557v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dormieux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784412992.149" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04266368v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Davy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557210v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329992v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ladeck&#253;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Pultarov&#225;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zeman" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01127305v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PEST1060" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>