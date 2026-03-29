--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -72,178 +72,178 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Wheat Aleurone Layer: Optimisation of Its Benefits and Application to Bakery Products</w:t>
+                <w:t xml:space="preserve">Use of pregelatinzed starch and pea proteins to improve nutritional value of traditional brioche: consequences on dough rheology and final product quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Lebert</w:t>
+                <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Buche</w:t>
+                <w:t xml:space="preserve">Cécile Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Sorin</w:t>
+                <w:t xml:space="preserve">Julie Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aussenac</w:t>
+                <w:t xml:space="preserve">Larbi Rhazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (22), </w:t>
+              <w:t xml:space="preserve">LWT - Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/foods11223552⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.lwt.2026.119212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264647v1</w:t>
+                <w:t xml:space="preserve">hal-05536245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle méthode d'enrichissement pour lutter contre la dénutrition</w:t>
               </w:r>
@@ -344,409 +344,526 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des scientifiques d'UniLaSalle mettent au point un procédé innovant pour sécher des levures de boulangerie</w:t>
+                <w:t xml:space="preserve">The Wheat Aleurone Layer: Optimisation of Its Benefits and Application to Bakery Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Gadonna</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lucie Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Marier</w:t>
+                <w:t xml:space="preserve">Arnaud Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
+                <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industries des Céréales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods11223552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04264600v1</w:t>
+                <w:t xml:space="preserve">hal-04264647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of oxygen content of kneading atmosphere on oxygen uptake and relaxation index of bread dough with various additives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Des scientifiques d'UniLaSalle mettent au point un procédé innovant pour sécher des levures de boulangerie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gadonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Rouillé</w:t>
+                <w:t xml:space="preserve">David Marier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Potus</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Industries des Céréales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01173911v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Influence of oxygen content of kneading atmosphere on oxygen uptake and relaxation index of bread dough with various additives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Davidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Verté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Rouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Potus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 60 (2), pp.282-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2014.06.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Competition for oxygen among oxidative systems during bread dough mixing: consequences of addition of glucose oxidase and lipoxygenase on yeasted dough rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Davidou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Potus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Rouillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cereal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 88 (5), pp.518-524. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1094/CCHEM-07-10-0106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02651931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -756,625 +873,625 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude et modélisation des effets des supports d’arômes et du procédé de panification sur les caractéristiques de brioches aromatisées.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performance of monodiglycerides in bakery: Effect of their physicochemical characteristics on soft-bread attributes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Teulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Buche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inno'Sweet</w:t>
+              <w:t xml:space="preserve">Inno'sweet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRT AGIR, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120309v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05146770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of monodiglycerides in bakery: Effect of their physicochemical characteristics on soft-bread attributes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude et modélisation des effets des supports d’arômes et du procédé de panification sur les caractéristiques de brioches aromatisées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadine Teulon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Natcha Bochansky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Laguerre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurene de Beaurepaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dugardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Bouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inno'sweet</w:t>
+              <w:t xml:space="preserve">Inno'Sweet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRT AGIR, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05146770v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05120309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processing of Wheat Non-Starch Polysaccharides for the Optimization of Their Functional and Nutritional Characteristics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Flore Depeint</w:t>
+                <w:t xml:space="preserve">Ozone Treatment of Wheat Flour Naturally Rich in Fibres and Proteins: Impact on its Biochemical, Technological and Antioxidant Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Larbi Rhazi</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th ICC International Cereal and Bread Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE; ICC, Apr 2024, NANTES, France</w:t>
+              <w:t xml:space="preserve">Chemistry, Quality, and Technology Conference​</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cereals &amp; Grains Association, Oct 2024, Schaumburg, Illinois ​​, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05114846v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04762071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ozone Treatment of Wheat Flour Naturally Rich in Fibres and Proteins: Impact on its Biochemical, Technological and Antioxidant Properties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Lebert</w:t>
+                <w:t xml:space="preserve">Processing of Wheat Non-Starch Polysaccharides for the Optimization of Their Functional and Nutritional Characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy Sztupecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Depeint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aussenac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aussenac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sorin</w:t>
+                <w:t xml:space="preserve">Larbi Rhazi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry, Quality, and Technology Conference​</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cereals &amp; Grains Association, Oct 2024, Schaumburg, Illinois ​​, United States</w:t>
+              <w:t xml:space="preserve">17th ICC International Cereal and Bread Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; ICC, Apr 2024, NANTES, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04762071v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05114846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentialisation des outils de caractérisation des farines et des pâtes par l’iconographie des corrélations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouchahda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aemic, Nov 2023, Auxerre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04278263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1384,936 +1501,936 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of mono- and diglycerides characteristics on bread dough behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Héry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Menu</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nadine Teulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inno'sweet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05146775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozonation of flour naturally rich in fibres and proteins: impact on its technological and antioxidant properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICBC 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remplacement d’un amidon modifié prégél par un ingrédient clean label, application à la formulation d’une brioche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Buche-Foissy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Dijon (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet d'une fraction meunière riche en protéines et en fibres sur les propriétés des pâte de blé et des pains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Lebert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loubersac Dhotel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Dijon (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalization of wheat aleurone-rich flour for bread and baked products applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Lebert</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sorin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ozone days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de la teneur en amidon prégélatinisé sur un produit issu d’une pâte grasse sucrée levée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Buche-Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Dijon (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d’un nouveau protocole spécifique à l’Amylab FN pour l’aide à la détermination de l’efficacité des α-amylases exogènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Nestora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lena Bosc-Bierne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dubat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aussenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Tours (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04262408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation et aptitude à la panification de S. cerevisiae séchée par zéodratation confinée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gadonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marier David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Gadonna-Widehem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Techniques des Industries Céréalières 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04264607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2323,126 +2440,126 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produit de boulangerie fine à base de farines de blé et de légumineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Andria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2407794. 2026, https://data.inpi.fr/brevets/FR3164606?q=#FR3164606</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">METHOD FOR ENRICHING FOOD PRODUCTS WITH PROTEINS AND/OR WITH FOOD SUPPLEMENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Tachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2451,314 +2568,314 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pouillart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Buche-Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Franquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US 2022/0151277. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FATTY AERY BREAD DOUGH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Buche-Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Branchu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 3 909 429 Al. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04266336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produit déshydraté à partir d'aliments et son procédé.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Gripon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Mignonac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Buche-Foissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Buche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, N° de brevet: FR3106471A1. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé d'enrichissement d'aliments en protéines et/ou en compléments alimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pouillart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2780,152 +2897,152 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Buche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR2020/050457. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04360083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROCEDE DE TRAITEMENT DU CRESSON</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jacolot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gadonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robert de Massy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2019138200A1. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04269179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2935,114 +3052,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la formulation de pâtes de farine de blé sur leur consommation d'oxygène et leur production de dioxyde de carbone au cours du pétrissage et de la fermentation : Conséquences biochimiques et rhéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Buche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alimentation et Nutrition. AgroParisTech, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011AGPT0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01127574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3189,51 +3306,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lebert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sorin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11223552" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357807v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouillart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tachet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Buche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buche-Foissy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Frankin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264600v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gadonna" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173911v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Davidou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vert&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rouill&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Potus" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2014.06.007" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCDJD450-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651931v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Rouill&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CCHEM-07-10-0106" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120309v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natcha Bochansky" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Laguerre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene de Beaurepaire" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugardin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bouat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05146770v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Menu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ry" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Teulon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114846v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Sztupecki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Depeint" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762071v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04278263v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Laguerre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouchahda" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05146775v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593507v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262666v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masse" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Branchu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262730v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubersac Dhotel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262834v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262646v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262408v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Nestora" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bosc-Bierne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264607v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marier David" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476790v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Andria" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Franquin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04266336v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269785v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gripon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mignonac" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360083v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269179v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert de Massy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01127574v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011AGPT0033" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05536245v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Branchu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Rhazi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2026.119212" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357807v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pouillart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tachet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Buche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buche-Foissy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Frankin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264647v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lebert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sorin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11223552" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264600v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gadonna" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Gadonna-Widehem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173911v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Davidou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Vert&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rouill&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Potus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2014.06.007" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LCDJD450-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651931v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pommet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Rouill&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CCHEM-07-10-0106" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05146770v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Menu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Teulon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120309v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natcha Bochansky" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Laguerre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene de Beaurepaire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dugardin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Bouat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762071v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114846v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Sztupecki" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Depeint" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04278263v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Laguerre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouchahda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05146775v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593507v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262666v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masse" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262730v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubersac Dhotel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262834v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262646v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262408v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Nestora" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Bosc-Bierne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dubat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04264607v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marier David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476790v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Andria" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269156v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Franquin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04266336v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269785v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Gripon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mignonac" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360083v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04269179v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacolot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robert de Massy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01127574v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011AGPT0033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>