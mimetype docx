--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2214,217 +2214,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02964155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil moisture retrieval over irrigated grasslands using X-band SAR data combined with optical data acquired at high resolution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Couplage de données radar et optique pour l’estimation de l’humidité des sols sur des prairies irriguées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Cheviron</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2015</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">13. Journées Scientifiques du Réseau Télédétection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Dakar, Sénégal. pp.23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01247210v1</w:t>
+                <w:t xml:space="preserve">hal-02601158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of flow and infiltration processes on agricultural plots irrigated by submersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2443,462 +2434,471 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2015, European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage de données radar et optique pour l’estimation de l’humidité des sols sur des prairies irriguées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil moisture retrieval over irrigated grasslands using X-band SAR data combined with optical data acquired at high resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cheviron</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées Scientifiques du Réseau Télédétection</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Milano, Italy. pp.1328-1331, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2015.7326020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02601158v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01247210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation d’un modèle à base physique pour l’optimisation multicritères de l’irrigation des prairies par submersion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
+                <w:t xml:space="preserve">Estimation of soil moisture using radar and optical images over grassland areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrez Zribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40èmes Journées Scientifiques du GFHN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">EGU General Assenbly 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743646v1</w:t>
+                <w:t xml:space="preserve">hal-02601336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of soil moisture using radar and optical images over grassland areas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Cheviron</w:t>
+                <w:t xml:space="preserve">Utilisation d’un modèle à base physique pour l’optimisation multicritères de l’irrigation des prairies par submersion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ruy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Flamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assenbly 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Vienna, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">40èmes Journées Scientifiques du GFHN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02601336v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of soil moisture using radar and optical images over grassland areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Hajj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,51 +2906,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPOT4/Take5 User</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Toulouse, France. pp.32</w:t>
@@ -3031,51 +3031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Belaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehrez Zribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Cheviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Geoscience and Remote Sensing Symposium (IGARSS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Quebec, Canada. pp.3638-3641</w:t>
@@ -3143,51 +3143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Flamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3357,620 +3357,620 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de la composition de l'eau d'irrigation, des interactions avec les constituants des sols et de l'absorption de nutriments dans la protection de la qualité de la nappe de la Crau et des sols - un exemple ancien d'agriculture durable.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Bourrie</w:t>
+                <w:t xml:space="preserve">Acquisition de données in situ sur la qualité des eaux et télétransmission de données</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Bourrié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Descamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mayor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Trolard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées d'Etude des Sols - AFES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve">Journées J2M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Pornic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01315018v1</w:t>
+                <w:t xml:space="preserve">hal-01335821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition de données in situ sur la qualité des eaux et télétransmission de données</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Descamps</w:t>
+                <w:t xml:space="preserve">Rôle de la composition de l'eau d'irrigation, des interactions avec les constituants des sols et de l'absorption de nutriments dans la protection de la qualité de la nappe de la Crau et des sols - un exemple ancien d'agriculture durable.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Bourrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Trolard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mayor</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées J2M</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Pornic, France</w:t>
+              <w:t xml:space="preserve">Les Journées d'Etude des Sols - AFES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01335821v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’irrigation à la « gestion durable » de l’eau. Impact des changements globaux sur les agro-hydro-systèmes de la région Crau – Camargue.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diagnostic des acteurs et des dispositifs de coordination pour une gestion collective de la ressource en eau : le cas original de la nappe de Crau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Banton</w:t>
+                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Baret</w:t>
+                <w:t xml:space="preserve">J.-C. Poussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Chalikakis</w:t>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
+                <w:t xml:space="preserve">A. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2011, pp.140-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01336990v1</w:t>
+                <w:t xml:space="preserve">hal-02596127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la recharge de la nappe a l'echelle parcellaire par l'irrigation par submersion : une approche couplée Hydrologie-géophysique, Milieux poreux et transferts hydriques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De l’irrigation à la « gestion durable » de l’eau. Impact des changements globaux sur les agro-hydro-systèmes de la région Crau – Camargue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Chanzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Ma</w:t>
+                <w:t xml:space="preserve">Olivier Banton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Doussan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Albert Olioso</w:t>
+                <w:t xml:space="preserve">Frédéric Baret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Chapelet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Konstantinos Chalikakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Journées Scientifiques du GFHN - Milieux Poreux et Géophysique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Orléans, France</w:t>
+              <w:t xml:space="preserve">Actes du Colloque LPED/IMEP/GIEST Usages écologiques, économiques et sociaux de l’eau agricole en méditerranée : quels enjeux pour quels services?. Atelier 3, État écologique, biodiversité et paysages de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01338671v1</w:t>
+                <w:t xml:space="preserve">hal-01336990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic des acteurs et des dispositifs de coordination pour une gestion collective de la ressource en eau : le cas original de la nappe de Crau</w:t>
+                <w:t xml:space="preserve">Caractérisation de la recharge de la nappe a l'echelle parcellaire par l'irrigation par submersion : une approche couplée Hydrologie-géophysique, Milieux poreux et transferts hydriques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Guérin-Schneider</w:t>
+                <w:t xml:space="preserve">D. Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-C. Poussin</w:t>
+                <w:t xml:space="preserve">Claude Doussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Charron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Renault</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2011, pp.140-142</w:t>
+                <w:t xml:space="preserve">A. Chapelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Journées Scientifiques du GFHN - Milieux Poreux et Géophysique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02596127v1</w:t>
+                <w:t xml:space="preserve">hal-01338671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4126,77 +4126,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des processus d’écoulement et d’infiltration sur des parcelles agricoles irriguées par submersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Alkassem Alosman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Flamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Lecharpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4238,103 +4238,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi des transferts hydriques préférentiels dans les sols lors des irrigations gravitaires en utilisant la tomographie de résistivité électrique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque des 10 ans de la Réserve des Coussouls de Crau. « La plaine de Crau : Écologie et conservation d'une steppe méditerranéenne ». Bilan des travaux scientifiques récents. Définition des perspectives de recherche. Enjeux de territoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Saint Martin De Crau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4359,103 +4359,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring soil to groundwater preferential ﬂow during border irrigation using time-lapse ERT.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Doussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Research Abstracts, Vol. 13, EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4770,51 +4770,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan hydrique des agrosystèmes de Crau face aux changements globaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Olioso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5146,51 +5146,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vand&#244;me" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Berkaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Guillemin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2025.109518" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04964915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystele Leauthaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Mekki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Zairi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-385-429-2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14102312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03054216v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12244058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;raphin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2017.10.001" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336862v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Hajj" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cheviron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2016.01.027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605358v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihan Mohammed" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourrie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gillon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tronc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11648/j.ajaf.20160406.11" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098272v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baghdadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs61010002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652116v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.077" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656151v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;rot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bergez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wallach" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duru" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2011.HS.02" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Isb&#233;rie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2007.04.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VJG59GD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589294v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528687v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Daudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002895v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-90" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964155v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Irfan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Madec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dejoux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8900400" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247210v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2015.7326020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740615v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601158v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Hajj" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheviron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743646v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flamain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601336v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600380v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334032v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alkassem-Alosman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flamain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ruy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lecharpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourri&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315018v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335821v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Descamps" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mayor" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336990v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338671v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ma" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapelet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596127v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Poussin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607086v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alcazar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moni&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601497v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338668v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601377v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336619v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lorraine Dangeard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Mordant de Massiac" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lecerf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336978v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Huard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817458v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193232v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vand&#244;me" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Belaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Berkaoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Guillemin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agwat.2025.109518" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04964915v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crystele Leauthaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Moinard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insaf Mekki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Zairi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/piahs-385-429-2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685676v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Bazzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baghdadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrez Zribi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14102312" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03054216v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Fayad" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12244058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622167v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alkassem Alosman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ruy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bader" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w10111581" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635330v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vallet-Coulomb" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre S&#233;raphin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cognard-Plancq" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2017.10.001" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336862v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Hajj" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cheviron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2016.01.027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605358v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Trolard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gihan Mohammed" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourrie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gillon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Tronc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11648/j.ajaf.20160406.11" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01098272v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Baghdadi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs61010002" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652116v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Chanzy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Ruget" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lecerf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.077" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656151v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M&#233;rot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Bergez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wallach" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duru" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Charron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2011.HS.02" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W&#233;ry" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Isb&#233;rie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2007.04.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VJG59GD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589294v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wery" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528687v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Daudin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002895v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-90" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964155v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Weiss" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Irfan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Madec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dejoux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8900400" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601158v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Hajj" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheviron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740615v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Olioso" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247210v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2015.7326020" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601336v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743646v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Flamain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600380v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599400v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334032v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alkassem-Alosman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Flamain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ruy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lecharpentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321385v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Bourri&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01335821v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Descamps" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mayor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315018v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Jan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596127v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Poussin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Renault" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336990v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Banton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Baret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Chalikakis" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338671v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ma" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Doussan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chapelet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607086v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baillieux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alcazar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Villesseche" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moni&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601497v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338668v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338665v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601377v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dorchies" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Dejean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336619v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lorraine Dangeard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. de Mordant de Massiac" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lecerf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336978v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Huard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817458v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>