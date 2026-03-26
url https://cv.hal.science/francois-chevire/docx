--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -338,278 +338,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZBLAN glass 3D printing: the first steps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Barium lanthanum sulfide ceramics as new far-infrared transparent materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Galdo</w:t>
+                <w:t xml:space="preserve">Marine Poitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenn Cozic</w:t>
+                <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leo Szymczyk</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OME.562288⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.38597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-22356-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05076608v1</w:t>
+                <w:t xml:space="preserve">hal-05348212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barium lanthanum sulfide ceramics as new far-infrared transparent materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Le Coz</w:t>
+                <w:t xml:space="preserve">ZBLAN glass 3D printing: the first steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Galdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solenn Cozic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Poitou</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Leo Szymczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.38597. </w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (6), pp.1189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-22356-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OME.562288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05348212v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05076608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-sputtered phase-change Ga-Sb-Te thin films</w:t>
               </w:r>
@@ -915,51 +915,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Brézulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
@@ -1036,51 +1036,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Suffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Gouttefangeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1259,2379 +1259,2379 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03833401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation on Chalcogenide Glass Additive Manufacturing for Shaping Mid-Infrared Optical Components and Microstructured Optical Fibers</w:t>
+                <w:t xml:space="preserve">Perovskite (Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;100−x&amp;lt;/sub&amp;gt;(La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; ceramics: From dielectric characterization to dielectric resonator antenna applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Carcreff</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
+                <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gautier</w:t>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radwan Chahal</w:t>
+                <w:t xml:space="preserve">Claire Le Paven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cryst11030228⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 872, pp.159728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.159728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03153081v1</w:t>
+                <w:t xml:space="preserve">hal-03213295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mid-infrared hollow core fiber drawn from a 3D printed chalcogenide glass preform</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Investigation on Chalcogenide Glass Additive Manufacturing for Shaping Mid-Infrared Optical Components and Microstructured Optical Fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carcreff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lebullenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radwan Chahal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OME.415090⟩</w:t>
+              <w:t xml:space="preserve">Crystals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (3), pp.228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cryst11030228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03088546v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03153081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped Ca&amp;lt;sub&amp;gt;1-x&amp;lt;/sub&amp;gt;Sr&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;CN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors prepared by a carbon nitride based route</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yan Suffren</w:t>
+                <w:t xml:space="preserve">Mid-infrared hollow core fiber drawn from a 3D printed chalcogenide glass preform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Carcreff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Galdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Calers</w:t>
+                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2021.122240⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.198-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OME.415090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03213306v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03088546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; reduction into formate using Ln-Ta oxynitrides combined with a binuclear Ru(II) complex under visible light</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped Ca&amp;lt;sub&amp;gt;1-x&amp;lt;/sub&amp;gt;Sr&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;CN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors prepared by a carbon nitride based route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Leysour de Rohello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Calers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jechem.2020.06.064⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 300, pp.122240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2021.122240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02895318v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03213306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped ZnCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Selective CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; reduction into formate using Ln-Ta oxynitrides combined with a binuclear Ru(II) complex under visible light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kanemichi Muraoka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miharu Eguchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osamu Ishitani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kazuhiko Maeda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100157⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55, pp.176-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jechem.2020.06.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03276074v2</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tunable TTB strontium and tantalum based thin films: Influence of the deposition parameters on the structural and dielectric properties</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
+                <w:t xml:space="preserve">Synthesis and photoluminescence properties of Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped ZnCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; phosphors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Leysour de Rohello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+                <w:t xml:space="preserve">Francesco Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 121, pp.106733. </w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.100157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2021.106733⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2021.100157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355109v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276074v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perovskite (Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;100−x&amp;lt;/sub&amp;gt;(La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; ceramics: From dielectric characterization to dielectric resonator antenna applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Tunable TTB strontium and tantalum based thin films: Influence of the deposition parameters on the structural and dielectric properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Marlec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 872, pp.159728. </w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 121, pp.106733. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2021.159728⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2021.106733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03213295v1</w:t>
+                <w:t xml:space="preserve">hal-03355109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of cationic substitutions on the photoluminescence properties of Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped SrCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; prepared by a facile C&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; based synthetic approach</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Hybrid Flash-SPS of TiNiCu&amp;lt;sub&amp;gt;0.05&amp;lt;/sub&amp;gt;Sn with reduced thermal conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Gucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Graves Saunders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniella A Ferluccio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.12.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 837, pp.155058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394684v2</w:t>
+                <w:t xml:space="preserve">hal-02554009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal oxidation of oxynitride films as a strategy to achieve (Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;100-x&amp;lt;/sub&amp;gt;(La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; based oxide perovskite films with x = 1.65</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florent Marlec</w:t>
+                <w:t xml:space="preserve">Radial gradient refractive index (GRIN) infrared lens based on spatially resolved crystallization of chalcogenide glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Lavanant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hingant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.12.023⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (4), pp.860-867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OME.383868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421162v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of P/Bi substitution on optical and thermal properties of Ga-Ge-Se-Te glasses</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of cationic substitutions on the photoluminescence properties of Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; doped SrCN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; prepared by a facile C&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; based synthetic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Leysour de Rohello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Suffren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155224⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (16), pp.2316-2321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02554030v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02394684v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanochemical synthesis and structural characterization of gallium sulfide Ga&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal oxidation of oxynitride films as a strategy to achieve (Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;100-x&amp;lt;/sub&amp;gt;(La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; based oxide perovskite films with x = 1.65</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Killian Denoue</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Cheviré</w:t>
+                <w:t xml:space="preserve">C. Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Calers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Louisiane Verger</w:t>
+                <w:t xml:space="preserve">M. Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Le Coq</w:t>
+                <w:t xml:space="preserve">R. Benzerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 292, pp.121743. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (16), pp.6293-6300. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2020.121743⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945078v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and photoelectrochemical properties of SrTaO2N oxynitride thin films deposited by reactive magnetron sputtering</w:t>
+                <w:t xml:space="preserve">Effect of P/Bi substitution on optical and thermal properties of Ga-Ge-Se-Te glasses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+                <w:t xml:space="preserve">R. Golovchak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ziani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+                <w:t xml:space="preserve">M.J. J Seage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Tessier</w:t>
+                <w:t xml:space="preserve">J. Szlęzak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Shpotyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Płoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.05.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 835, pp.155224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02893601v1</w:t>
+                <w:t xml:space="preserve">hal-02554030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radial gradient refractive index (GRIN) infrared lens based on spatially resolved crystallization of chalcogenide glass</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Mechanochemical synthesis and structural characterization of gallium sulfide Ga&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Denoue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Hingant</w:t>
+                <w:t xml:space="preserve">Christophe Calers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisiane Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Le Coq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OME.383868⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 292, pp.121743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2020.121743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562370v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Flash-SPS of TiNiCu&amp;lt;sub&amp;gt;0.05&amp;lt;/sub&amp;gt;Sn with reduced thermal conductivity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural and photoelectrochemical properties of SrTaO2N oxynitride thin films deposited by reactive magnetron sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Graves Saunders</w:t>
+                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Cheviré</w:t>
+                <w:t xml:space="preserve">A. Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Marlec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniella A Ferluccio</w:t>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 837, pp.155058. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (16), pp.6301-6308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.155058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2020.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02554009v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02893601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Nanostructuration on the Chemical Composition of Nickel Oxide Nanoparticles</w:t>
+                <w:t xml:space="preserve">Theoretical-experimental evaluation of the photocatalytic activity of KCa&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Nb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Polteau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Arnayra Brito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Demange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eric Gautron</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Guilloux-Viry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.9b02088⟩</w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 253, pp.392-395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2019.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02333977v1</w:t>
+                <w:t xml:space="preserve">hal-02183907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theoretical-experimental evaluation of the photocatalytic activity of KCa&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;3−x&amp;lt;/sub&amp;gt;Nb&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New insights in structural characterization of transparent ZnS ceramics hot-pressed from nanocrystalline powders synthesized by combustion method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Bouquet</w:t>
+                <w:t xml:space="preserve">G.R. Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Noha Hakmeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Dorcet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Valérie Demange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maryline Guilloux-Viry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 253, pp.392-395. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (10), pp.3094-3102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2019.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.03.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183907v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in structural characterization of transparent ZnS ceramics hot-pressed from nanocrystalline powders synthesized by combustion method</w:t>
+                <w:t xml:space="preserve">Impact of Nanostructuration on the Chemical Composition of Nickel Oxide Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.R. Durand</w:t>
+                <w:t xml:space="preserve">Baptiste Polteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noha Hakmeh</w:t>
+                <w:t xml:space="preserve">Philippe Deniard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Dorcet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Cheviré</w:t>
+                <w:t xml:space="preserve">Eric Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 39 (10), pp.3094-3102. </w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (22), pp.15004-15007. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2019.03.033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.9b02088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02122177v1</w:t>
+                <w:t xml:space="preserve">hal-02333977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the Processing Route on the Thermoelectric Performance of Nanostructured CuPbSbTe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Gucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dorcet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theo Graves Saunders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57 (20), pp.12976-12986. </w:t>
@@ -3669,77 +3669,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Coinage Metal Insertion on the Thermoelectric Properties of GeTe Solid-State Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Gucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3797,338 +3797,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01709523v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ferroelectricity and high tunability in novel strontium and tantalum based layered perovskite materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
+                <w:t xml:space="preserve">Tb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; doped Ga&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;20&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;65-x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (x=0-37.5) chalcogenide glasses and fibers for MWIR and LWIR emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Abdellaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Starecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Boussard-Plédel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Shpotyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-L. Doualan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2018.01.033⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (9), pp.2887-2900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/OME.8.002887⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01740147v1</w:t>
+                <w:t xml:space="preserve">hal-01879773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; doped Ga&amp;lt;sub&amp;gt;5&amp;lt;/sub&amp;gt;Ge&amp;lt;sub&amp;gt;20&amp;lt;/sub&amp;gt;Sb&amp;lt;sub&amp;gt;10&amp;lt;/sub&amp;gt;Se&amp;lt;sub&amp;gt;65-x&amp;lt;/sub&amp;gt;Te&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; (x=0-37.5) chalcogenide glasses and fibers for MWIR and LWIR emissions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J-L. Doualan</w:t>
+                <w:t xml:space="preserve">Ferroelectricity and high tunability in novel strontium and tantalum based layered perovskite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Marlec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials Express</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (9), pp.2887-2900. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 38 (6), pp.2526-2533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1364/OME.8.002887⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2018.01.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01879773v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and theoretical evidences of p-type conductivity in nickel carbodiimide nanoparticles with a delafossite structure type</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tengfei Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Polteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Farré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4205,103 +4205,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferroelectric and dielectric study of strontium tantalum based perovskite oxynitride films deposited by reactive rf magnetron sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Ferri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fasquelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Research Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, The 9th international conference on the Microwave Materials and Their Applications, 96 (Part 2), pp.126-132. </w:t>
@@ -4339,103 +4339,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deposition and dielectric study as function of thickness of perovskite oxynitride SrTaO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N thin films elaborated by reactive sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surface and Coatings Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 324, pp.607-613. </w:t>
@@ -4486,90 +4486,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photophysical Properties of SrTaO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N Thin Films and Influence of Anion Ordering: A Joint Theoretical and Experimental Investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Ziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 29 (9), pp.3989-3998. </w:t>
@@ -4607,90 +4607,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement in thermoelectric performance of n-type Pb-deficit Pb-Sb-Te alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Gucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Boussard-Plédel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael J. Reece</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4741,64 +4741,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermoelectric Properties of Highly-Crystallized Ge-Te-Se Glasses Doped with Cu/Bi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhuvanesh Srinivasan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Boussard-Plédel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Dorcet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4869,913 +4869,913 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01504059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel color-tunable Gd&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;CN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;:Tb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Eu&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; phosphors: Characterization and photoluminescence properties</w:t>
+                <w:t xml:space="preserve">Preparation of nitrogen doped zinc oxide nanoparticles and thin films by colloidal route and low temperature nitridation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuanglong Yuan</w:t>
+                <w:t xml:space="preserve">Arnaud Valour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luting Wang</w:t>
+                <w:t xml:space="preserve">Fabien Grasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunxia Yang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Tessier</w:t>
+                <w:t xml:space="preserve">Benjamin Dierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 42 (10), pp.12508-12511. </w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54, pp.30-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2016.04.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01302508v1</w:t>
+                <w:t xml:space="preserve">hal-01245031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deposition and dielectric characterization of strontium and tantalum-based oxide and oxynitride perovskite thin films</w:t>
+                <w:t xml:space="preserve">Novel color-tunable Gd&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;CN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;:Tb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;, Eu&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; phosphors: Characterization and photoluminescence properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Jacq</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Shuanglong Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luting Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunxia Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.12.010⟩</w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (10), pp.12508-12511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2016.04.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01254806v1</w:t>
+                <w:t xml:space="preserve">hal-01302508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of niobium based oxynitride nanosheets by exfoliation of Ruddlesden-Popper phase precursor.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Deposition and dielectric characterization of strontium and tantalum-based oxide and oxynitride perovskite thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Le Paven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Pasturel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 54, pp.17-21. </w:t>
+              <w:t xml:space="preserve">, 2016, 54, pp.22-29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.11.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01244820v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01254806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Ni-poor NiO nanoparticles for p-DSSC applications</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Preparation of niobium based oxynitride nanosheets by exfoliation of Ruddlesden-Popper phase precursor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ary da Silva Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Odobel</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Demange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pasturel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 54, pp.37-42. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.10.007⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 54, pp.17-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01217791v1</w:t>
+                <w:t xml:space="preserve">hal-01244820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transesterification of vegetable oils by AlPO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; heterogeneous catalysts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Synthesis of Ni-poor NiO nanoparticles for p-DSSC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Polteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Lemaître</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Bonnier</w:t>
+                <w:t xml:space="preserve">Fabrice Odobel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 185, pp.253-264. </w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54, pp.37-42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2015.12.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01245644v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01217791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of nitrogen doped zinc oxide nanoparticles and thin films by colloidal route and low temperature nitridation process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transesterification of vegetable oils by AlPO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; heterogeneous catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Valour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Erwan Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Grasset</w:t>
+                <w:t xml:space="preserve">Laurent Lemaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dierre</w:t>
+                <w:t xml:space="preserve">Fabien Bonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 54, pp.30-36. </w:t>
+              <w:t xml:space="preserve">Applied Catalysis B: Environmental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 185, pp.253-264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.12.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcatb.2015.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01245031v1</w:t>
+                <w:t xml:space="preserve">hal-01245644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luminescent properties of novel red-emitting phosphor: Gd&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;CN&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;:Eu&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luting Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuanglong Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunxia Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optical Materials Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5 (11), pp.2626-2624. </w:t>
@@ -5813,103 +5813,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combustion synthesis and up-conversion luminescence of La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;S:Er&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt;,Yb&amp;lt;sup&amp;gt;3+&amp;lt;/sup&amp;gt; nanophosphors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noha Hakmeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chlique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 226, pp.255-261. </w:t>
@@ -5986,64 +5986,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rocquefelte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deniard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5 (1), pp.12914. </w:t>
@@ -6120,64 +6120,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rocquefelte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deniard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gautron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 5, pp.14592. </w:t>
@@ -6215,103 +6215,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth of (Sr,La)-(Ta,Ti)-O-N perovskite oxide and oxynitride films by radio frequency magnetron sputtering: Influence of the reactive atmosphere on the film structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Crystal Growth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 413, pp.5-11. </w:t>
@@ -6349,90 +6349,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Color-tunable Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; activated oxysilicate phosphors with oxyapatite structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuanglong Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luting Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhaofeng Cui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunxia Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huidan Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6474,103 +6474,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanum titanium perovskite compound: Thin film deposition and high frequency dielectric characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.V. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thin Solid Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 553, pp.76-80. </w:t>
@@ -6633,77 +6633,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miniaturized notch antenna based on lanthanum titanium perovskite oxide thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoaï-Nam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delaveaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6748,1821 +6748,1821 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01023630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the sputtering reactive gas on the oxide and oxynitride LaTiON deposition by RF magnetron sputtering</w:t>
+                <w:t xml:space="preserve">Reactive Sputtering Deposition of Perovskite Oxide and Oxynitride Lanthanum Titanium Films: Structural and Dielectric Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ala Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 264, pp.533-537. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.4852-4858. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2012.10.059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/cg4010196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00786428v1</w:t>
+                <w:t xml:space="preserve">hal-00875068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive Sputtering Deposition of Perovskite Oxide and Oxynitride Lanthanum Titanium Films: Structural and Dielectric Characterization</w:t>
+                <w:t xml:space="preserve">Influence of the sputtering reactive gas on the oxide and oxynitride LaTiON deposition by RF magnetron sputtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 264, pp.533-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2012.10.059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cg4010196⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00875068v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00786428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titanium and vanadium oxynitride powders as pseudo-capacitive materials for electrochemical capacitors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Mosqueda</w:t>
+                <w:t xml:space="preserve">Dielectric oxynitride LaTiO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; thin films deposited by reactive radio-frequency sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fasquelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2012.05.032⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Part of special issue Proceedings of the EMRS 2011 Spring Meeting Symposium D: Synthesis, Processing and Characterization of Nanoscale Multi Functional Oxide Films III, 520 (14), pp.4536-4540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00848809v1</w:t>
+                <w:t xml:space="preserve">hal-00693204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel TaPO&amp;lt;sub&amp;gt;5-x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;2x/3&amp;lt;/sub&amp;gt; oxynitrides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">P-type nitrogen-doped ZnO nanoparticles stable under ambient conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Chavillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2011.10.115⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 134 (1), pp.464-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja208044k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00848802v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00846565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-type nitrogen-doped ZnO nanoparticles stable under ambient conditions.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Titanium and vanadium oxynitride powders as pseudo-capacitive materials for electrochemical capacitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lucio Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Frappier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Ducros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Chavillon</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">François Cheviré</w:t>
+                <w:t xml:space="preserve">H. Mosqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 134 (1), pp.464-70. </w:t>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 82, pp.257-262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ja208044k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2012.05.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00846565v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00848809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dielectric oxynitride LaTiO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; thin films deposited by reactive radio-frequency sputtering</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
+                <w:t xml:space="preserve">Novel TaPO&amp;lt;sub&amp;gt;5-x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;2x/3&amp;lt;/sub&amp;gt; oxynitrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Part of special issue Proceedings of the EMRS 2011 Spring Meeting Symposium D: Synthesis, Processing and Characterization of Nanoscale Multi Functional Oxide Films III, 520 (14), pp.4536-4540. </w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 513, pp.530-538. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.192⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2011.10.115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00693204v1</w:t>
+                <w:t xml:space="preserve">hal-00848802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and optical characteristics of novel oxynitride phases in the R&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;(Ta/Nb)-O-N system (R = La, Eu, Gd, Ho, Y, Yb)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
+                <w:t xml:space="preserve">Characterization of Nd&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N and Sm&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N oxynitrides synthesized by carbothermal reduction and nitridation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Pallu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2011.01.025⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 509 (19), pp.5839-5842. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2011.02.138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00719428v1</w:t>
+                <w:t xml:space="preserve">hal-00719427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation and Photoluminescence Properties of Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt;-Doped Oxyapatite-Type Sr&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;La&amp;lt;sub&amp;gt;10−x&amp;lt;/sub&amp;gt;(SiO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3−x/2&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cui Zhao-Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuan Shuang-Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Yun-Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chinese Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 28 (1), pp.014209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0256-307X/28/1/014209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00854467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Nd&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N and Sm&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;AlO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N oxynitrides synthesized by carbothermal reduction and nitridation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Preparation and optical characteristics of novel oxynitride phases in the R&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;(Ta/Nb)-O-N system (R = La, Eu, Gd, Ho, Y, Yb)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 509 (19), pp.5839-5842. </w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (5), pp.1031-1035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2011.02.138⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2011.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00719427v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and characterization of tin containing molybdophosphate and tungstophosphate glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Glass foams for environmental applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rocherullé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 356 (2), pp.87-92. </w:t>
+              <w:t xml:space="preserve">, 2010, 356 (44-49), pp.2562-2568. </w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2009.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2010.04.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00608254v1</w:t>
+                <w:t xml:space="preserve">hal-00608264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the R-(Zr,W)-(O,N) (R = Y, Nd, Sm, Gd, Yb) oxynitride system</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Synthesis and characterization of tin containing molybdophosphate and tungstophosphate glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rocherullé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Lebullenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2009.10.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 356 (2), pp.87-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2009.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00469836v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00608254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photoluminescence of Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt;-Doped Strontium Cyanamide: A Novel Host Lattice for Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt;</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Study of the R-(Zr,W)-(O,N) (R = Y, Nd, Sm, Gd, Yb) oxynitride system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Orhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2010.04025.x⟩</w:t>
+              <w:t xml:space="preserve">Materials Research Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 45 (2), pp.97-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.materresbull.2009.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00608655v2</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00469836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass foams for environmental applications</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Photoluminescence of Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt;-Doped Strontium Cyanamide: A Novel Host Lattice for Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuanglong Yuan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunxia Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xianghua Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 356 (44-49), pp.2562-2568. </w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 93 (10), pp.3052-3055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2010.04.050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1551-2916.2010.04025.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00608264v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00608655v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical properties of oxynitride powders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kazunari Domen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8622,103 +8622,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunability of the optical properties in the Y&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;(W,Mo)(O,N)&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt; system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Clabau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Larcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Orhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11 (2), pp.533-536. </w:t>
@@ -8756,51 +8756,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, crystal and electronic structures of La&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;Cr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chinmoy Ranjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8860,103 +8860,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eu&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; and Mn&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; codoped Ba&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Mg(BO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;--new red phosphor for white LEDs.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuanglong Yuan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunxia Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xianghua Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 33 (23), pp.2865-7. </w:t>
@@ -8994,51 +8994,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new ternary nitride La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;GaN&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;: Synthesis and crystal structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis J. Disalvo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9085,90 +9085,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powder preparation and UV absorption properties of selected compositions in the CeO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-Y&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Merdrignac-Conanec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9213,963 +9213,963 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00400670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxynitride perovskite LaTiO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; thin films deposited by reactive sputtering</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Na&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;ZnGe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis J. Disalvo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.progsolidstchem.2007.01.012⟩</w:t>
+              <w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 63 (2), pp.i62-i63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600536807003972⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00161285v1</w:t>
+                <w:t xml:space="preserve">hal-00866989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Na&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;ZnGe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Oxynitride perovskite LaTiO&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt;N&amp;lt;sub&amp;gt;y&amp;lt;/sub&amp;gt; thin films deposited by reactive sputtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Le Castrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Crystallographica Section E : Structure Reports Online [2001-2014]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Progress in Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 35 (2-4), pp.299-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.progsolidstchem.2007.01.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S1600536807003972⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00866989v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Properties of the Perovskite Solid Solution LaTiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N-ATiO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = Sr, Ba)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">UV absorption properties of ceria-modified compositions within the fluorite-type solid solution CeO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-Y&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;WO&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles F. Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.200500743⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 179 (10), pp.3184-3190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2006.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00868035v1</w:t>
+                <w:t xml:space="preserve">hal-00868037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UV absorption properties of ceria-modified compositions within the fluorite-type solid solution CeO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;-Y&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;WO&amp;lt;sub&amp;gt;12&amp;lt;/sub&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Optical Properties of the Perovskite Solid Solution LaTiO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N-ATiO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (A = Sr, Ba)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 179 (10), pp.3184-3190. </w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2006 (6), pp.1223-1230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2006.06.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.200500743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00868037v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00868035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lanthanum titanate ceramics : Electrical Characterizations in large temperatue and frequency ranges</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Fasquelle</w:t>
+                <w:t xml:space="preserve">Thermochemistry of a New Class of Materials Containing Dinitrogen Pairs in an Oxide Matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+                <w:t xml:space="preserve">R. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Pinel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Navrotsky</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Part of special issue Elecroceramics IX, 25 (12), pp.2085-2088. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17 (13), pp.3570-3574. </w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2005.03.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/cm050402b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00772782v1</w:t>
+                <w:t xml:space="preserve">hal-00773004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Ammonolysis Study o fthe Rare-Earth Tantalates RTaO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lanthanum titanate ceramics : Electrical Characterizations in large temperatue and frequency ranges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Fasquelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Pinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 25, pp.2085-2088. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
+              <w:t xml:space="preserve">, 2005, Part of special issue Elecroceramics IX, 25 (12), pp.2085-2088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2005.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01201856v1</w:t>
+                <w:t xml:space="preserve">hal-00772782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermochemistry of a New Class of Materials Containing Dinitrogen Pairs in an Oxide Matrix</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">Thermal Ammonolysis Study o fthe Rare-Earth Tantalates RTaO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Orhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Navrotsky</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 25, pp.2085-2088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2005.03.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/cm050402b⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00773004v1</w:t>
+                <w:t xml:space="preserve">hal-01201856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical properties of rare-earth oxides and oxynitrides, .... towards &amp;quot;second generation&amp;quot; UV absorbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10207,64 +10207,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New scheelite-type oxynitrides in systems RWO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;N-AWO&amp;lt;sub&amp;gt;4&amp;lt;/sub&amp;gt; (R = rare-earth element ; A = Ca, Sr) from precursors obtained by the citrate route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10311,103 +10311,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lanthanum titanium oxynitride thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Fasquelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Carru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Silicates Industriels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 69 (5-6), pp.165-171</w:t>
@@ -10449,64 +10449,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of molybdenum nitrides by ammonia nitridation of Mo powder and sheet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Ucakar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalya Krendelsberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10615,90 +10615,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(Sr,La)-(Ta,Ti)-O oxide thin films: from deposition to microwave dielectric characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Microwave Materials and their Applications (MMA 2023), 25-28 september, 2023, Mainz, Germany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, MAINZ, Germany</w:t>
@@ -10721,359 +10721,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05329211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Dielectric Properties Relationship in Strontium-Tantalum Based Oxide Ceramics for DRA applications</w:t>
+                <w:t xml:space="preserve">Solid-State NMR study of NaGaS2 and Na3GaS3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Julian</w:t>
+                <w:t xml:space="preserve">Julien Trebosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouad Barzani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+                <w:t xml:space="preserve">Olivier Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louisiane Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Furet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Dénoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MS&amp;T2022, Materials Science &amp; Technology, Advances in Dielectric Materials and Electronic Devices symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Pittsburg, Pennsylvania, United States. Proceedings of MS&amp;T2022, pp. 1, Proceedings of MS&amp;T2022</w:t>
+              <w:t xml:space="preserve">Euromar 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Utrecht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447046v1</w:t>
+                <w:t xml:space="preserve">hal-04347408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid-State NMR study of NaGaS2 and Na3GaS3</w:t>
+                <w:t xml:space="preserve">Structural and Dielectric Properties Relationship in Strontium-Tantalum Based Oxide Ceramics for DRA applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Trebosc</w:t>
+                <w:t xml:space="preserve">Matthew Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lafon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Killian Dénoue</w:t>
+                <w:t xml:space="preserve">Mouad Barzani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Haydoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euromar 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Utrecht, Netherlands</w:t>
+              <w:t xml:space="preserve">MS&amp;T2022, Materials Science &amp; Technology, Advances in Dielectric Materials and Electronic Devices symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Pittsburg, Pennsylvania, United States. Proceedings of MS&amp;T2022, pp. 1, Proceedings of MS&amp;T2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04347408v1</w:t>
+                <w:t xml:space="preserve">hal-05447046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and dielectric characterization of perovskite (Sr2Ta2O7)100-x(La2Ti2O7)x ceramics: application to dielectric resonator antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sixth International Symposium on Dielectric Materials and Application (ISyDMA’6), December 15-17, 2021, Calais, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Calais, France</w:t>
@@ -11102,103 +11102,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, dielectric and ferroelectric characterization of perovskite (Sr2Ta2O7)100-x(La2Ti2O7)x ceramics: application to dielectric resonator antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISAF2021, International Symposium on Applications of Ferroelectrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Sydney (Virtual Conference), Australia. Proceedings of ISAF2021, pp. 1, Proceedings of ISAF2021</w:t>
@@ -11227,103 +11227,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Original stoichiometric perovskite films produced by controlled oxidation of oxynitride materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MS&amp;T19 “Materials Science and Technology International Conference”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Portland, United States</w:t>
@@ -11365,64 +11365,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From highly reactive amorphous tantalum oxide to tantalum nitride. Impact of the nitridation temperature on the optical and photocatalytic properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Lebullenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Herbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11460,103 +11460,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dielectric properties in radio-frequency and microwave ranges of ferroelectric (Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;100-x&amp;lt;/sub&amp;gt;(La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;)&amp;lt;sub&amp;gt;x&amp;lt;/sub&amp;gt; layered perovskite ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MMA 2018 10th International Conference on Microwave Materials and their Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Osaka, Japan. Proceedings of the 10th International Conference on Microwave Materials and their Applications (MMA 2018)</w:t>
@@ -11585,103 +11585,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the Post-nitridation of Strontium and Tantalum Based Oxide and Oxynitride Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Nitrides and Related Materials (ISNT2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Sapporo, Japan</w:t>
@@ -11723,90 +11723,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A combined experimental and theoretical study of the photophysical performance of SrTaO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Ziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Symposium on Nitrides and Related Materials (ISNT2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Sapporo, Japan</w:t>
@@ -11835,103 +11835,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave dielectric and ferroelectric properties of strontium and tantalum based ferroelectric ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pacific Rim Conference 2017 (Pacrim12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Waikoloa, Hawaii, United States</w:t>
@@ -11954,480 +11954,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of the Ni non-stoichiometry in Ni&amp;lt;sub&amp;gt;1-x&amp;lt;/sub&amp;gt;O nanoparticles : &amp;quot;Core-shell&amp;quot;-like model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">P-type transition metal carbodiimides MNCN (M = Ni, Mn)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Polteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Solid State Chemistry" Gordon Research Conference (GRC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, New London, NH, United States. </w:t>
+              <w:t xml:space="preserve">6th International Symposium on Structure-Property Relationship in Solid State Materials (SPSSM-2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Nantes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01560944v1</w:t>
+                <w:t xml:space="preserve">hal-01560926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deposition and characterization of oxynitride SrTaO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N thin films for photocatalysis application</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Control of the Ni non-stoichiometry in Ni&amp;lt;sub&amp;gt;1-x&amp;lt;/sub&amp;gt;O nanoparticles : &amp;quot;Core-shell&amp;quot;-like model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Polteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tessier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cheviré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Cario</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jobic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2016 Spring Meeting “European Material Research Society”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">"Solid State Chemistry" Gordon Research Conference (GRC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, New London, NH, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01469166v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01560944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P-type transition metal carbodiimides MNCN (M = Ni, Mn)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cario</w:t>
+                <w:t xml:space="preserve">Deposition and characterization of oxynitride SrTaO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;N thin films for photocatalysis application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Marlec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Le Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium on Structure-Property Relationship in Solid State Materials (SPSSM-2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Nantes, France. </w:t>
+              <w:t xml:space="preserve">E-MRS 2016 Spring Meeting “European Material Research Society”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01560926v1</w:t>
+                <w:t xml:space="preserve">hal-01469166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of nitrogen doped ZnO thin films by colloidal route</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Valour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Grasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jobic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2015 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Lille, France</w:t>
@@ -12456,103 +12456,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Ni-poor NiO nanoparticles for DSSC-p applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Polteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Jobic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2015 Spring meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Lille, France</w:t>
@@ -12594,90 +12594,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sr&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Ta&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;O&amp;lt;sub&amp;gt;7&amp;lt;/sub&amp;gt;-based oxide and oxynitride perovskite films: reactive magnetron deposition and dielectric characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Jacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven-Thivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Materials Research Society - EMRS 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Lille, France</w:t>
@@ -12719,64 +12719,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La(M,Ti)(O,N)&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; (M = Zn, Ga) as visible light-driven photocatalyst for water splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takashi Hisatomi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12870,64 +12870,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Benzeggouta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ion Beam Analysis Francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Cadarache, France. 2012</w:t>
@@ -12969,64 +12969,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel oxynitride photocatalyst system for water splitting : La&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Zn&amp;lt;sub&amp;gt;1-x&amp;lt;/sub&amp;gt;Ti&amp;lt;sub&amp;gt;1+x&amp;lt;/sub&amp;gt;(O,N)&amp;lt;sub&amp;gt;6&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tilak Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13107,77 +13107,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Journées Nationales Microondes, JNM 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Brest, France. 2011</w:t>
@@ -13206,77 +13206,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of rare-earth aluminum oxynitrides synthesized by carboreduction and nitridation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Pallu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISNT 2009 - 6th International Conference on Nitride and Related Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13301,90 +13301,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermochemistry of a new class of inorganic nitrogen-containing materials. Energetic contribution of dinitrogen pairs in oxide matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13471,64 +13471,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flacon pour la cryoconservation d'échantillons biologiques multiples, base de montage associée et kit de cryoconservation comprenant un tel flacon et une telle base de montage, et procédé mis en oeuvre avec un tel kit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xianghua Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Leroyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13604,103 +13604,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxide and oxynitride thin films for antenna devices: impact of processing conditions and post-deposition oxidation on their dielectric properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -13722,103 +13722,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxynitrides thin films for microwave devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad Haydoura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -13840,103 +13840,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration of ferroelectric ceramics and thin films for miniaturized and agile antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -13958,103 +13958,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse et caractérisation de poudres et céramiques perovskites oxydes SLTTO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Marlec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Le Paven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Le Gendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratiba Benzerga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
@@ -14108,51 +14108,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle génération d'absorbeurs UV inorganiques. Etude de solutions solides oxydes et oxynitrures. Application à la protection du bois.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cheviré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université de Rennes 1, 2004. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -14348,51 +14348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.chevire@univ-rennes1.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043977v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Coz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cornet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Henry-Bauer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Even" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2025.121195" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076608v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Galdo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Cozic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Szymczyk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevir&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lebullenger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.562288" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348212v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poitou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-22356-w" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04631366v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kotrla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Janicek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gutwirth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Halenkovic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Prikryl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MA00049H" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03896170v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;is Gouttefangeas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.12.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03852711v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaigneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Br&#233;zulier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105571" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04156360v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Leysour de Rohello" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gouttefangeas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11070291" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03833401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Verger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Furet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian D&#233;noue" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02708" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03153081v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carcreff" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gautier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwan Chahal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11030228" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03088546v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.415090" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213306v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calers" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122240" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02895318v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanemichi Muraoka" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miharu Eguchi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Ishitani" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Maeda" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jechem.2020.06.064" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03276074v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100157" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03355109v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Haydoura" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Marlec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Paven" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratiba Benzerga" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gendre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2021.106733" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213295v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laur" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.159728" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394684v2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.002" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02421162v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gendre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Paven" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haydoura" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benzerga" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.023" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02554030v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Golovchak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. J Seage" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Szl&#281;zak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Shpotyuk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#322;och" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155224" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02945078v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Denoue" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calers" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Coq" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2020.121743" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893601v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Paven-Thivet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ziani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tessier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.011" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02562370v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Lavanant" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calvez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roze" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hingant" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.383868" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02554009v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gucci" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Graves Saunders" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhuvanesh Srinivasan" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella A Ferluccio" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155058" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02333977v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Polteau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deniard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02088" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02183907v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnayra Brito" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Guilloux-Viry" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.07.006" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122177v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Durand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Hakmeh" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dorcet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.03.033" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01903311v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02248" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01709523v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Halet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10839" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01740147v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.01.033" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879773v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdellaoui" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Starecki" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boussard-Pl&#233;del" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Doualan" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.002887" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559094v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengfei Jiang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Farr&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cario" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b00636" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404863v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ferri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fasquelle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2016.11.030" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392710v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.10.053" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01532173v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ziani" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00414" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01613123v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Reece" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.09.135" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01504059v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manisha Samanta" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanishka Biswas" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma10040328" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01302508v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuanglong Yuan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luting Wang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2016.04.059" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254806v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacq" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.12.010" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244820v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary da Silva Maia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Demange" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pasturel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.11.013" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217791v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Odobel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.10.007" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245644v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ray" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lema&#238;tre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonnier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.12.024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245031v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Valour" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grasset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dierre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.12.009" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218122v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.5.002616" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131935v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chlique" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Fan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.02.015" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194456v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12914" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211371v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14592" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102057v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.12.001" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201718v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaofeng Cui" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huidan Zeng" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957656v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.V. Nguyen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.124" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WT5VKF3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023630v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa&#239;-Nam Nguyen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delaveaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2014.04.011" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786428v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.10.059" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S920HBKM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875068v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg4010196" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848809v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lucio Porto" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Frappier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ducros" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aucher" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mosqueda" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2012.05.032" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848802v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2011.10.115" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7MRZ68Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846565v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chavillon" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja208044k" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693204v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.192" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V93DSKFS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719428v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2011.01.025" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854467v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cui Zhao-Feng" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shuang-Long" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yun-Xia" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0256-307X/28/1/014209" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7AB60954975F7C80F3242591C566860D08804F20/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719427v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pallu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2011.02.138" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608254v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rocherull&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2009.11.001" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTWKVHR2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469836v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maillard" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Orhan" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2009.10.003" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608655v2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghua Zhang" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2010.04025.x" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608264v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.04.050" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411498v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazunari Domen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Kikkawa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2109/jcersj2.117.1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359901v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Clabau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Larcher" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2008.06.009" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862142v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmoy Ranjan" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis J. Disalvo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2008.12.004" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862554v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002865" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864760v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2007.02.110" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400670v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mu&#241;oz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Marchand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.034" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161285v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Le Castrec" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.progsolidstchem.2007.01.012" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLPT8R41-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866989v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536807003972" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868035v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200500743" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868037v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Baker" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2006.06.013" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772782v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carru" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pinel" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2005.03.013" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q7RLW6F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201856v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773004v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchand" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navrotsky" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm050402b" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201803v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201851v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2004.02.016" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783526v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201799v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Ucakar" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Krendelsberger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.194-199.1607" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329211v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Julian" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sharaiha" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447046v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Julian" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Barzani" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04347408v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Trebosc" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330390v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446883v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408987v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03428502v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Guyot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979961v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588050v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588053v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588061v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560944v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jobic" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469166v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560926v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277164v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01326324v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148563v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jacq" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263666v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hisatomi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Kubota" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540370v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lu" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benzeggouta" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261270v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilak Das" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148547v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261259v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958832v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04631411v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Antoine" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Leroyer" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lor&#233;al" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448757v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448747v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763113v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133907v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01202991v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:francois.chevire@univ-rennes1.fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043977v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Le Coz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cornet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Henry-Bauer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Even" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2025.121195" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348212v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poitou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevir&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Merdrignac-Conanec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-22356-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076608v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Galdo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Cozic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Szymczyk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Lebullenger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.562288" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04631366v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kotrla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Janicek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Gutwirth" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Halenkovic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Prikryl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MA00049H" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03896170v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herbert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;is Gouttefangeas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.12.002" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03852711v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Chaigneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Perrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Br&#233;zulier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Coulon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2022.105571" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04156360v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Leysour de Rohello" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Suffren" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Gouttefangeas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guillou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/inorganics11070291" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03833401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisiane Verger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tr&#233;bosc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Baptiste" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Furet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian D&#233;noue" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.2c02708" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213295v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Haydoura" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratiba Benzerga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Paven" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Gendre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2021.159728" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03153081v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carcreff" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gautier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwan Chahal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11030228" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03088546v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.415090" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03213306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Calers" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2021.122240" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02895318v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanemichi Muraoka" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miharu Eguchi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Ishitani" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhiko Maeda" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jechem.2020.06.064" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03276074v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bour" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100157" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03355109v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Marlec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2021.106733" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02554009v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gucci" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Graves Saunders" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhuvanesh Srinivasan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella A Ferluccio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155058" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02562370v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Lavanant" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Calvez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roze" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hingant" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.383868" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02394684v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02421162v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Gendre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Paven" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haydoura" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benzerga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.12.023" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02554030v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Golovchak" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. J Seage" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Szl&#281;zak" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Shpotyuk" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P&#322;och" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.155224" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02945078v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Denoue" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Calers" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Coq" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2020.121743" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893601v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Le Paven-Thivet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ziani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tessier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2020.05.011" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02183907v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnayra Brito" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouquet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Demange" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Guilloux-Viry" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2019.07.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02122177v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Durand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noha Hakmeh" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dorcet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2019.03.033" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02333977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Polteau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deniard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gautron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02088" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01903311v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fontaine" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dorcet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02248" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01709523v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Halet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b10839" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879773v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdellaoui" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Starecki" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Boussard-Pl&#233;del" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L. Doualan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.8.002887" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01740147v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.01.033" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559094v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tengfei Jiang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Farr&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cario" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Latouche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b00636" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404863v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ferri" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Fasquelle" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2016.11.030" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392710v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2016.10.053" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01532173v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ziani" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b00414" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01613123v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Reece" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.09.135" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01504059v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manisha Samanta" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanishka Biswas" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma10040328" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245031v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Valour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Grasset" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dierre" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.12.009" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01302508v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuanglong Yuan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luting Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunxia Yang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2016.04.059" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01254806v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacq" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.12.010" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244820v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary da Silva Maia" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Demange" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pasturel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.11.013" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217791v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Odobel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.10.007" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01245644v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Ray" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lema&#238;tre" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bonnier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcatb.2015.12.024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218122v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.5.002616" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131935v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chlique" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Fan" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.02.015" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194456v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Renaud" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rocquefelte" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12914" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211371v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14592" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01102057v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2014.12.001" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201718v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaofeng Cui" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huidan Zeng" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00957656v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Lu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.V. Nguyen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2013.11.124" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6WT5VKF3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023630v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa&#239;-Nam Nguyen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delaveaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2014.04.011" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00875068v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Nguyen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cg4010196" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786428v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2012.10.059" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S920HBKM-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00693204v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.192" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V93DSKFS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00846565v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chavillon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja208044k" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848809v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lucio Porto" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Frappier" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Ducros" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aucher" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mosqueda" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2012.05.032" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848802v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2011.10.115" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7MRZ68Q-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719427v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pallu" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2011.02.138" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854467v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cui Zhao-Feng" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shuang-Long" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Yun-Xia" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0256-307X/28/1/014209" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7AB60954975F7C80F3242591C566860D08804F20/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719428v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2011.01.025" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608264v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chenu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rocherull&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2010.04.050" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608254v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2009.11.001" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JTWKVHR2-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469836v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maillard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Orhan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2009.10.003" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608655v2" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianghua Zhang" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2010.04025.x" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411498v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazunari Domen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinichi Kikkawa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2109/jcersj2.117.1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359901v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Clabau" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Larcher" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2008.06.009" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862142v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chinmoy Ranjan" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis J. Disalvo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2008.12.004" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862554v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002865" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00864760v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2007.02.110" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400670v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Mu&#241;oz" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Marchand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.034" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00866989v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600536807003972" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161285v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Le Castrec" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.progsolidstchem.2007.01.012" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QLPT8R41-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868037v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles F. Baker" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2006.06.013" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00868035v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.200500743" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773004v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marchand" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navrotsky" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm050402b" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772782v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carru" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pinel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2005.03.013" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6Q7RLW6F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201856v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201803v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201851v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2004.02.016" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00783526v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201799v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Ucakar" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalya Krendelsberger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.194-199.1607" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05329211v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Julian" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sharaiha" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04347408v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Trebosc" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lafon" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447046v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Julian" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Barzani" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330390v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446883v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408987v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03428502v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Guyot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979961v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588050v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588053v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588061v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560926v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560944v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Jobic" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469166v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01277164v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01326324v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148563v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Jacq" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263666v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Michel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Hisatomi" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Kubota" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540370v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lu" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Benzeggouta" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nguyen" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261270v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tilak Das" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148547v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261259v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958832v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zhang" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04631411v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Antoine" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Leroyer" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lor&#233;al" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448757v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448747v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763113v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133907v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01202991v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>