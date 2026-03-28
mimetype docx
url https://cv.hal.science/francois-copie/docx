--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Copie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of a generalized Gibbs ensemble in photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvise Bastianello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 113 (1), pp.013514. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/xz2w-hndp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of the spatio-temporal dynamics of breather gases in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Biondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Oregero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50 (22), pp.7043. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.572781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbed Nonlinear Evolution of Optical Soliton Gases: Growth and Decay in Integrable Turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 135 (15), pp.157201. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/hwpr-628r⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled manipulation of solitons in a recirculating fiber loop using external potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (4), pp.043232. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/qcts-whtp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of Strongly Interacting Solitons in Optical Fiber Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rustam Mullyadzhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (19), pp.193804. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.193804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05099197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of soliton gases in deep-water surface gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Novkoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (3), pp.034207. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.034207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation-driven emergence of a soliton condensate in a nonlinear electrical transmission line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Damart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Bonnemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Congy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 134 (14), pp.147201. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2407.02874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720563v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological Properties of Floquet Winding Bands in a Photonic Lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Adiyatullin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavi Upreti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 130 (5), pp.056901. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.056901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton refraction by an optical soliton gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (4), pp.L042002. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physrevresearch.5.l042002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pump-cavity synchronization mismatch in modulation instability induced optical frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.023133. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.5.023133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pump-cavity synchronization mismatch in modulation instability induced optical frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.023133. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physrevresearch.5.023133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space–time observation of the dynamics of soliton collisions in a recirculating optical fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 545, pp.129647. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2023.129647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and manipulation of hydrodynamic rogue waves via nonlinear spectral engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (5), pp.054401. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.054401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dispersion relation in integrable turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.10386. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-14209-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation of higher-order modulation instability in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47 (14), pp.3560-3563. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.462389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical spectral synthesis of breather gas for the focusing nonlinear Schrödinger equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (4), pp.042205. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.103.042205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot measurement of the photonic band structure in a fiber-based Floquet-Bloch lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), pp.243. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00750-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Emergence of Peregrine Solitons: Experiments and Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2020.599435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observation of breathers from noise-induced modulation instability using heterodyne temporal imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (2), pp.298. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.408730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of Peregrine solitons in integrable turbulence of deep water gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.082801(R). </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.082801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Spectral Synthesis of Soliton Gas in Deep-Water Surface Gravity Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.264101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From modulational instability to focusing dam breaks in water waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.034802. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.034802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02418759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Physics of the one-dimensional nonlinear Schrödinger equation in fiber optics: Rogue waves, modulation instability and self-focusing phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Reviews in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100037. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revip.2019.100037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Characterization of Period-Doubling Dynamics in Uniform and Dispersion Oscillating Fiber Ring Cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.9.041030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-milliwatt-level microresonator solitons with extended access range using an auxiliary laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T M Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (2), pp.206. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OPTICA.6.000206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay of Polarization and Time-Reversal Symmetry Breaking in Synchronously Pumped Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T. m. Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (1), </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.013905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optics and Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AOP.10.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibre multi-wave mixing combs reveal the broken symmetry of Fermi–Pasta–Ulam recurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.303-308. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41566-018-0136-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Symmetry Breaking Dynamics for the Kerr Interaction of Counter-Propagating Light in Dielectric Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T M Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.98.053863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak normal dispersion region of passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.3730-3733. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak dispersion regime of a dispersion modulated passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (10), pp.11283. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.25.011283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Turing and Faraday instabilities in a longitudinally modulated fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (3), pp.435-438. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.000435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilities in passive dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71 (5), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2017-80130-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instabilities in modulated fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (21), pp.5027-5030. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.005027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing Turing and Faraday Instabilities in Longitudinally Modulated Passive Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (14), </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.143901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock wave generation triggered by a weak background in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2656-2659. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in amplitude modulated dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (4), pp.3869-3875. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.003869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of the Spatiotemporal Trajectories of Solitons Using Arbitrary Potentials in Recirculating Fiber Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11110943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Loss and Gain on the Nonlinear Spectrum of Dense Optical Soliton Gases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11109780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of solitons in optical fiber experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Gelash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE. Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced spatiotemporal manipulation of nonlinear waves and solitons using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10231639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refraction of a Soliton by a Soliton Gas in a Recirculating Fiber Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distorsion of the Nonlinear Spectrum of Solitonic Pulses Induced by Stimulated Raman Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation and manipulation of nonlinear optical waves in single-shot using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, France. pp.FTu4B.6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_FS.2023.FTu4B.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation and manipulation of nonlinear optical waves in single-shot using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, France. pp.FTu4B.6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_FS.2023.FTu4B.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and amplitude single-shot measurement of spontaneous modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2621953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observations of the space-time dynamics of light in a recirculating optical fiber loop: the example of higher-order modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2621953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal observation of higher-order modulation instability in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9541947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Band Dispersions of a Floquet-Bloch Lattice Realised with Coupled Fibre Rings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9541606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of synchronization mismatch on modulation instability in passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observations of the noise-induced modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kraych</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-time Measurements, Rogue Phenomena, and Single-Shot Applications V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.1, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2543720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwatt-Level Soliton Frequency Comb Generation in Microresonators Using an Auxiliary Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, San Jose, France. pp.SF3H.5, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2019.SF3H.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Shot Time-Resolved Phase and Intensity Measurement of Breathers in the Nonlinear Stage of Modulation Instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleoe-eqec.2019.8872934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Modulational Instability: Recurrences, Broken Symmetry, and Breathers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Waikoloa Beach, France. pp.NTu2A.6, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NLO.2019.NTu2A.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de houle en bassin sur de grandes distances de propagation : méthode non-linéaire pour une enveloppe non-modulée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion relation for unidirectional surface gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e Rencontre du Non-Linéaire Paris 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E. Falcon; M. Lefranc; F. Pétrélis; C.-T. Pham, Mar 2019, Paris, France. pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of of FPUT in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">tresc: trends in spatiotemporal complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Villeneuve d'ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de la modulation non-linéaire contra-propagative des bords d’un train d’onde de gravité à la surface d’un fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e Rencontre du Non-Linéaire 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E. Falcon; M. Lefranc; F. Pétrélis; C.-T. Pham, Mar 2019, Paris, France. pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic fibers: a platform for fundamental physical phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Microsystems OµS19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Anacapri, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-destructive phase and intensity distributed measurements of the nonlinear stage of modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, San Francisco, United States. pp.14, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2295714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in nonlinear optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America Optics and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lima, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full characterisation in phase and amplitude of the Fermi–Pasta–Ulam recurrence process in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of period-doubling dynamics of modulation instability in uniform and dispersion oscillating fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW1C.4, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW1C.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW4C.6, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and Polarization Symmetry Breaking in Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Washington, France. pp.JW4A.32, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/FIO.2018.JW4A.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of New Modulational Instability Bands in a Dispersion Oscillating Fiber Cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Communications and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of modulation instability in dispersion oscillating fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instabilities in dispersion oscillating passive fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nonlinear Sciences [physics]. Université de Lille, 2017. English. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04403887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId203"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> François Copie </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of a generalized Gibbs ensemble in photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alvise Bastianello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 113 (1), pp.013514. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/xz2w-hndp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05457000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of the spatio-temporal dynamics of breather gases in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Biondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey Oregero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 50 (22), pp.7043. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.572781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perturbed Nonlinear Evolution of Optical Soliton Gases: Growth and Decay in Integrable Turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 135 (15), pp.157201. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/hwpr-628r⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled manipulation of solitons in a recirculating fiber loop using external potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (4), pp.043232. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/qcts-whtp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of Strongly Interacting Solitons in Optical Fiber Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rustam Mullyadzhanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 134 (19), pp.193804. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.193804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05099197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction of soliton gases in deep-water surface gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Novkoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (3), pp.034207. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.034207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dissipation-driven emergence of a soliton condensate in a nonlinear electrical transmission line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Damart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Bonnemain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Congy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 134 (14), pp.147201. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2407.02874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720563v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological Properties of Floquet Winding Bands in a Photonic Lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Adiyatullin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavi Upreti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 130 (5), pp.056901. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.056901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton refraction by an optical soliton gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (4), pp.L042002. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physrevresearch.5.l042002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04403352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pump-cavity synchronization mismatch in modulation instability induced optical frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.023133. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.5.023133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pump-cavity synchronization mismatch in modulation instability induced optical frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Majid Taki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.023133. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physrevresearch.5.023133⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Space–time observation of the dynamics of soliton collisions in a recirculating optical fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 545, pp.129647. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2023.129647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04235948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prediction and manipulation of hydrodynamic rogue waves via nonlinear spectral engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (5), pp.054401. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.7.054401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear dispersion relation in integrable turbulence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.10386. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-14209-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03546163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation of higher-order modulation instability in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47 (14), pp.3560-3563. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.462389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical spectral synthesis of breather gas for the focusing nonlinear Schrödinger equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (4), pp.042205. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.103.042205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot measurement of the photonic band structure in a fiber-based Floquet-Bloch lattice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (1), pp.243. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00750-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03854631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local Emergence of Peregrine Solitons: Experiments and Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Tovbis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 8, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2020.599435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04409137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observation of breathers from noise-induced modulation instability using heterodyne temporal imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (2), pp.298. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.408730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03103388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of Peregrine solitons in integrable turbulence of deep water gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.082801(R). </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.082801⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02914100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Spectral Synthesis of Soliton Gas in Deep-Water Surface Gravity Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (26), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.264101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From modulational instability to focusing dam breaks in water waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Fluids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.034802. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.034802⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02418759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Physics of the one-dimensional nonlinear Schrödinger equation in fiber optics: Rogue waves, modulation instability and self-focusing phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Reviews in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5, pp.100037. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.revip.2019.100037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02440836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Characterization of Period-Doubling Dynamics in Uniform and Dispersion Oscillating Fiber Ring Cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.9.041030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sub-milliwatt-level microresonator solitons with extended access range using an auxiliary laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T M Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (2), pp.206. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OPTICA.6.000206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay of Polarization and Time-Reversal Symmetry Breaking in Synchronously Pumped Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T. m. Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (1), </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.013905⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optics and Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AOP.10.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibre multi-wave mixing combs reveal the broken symmetry of Fermi–Pasta–Ulam recurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.303-308. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41566-018-0136-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Symmetry Breaking Dynamics for the Kerr Interaction of Counter-Propagating Light in Dielectric Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael T M Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lewis Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (5), </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.98.053863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak dispersion regime of a dispersion modulated passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (10), pp.11283. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.25.011283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak normal dispersion region of passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.3730-3733. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Turing and Faraday instabilities in a longitudinally modulated fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (3), pp.435-438. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.000435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilities in passive dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71 (5), </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2017-80130-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing Turing and Faraday Instabilities in Longitudinally Modulated Passive Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (14), </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.143901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock wave generation triggered by a weak background in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2656-2659. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instabilities in modulated fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (21), pp.5027-5030. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.005027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in amplitude modulated dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (4), pp.3869-3875. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.003869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (31)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of the Spatiotemporal Trajectories of Solitons Using Arbitrary Potentials in Recirculating Fiber Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11110943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Loss and Gain on the Nonlinear Spectrum of Dense Optical Soliton Gases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11109780⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manipulation of solitons in optical fiber experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Gelash</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE. Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced spatiotemporal manipulation of nonlinear waves and solitons using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10231639⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refraction of a Soliton by a Soliton Gas in a Recirculating Fiber Loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distorsion of the Nonlinear Spectrum of Solitonic Pulses Induced by Stimulated Raman Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, France. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation and manipulation of nonlinear optical waves in single-shot using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, France. pp.FTu4B.6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_FS.2023.FTu4B.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatiotemporal observation and manipulation of nonlinear optical waves in single-shot using a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, France. pp.FTu4B.6, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_FS.2023.FTu4B.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and amplitude single-shot measurement of spontaneous modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennady El</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Roberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2621953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observations of the space-time dynamics of light in a recirculating optical fiber loop: the example of higher-order modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Strasbourg, France. pp.5, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2621953⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04401386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal observation of higher-order modulation instability in a recirculating fiber loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Randoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9541947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the Band Dispersions of a Floquet-Bloch Lattice Realised with Coupled Fibre Rings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Lechevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Amo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, France. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC52157.2021.9541606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of synchronization mismatch on modulation instability in passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-shot observations of the noise-induced modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Kraych</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Real-time Measurements, Rogue Phenomena, and Single-Shot Applications V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, San Francisco, France. pp.1, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2543720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04404612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwatt-Level Soliton Frequency Comb Generation in Microresonators Using an Auxiliary Laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangyou Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo Del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, San Jose, France. pp.SF3H.5, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2019.SF3H.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-Shot Time-Resolved Phase and Intensity Measurement of Breathers in the Nonlinear Stage of Modulation Instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Lebel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Randoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleoe-eqec.2019.8872934⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Modulational Instability: Recurrences, Broken Symmetry, and Breathers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Waikoloa Beach, France. pp.NTu2A.6, </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NLO.2019.NTu2A.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04402054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de houle en bassin sur de grandes distances de propagation : méthode non-linéaire pour une enveloppe non-modulée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of of FPUT in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">tresc: trends in spatiotemporal complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Villeneuve d'ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersion relation for unidirectional surface gravity waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annette Cazaubiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e Rencontre du Non-Linéaire Paris 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E. Falcon; M. Lefranc; F. Pétrélis; C.-T. Pham, Mar 2019, Paris, France. pp.187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de la modulation non-linéaire contra-propagative des bords d’un train d’onde de gravité à la surface d’un fluide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Suret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tikan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Prabhudesai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22e Rencontre du Non-Linéaire 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, E. Falcon; M. Lefranc; F. Pétrélis; C.-T. Pham, Mar 2019, Paris, France. pp.105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02338205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic fibers: a platform for fundamental physical phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Microsystems OµS19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Anacapri, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full characterisation in phase and amplitude of the Fermi–Pasta–Ulam recurrence process in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of period-doubling dynamics of modulation instability in uniform and dispersion oscillating fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW1C.4, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW1C.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and Polarization Symmetry Breaking in Ring Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Woodley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. del Bino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M Silver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Washington, France. pp.JW4A.32, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/FIO.2018.JW4A.32⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW4C.6, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-destructive phase and intensity distributed measurements of the nonlinear stage of modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, San Francisco, United States. pp.14, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2295714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in nonlinear optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America Optics and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lima, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of New Modulational Instability Bands in a Dispersion Oscillating Fiber Cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Communications and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of modulation instability in dispersion oscillating fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffraction of deep-water solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Novkoski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Fache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félicien Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducrozet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Barckicke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05561691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instabilities in dispersion oscillating passive fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nonlinear Sciences [physics]. Université de Lille, 2017. English. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04403887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId206"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457000v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvise Bastianello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tikan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Copie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Randoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xz2w-hndp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383967v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Biondini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Oregero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady El" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.572781" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Fache" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Randoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/hwpr-628r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391290v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qcts-whtp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mucci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Mullyadzhanov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.193804" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509449v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Novkoski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034207" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720563v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Damart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bonnemain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Congy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.02874" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865179v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Adiyatullin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Upreti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lechevalier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Evain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Copie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.056901" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Roberti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.5.l042002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505294v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Negrini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Taki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.023133" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397420v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.5.023133" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235948v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2023.129647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546156v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicien Bonnefoy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tovbis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.054401" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546163v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Prabhudesai" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14209-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722134v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.462389" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404705v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.042205" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854631v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Evain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Amo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00750-w" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409137v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.599435" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103388v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.408730" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914100v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Cazaubiel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.082801" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099411v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.264101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418759v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.034802" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440836v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revip.2019.100037" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bessin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.041030" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406839v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangyou Zhang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Silver" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Del Bino" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T M Woodley" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.6.000206" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406823v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T.&#8201;m. Woodley" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo del Bino" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Silver" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.013905" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384955v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.10.000001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385106v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Naveau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-018-0136-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406849v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Hill" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053863" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386056v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bessin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Copie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003730" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386346v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011283" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386359v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.000435" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386245v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Biancalana" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2017-80130-x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387264v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005027" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387388v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.143901" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386570v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002656" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389164v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Martinelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.003869" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380475v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11110943" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380480v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11109780" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547200v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Gelash" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404605v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10231639" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401332v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roberti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. El" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232225" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401335v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232048" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404603v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_FS.2023.FTu4B.6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401339v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401380v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621953" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401386v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402038v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541947" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402044v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541606" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442173v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kraych" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543720" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402052v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Woodley" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2019.SF3H.5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402081v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleoe-eqec.2019.8872934" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402054v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trillo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Szriftgiser" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudlinski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NLO.2019.NTu2A.6" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338225v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338218v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536976v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536944v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338205v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392651v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393427v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Szriftgiser" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2295714" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537001v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393531v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393201v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.4" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393123v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.6" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406861v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woodley" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Bino" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Silver" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2018.JW4A.32" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424987v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424983v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04403887v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457000v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvise Bastianello" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tikan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Copie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Randoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Suret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xz2w-hndp" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383967v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Biondini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Oregero" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennady El" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.572781" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382173v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Fache" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Randoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/hwpr-628r" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391290v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qcts-whtp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099197v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mucci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rustam Mullyadzhanov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.193804" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509449v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licien Bonnefoy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducrozet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Novkoski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.034207" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720563v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Damart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Bonnemain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Congy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2407.02874" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865179v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Adiyatullin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Upreti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Lechevalier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Evain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Copie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.056901" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dufour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Roberti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.5.l042002" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505294v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Negrini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Taki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.023133" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397420v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevresearch.5.023133" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235948v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2023.129647" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546156v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicien Bonnefoy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tovbis" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.7.054401" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546163v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Prabhudesai" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Michel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14209-7" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722134v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.462389" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404705v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.042205" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854631v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Evain" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Amo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00750-w" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409137v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.599435" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103388v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lebel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.408730" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914100v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Cazaubiel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.082801" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099411v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.264101" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418759v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.034802" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440836v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revip.2019.100037" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384745v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bessin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.041030" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406839v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangyou Zhang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Silver" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Del Bino" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T M Woodley" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.6.000206" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406823v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael T.&#8201;m. Woodley" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo del Bino" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Silver" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.013905" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384955v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.10.000001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385106v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Naveau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-018-0136-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406849v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Hill" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.053863" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386346v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011283" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386056v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bessin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Copie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003730" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386359v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.000435" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386245v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Biancalana" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2017-80130-x" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387388v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.143901" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386570v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002656" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387264v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005027" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389164v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Martinelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.003869" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380475v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11110943" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380480v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11109780" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547200v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Gelash" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404605v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10231639" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401332v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Suret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Roberti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. El" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232225" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401335v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232048" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404603v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_FS.2023.FTu4B.6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401339v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401380v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2621953" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401386v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402038v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541947" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402044v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC52157.2021.9541606" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442173v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04404612v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kraych" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2543720" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402052v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Woodley" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2019.SF3H.5" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402081v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleoe-eqec.2019.8872934" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402054v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trillo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Naveau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Szriftgiser" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudlinski" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NLO.2019.NTu2A.6" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338225v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536976v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338218v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536944v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338205v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392651v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393531v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Szriftgiser" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393201v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406861v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Woodley" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Bino" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Silver" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zhang" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/FIO.2018.JW4A.32" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393123v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.6" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393427v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2295714" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537001v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424987v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424983v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561691v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Fache" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Barckicke" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04403887v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>