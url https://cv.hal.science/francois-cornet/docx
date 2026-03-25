--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -888,274 +888,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04669095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A subclass of the IS1202 family of bacterial insertion sequences targets XerCD recombination sites</w:t>
+                <w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Siguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Rousseau</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Chandler</w:t>
+                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Guynet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasmid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 127, pp.102696. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102696⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285586v1</w:t>
+                <w:t xml:space="preserve">hal-04134336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical low-copy number plasmid segregation systems, all in one?</w:t>
+                <w:t xml:space="preserve">A subclass of the IS1202 family of bacterial insertion sequences targets XerCD recombination sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Siguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Manuel Campos</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Guynet</w:t>
+                <w:t xml:space="preserve">Michael Chandler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasmid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 127, pp.102694. </w:t>
+              <w:t xml:space="preserve">, 2023, 127, pp.102696. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.plasmid.2023.102696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04134336v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA Segregation in Enterobacteria.</w:t>
               </w:r>
@@ -1913,532 +1913,532 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02351815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping Topoisomerase IV Binding and Activity Sites on the E. coli Genome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FtsK translocation permits discrimination between an endogenous and an imported Xer/ dif recombination complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Fournes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hafez El Sayyed</w:t>
+                <w:t xml:space="preserve">Estelles Crozat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Le Chat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Carine Pages</w:t>
+                <w:t xml:space="preserve">Laurence Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006025⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (28), pp.7882-7887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1523178113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01527413v1</w:t>
+                <w:t xml:space="preserve">hal-03741739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FtsK translocation permits discrimination between an endogenous and an imported Xer/ dif recombination complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Fournes</w:t>
+                <w:t xml:space="preserve">Mapping Topoisomerase IV Binding and Activity Sites on the E. coli Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafez El Sayyed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Le Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelles Crozat</w:t>
+                <w:t xml:space="preserve">Elise Lebailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vickridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pages</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 113 (28), pp.7882-7887. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (5), pp.e1006025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1523178113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741739v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01527413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The FtsK Family of DNA Translocases Finds the Ends of Circles.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanisms for chromosome segregation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crozat, E.</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Cornet</w:t>
+                <w:t xml:space="preserve">Mathieu Stouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lebailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 22, pp.60-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mib.2014.09.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01117184v1</w:t>
+                <w:t xml:space="preserve">hal-04291159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms for chromosome segregation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The FtsK Family of DNA Translocases Finds the Ends of Circles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Stouf</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Cornet</w:t>
+                <w:t xml:space="preserve">Crozat, E.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournes F.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 24, pp.396-408 DOI: 10.1159/000369213</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04291159v1</w:t>
+                <w:t xml:space="preserve">hal-01117184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TPM analyses reveal that FtsK contributes both to the assembly and the activation of the XerCD-dif recombination synapse</w:t>
               </w:r>
@@ -2463,51 +2463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Salhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Crozat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2610,51 +2610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crozat E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé L.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 42 (3), pp.1721-1732. </w:t>
@@ -2731,51 +2731,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lebailly E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 22C, pp.60-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2800,51 +2800,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FtsK actively segregates sister chromosomes in Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2930,51 +2930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 110 (27), pp.11157-11162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3293,77 +3293,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 11 (1), pp.28. </w:t>
@@ -3440,51 +3440,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Capiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3712,51 +3712,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Philippe Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lebourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 38 ((19)), pp.6477-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3820,51 +3820,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Emerson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Sherratt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3958,51 +3958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Dubarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dasgupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, pp.e1000288</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4079,51 +4079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Possoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.X. Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 64, pp.1434-1441</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4278,51 +4278,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriented loading of FtsK on KOPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saleh O.A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4979,64 +4979,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resolution of Multimeric Forms of Circular Plasmids and Chromosomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crozat E.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournes F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hallet B.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5100,51 +5100,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromosome Dimer Resolution by Site-Specific Recombination.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brenner's Encyclopedia of Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Stanley Maloy and Kelly Hughes - Academic Press, pp.551-554, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5201,51 +5201,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FtsK actively segregates sister chromosomes in E. coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5296,51 +5296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segregation of the terminal region of the Escherichia coli chromosome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5391,51 +5391,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segregation of the terminal region of the Escherichia coli chromosome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5842,51 +5842,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336308v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Revoil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Delimi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Cailhau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Crozat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Salhi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lablaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Boubekeur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1255" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669095v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sekkouri Alaoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Qu&#232;bre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny-Diaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15297" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285586v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102696" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837249v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene del Campo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cuevas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167752" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029411v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa046" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029428v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17606-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351815v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Govers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irnov Irnov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dobihal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20177573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01527413v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafez El Sayyed" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Chat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lebailly" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vickridge" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741739v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelles Crozat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Salom&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1523178113" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117184v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crozat, E." TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournes F." TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291159v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stouf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.09.013" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L7T1G24-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Diagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cornet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117588v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diagne C." TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salhi M." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crozat E." TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; L." TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117157v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bouet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stouf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebailly E." TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291165v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Meile" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304080110" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947672v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787677v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nolivos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touzain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coddeville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003421v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nolivos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Coddeville" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks171" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291172v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mercier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-11-28" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291168v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deghorain" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022164" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666952v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deghorain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pag&#232;s" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capiaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557893v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebourgeois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368998v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sivanathan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Emerson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sherratt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359834v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lesterlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dubarry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dasgupta" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154604v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bigot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Possoz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Barre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012786v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bigot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viknesh Sivanathan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Possoz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Barre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05755.x" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119246v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh O.A." TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131558v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar A Saleh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1159" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-SZ6008MZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021178v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lesterlin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Karoui" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600835" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013989v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Karoui M." TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01285606v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Val" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouvier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Campos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sherratt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2005.07.002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117566v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallet B." TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bourgeois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324080v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324065v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324035v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204256v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05336308v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Revoil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Delimi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josh Cailhau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366115v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Crozat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Salhi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rousseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Lablaine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366139v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Planchenault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine C Pons" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Schiavon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Siguier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888847v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Blanchais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Campos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Boubekeur" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Contarin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1255" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888819v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Fournes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cury" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae1300" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669095v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Sekkouri Alaoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Qu&#232;bre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny-Diaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.15297" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134336v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guynet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102694" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285586v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Chandler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plasmid.2023.102696" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136123v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Dusfour-Castan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Meunier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Quebre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/ecosalplus.esp-0038-2020" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837249v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene del Campo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Cuevas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2022.167752" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029411v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuaa046" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029428v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17606-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392007v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dauverd -Girault" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Planchenault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.11.027" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351815v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Govers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irnov Irnov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Dobihal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20177573" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741739v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelles Crozat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Salom&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1523178113" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01527413v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafez El Sayyed" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Le Chat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lebailly" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vickridge" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006025" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291159v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stouf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.09.013" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L7T1G24-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117184v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crozat, E." TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournes F." TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745043v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Tidiane Diagne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cornet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt1024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117588v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diagne C." TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salhi M." TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crozat E." TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; L." TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117157v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bouet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stouf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebailly E." TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291165v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Meile" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304080110" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947672v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787677v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nolivos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Touzain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pages" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coddeville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Philippe Rousseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003421v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nolivos" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Coddeville" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks171" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291172v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mercier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-11-28" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291168v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deghorain" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022164" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666952v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deghorain" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pag&#232;s" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capiaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00557893v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebourgeois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368998v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sivanathan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Emerson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sherratt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359834v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lesterlin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dubarry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dasgupta" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00154604v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bigot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Possoz" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.X. Barre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03012786v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bigot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viknesh Sivanathan" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Possoz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Barre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2007.05755.x" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119246v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh O.A." TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131558v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar A Saleh" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1159" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-SZ6008MZ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021178v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lesterlin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Karoui" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600835" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013989v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Karoui M." TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01285606v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Val" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouvier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Campos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sherratt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2005.07.002" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117566v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hallet B." TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bourgeois" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324080v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324065v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324035v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204256v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schbath" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>