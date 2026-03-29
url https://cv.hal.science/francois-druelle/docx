--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -212,329 +212,329 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Daver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 189, </w:t>
+              <w:t xml:space="preserve">, 2026, 189 (1), pp.e70189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajpa.70189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Instantaneous Energy in Bipedal Walking of Baboons: A Model for Exploring the Evolutionary Transition Toward Efficient Bipedalism in Hominins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Running the Risk: Road‐Crossing Behavior in Wild Chimpanzees (Pan troglodytes) in an Anthropogenic Habitat in Uganda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Marchal</w:t>
+                <w:t xml:space="preserve">Marie Cibot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Berillon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Johnmary Baruzaliire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Sabiiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.70056⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Primatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 87 (2), pp.e70000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajp.70000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05183936v1</w:t>
+                <w:t xml:space="preserve">hal-05191110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Running the Risk: Road‐Crossing Behavior in Wild Chimpanzees (Pan troglodytes) in an Anthropogenic Habitat in Uganda</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyzing Instantaneous Energy in Bipedal Walking of Baboons: A Model for Exploring the Evolutionary Transition Toward Efficient Bipedalism in Hominins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Cibot</w:t>
+                <w:t xml:space="preserve">Jonathan Özçelebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnmary Baruzaliire</w:t>
+                <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Sabiiti</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gilles Berillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Primatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 87 (2), pp.e70000. </w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 186 (4), pp.e70056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajp.70000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.70056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191110v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional and behavioral variation in intrinsic hand and foot digit proportions in primates</w:t>
               </w:r>
@@ -648,408 +648,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical climbing in free‐ranging bonobos: An exploratory study integrating locomotor performance and substrate compliance</w:t>
+                <w:t xml:space="preserve">A comparative study of muscle activity and synergies during walking in baboons and humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innocent Leti</w:t>
+                <w:t xml:space="preserve">Marco Ghislieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐christophe Bokika Ngawolo</w:t>
+                <w:t xml:space="preserve">Pablo Molina-Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Narat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Brigitte Rimbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Agostini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.24894⟩</w:t>
+              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 189, pp.103513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2024.103513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379553v1</w:t>
+                <w:t xml:space="preserve">hal-04756506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative study of muscle activity and synergies during walking in baboons and humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Age‐and size‐related changes in hind limb muscles in two baboon species ( Papio anubis and P. papio )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Herrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐christophe Theil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léon Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berillon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Human Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 189, pp.103513. </w:t>
+              <w:t xml:space="preserve">Journal of Anatomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhevol.2024.103513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/joa.14140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756506v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age‐and size‐related changes in hind limb muscles in two baboon species ( Papio anubis and P. papio )</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vertical climbing in free‐ranging bonobos: An exploratory study integrating locomotor performance and substrate compliance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Druelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Herrel</w:t>
+                <w:t xml:space="preserve">Innocent Leti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐christophe Theil</w:t>
+                <w:t xml:space="preserve">Jean‐christophe Bokika Ngawolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léon Faure</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Berillon</w:t>
+                <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Anatomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/joa.14140⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.24894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756540v1</w:t>
+                <w:t xml:space="preserve">hal-04379553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From quadrupedal to bipedal walking ‘on the fly’: the mechanics of dynamical mode transition in primates</w:t>
               </w:r>
@@ -1061,51 +1061,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Goyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristiaan d'Août</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1178,51 +1178,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the past from the present: reconstructing ancient primate morphotypes by a method integrating bootstrap and phylogeny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1399,77 +1399,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of bipedal walking in olive baboons, Papio anubis : A kinematic analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Özçelebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Biological Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1672,51 +1672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silke Meulemans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Schouteden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Molina-Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 224 (14), pp.jeb242587. </w:t>
@@ -1767,51 +1767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A baboon walking on a treadmill: the use of positive reinforcement techniques to study bipedal walking in non-human primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Molina-Vila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Dossier spécial - BipédieS chez les Primates : de la philosophie au comportement, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1839,616 +1839,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03839169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impressive Arboreal Gap-Crossing Behaviors in Wild Bonobos, Pan paniscus</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deslorelin acetate implant induces transient sterility and behavior changes in male olive baboon ( Papio anubis ): A case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Christophe Bokika Ngawolo</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dumasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slaveia Garbit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Primatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10764-020-00140-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Primatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (6), pp.344-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jmp.12479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02586931v1</w:t>
+                <w:t xml:space="preserve">hal-03005083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deslorelin acetate implant induces transient sterility and behavior changes in male olive baboon ( Papio anubis ): A case study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Slaveia Garbit</w:t>
+                <w:t xml:space="preserve">Impressive Arboreal Gap-Crossing Behaviors in Wild Bonobos, Pan paniscus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Druelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Brouillet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Christophe Bokika Ngawolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Narat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Primatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49 (6), pp.344-348. </w:t>
+              <w:t xml:space="preserve">International Journal of Primatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (1), pp.129-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jmp.12479⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10764-020-00140-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005083v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02586931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The body center of mass in primates: Is it more caudal than in other quadrupedal mammals?</w:t>
+                <w:t xml:space="preserve">Small vertebrates running on uneven terrain: a biomechanical study of two differently specialised lacertid lizards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Benoît Quintard</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Goyens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menelia Vasilopoulou-Kampitsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajpa.23813⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-53329-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02959444v1</w:t>
+                <w:t xml:space="preserve">hal-02959461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compliant legs enable lizards to maintain high running speeds on complex terrains</w:t>
+                <w:t xml:space="preserve">The body center of mass in primates: Is it more caudal than in other quadrupedal mammals?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Peter Aerts</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Quintard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 222 (6), pp.jeb.195511. </w:t>
+              <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 169 (1), pp.170-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/jeb.195511⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajpa.23813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02959453v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02959444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small vertebrates running on uneven terrain: a biomechanical study of two differently specialised lacertid lizards</w:t>
+                <w:t xml:space="preserve">Compliant legs enable lizards to maintain high running speeds on complex terrains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Goyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menelia Vasilopoulou-Kampitsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222 (6), pp.jeb.195511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-53329-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1242/jeb.195511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02959461v1</w:t>
+                <w:t xml:space="preserve">hal-02959453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavioral implications of ontogenetic changes in intrinsic hand and foot proportions in olive baboons ( Papio Anubis )</w:t>
               </w:r>
@@ -2460,51 +2460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesse Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 165 (1), pp.65-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2698,51 +2698,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesse Young</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 165 (1), pp.65-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2828,51 +2828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristiaan d'Août</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Anatomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 230 (6), pp.805 - 819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2958,51 +2958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristiaan d'Août</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Anatomy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 230 (6), pp.805-819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3153,51 +3153,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 113, pp.155-161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3257,51 +3257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Physical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 159 (1), pp.73 - 84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3373,51 +3373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Primatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 78 (11), pp.1201-1221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3463,51 +3463,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipédie chez les primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Cazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3580,51 +3580,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipedalism in non-human primates: a comparative review of behavioural and experimental explorations on catarrhines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (3-4), pp.111-120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3671,51 +3671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipedal Behaviour in Olive Baboons: Infants versus Adults in a Captive Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Folia Primatologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 84 (6), pp.347-361</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3811,51 +3811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Arnould</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3906,51 +3906,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspectives in primatology: unleashing knowledge with Revue de Primatologie (RdP), a pioneering, free, and open-access journal by researchers for researchers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Canteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cibot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4031,51 +4031,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simuler le passé à partir du présent : reconstruction de morphotypes anciens de primates par une technique combinant bootstrap et phylogénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4174,51 +4174,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Molina‐vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 Annual Conference - Society for Experimental Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4256,77 +4256,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bipedal walking of the olive baboon, Papio anubis: a kinematic study from infancy to adulthood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Özçelebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Experimental Biology 2021 Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtuel - Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4502,51 +4502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Molina‐vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33ème colloque de la SFDP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Saint Etienne, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4580,90 +4580,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bipédie du babouin olive (Papio anubis) : étude de la cinématique articulaire du membre inférieur au cours de l’ontogenèse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Özçelebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1846es journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4844,90 +4844,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Revue de Primatologie (RdP) : dix ans d'une revue scientifique open access par et pour les primatologues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cibot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leblan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Narat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32e Colloque de la Société Francophone de Primatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Le Guerno, France. </w:t>
@@ -5326,338 +5326,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des morphotypes actuels aux morphotypes anciens</w:t>
+                <w:t xml:space="preserve">The positional repertoires of hominins: New insights from extant primates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesse Young</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Aerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème Congrès de la Société Francophone de Primatologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">5th International Paleontological Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04020864v1</w:t>
+                <w:t xml:space="preserve">hal-04020773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The positional repertoires of hominins: New insights from extant primates</w:t>
+                <w:t xml:space="preserve">What the morphometry of bonobos is telling us about their locomotor performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Paleontological Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">11th Annual ZOO Research Symposium (Bonobo Research Network - Workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Antwerp Zoo Centre for Research and Conservation &amp; University of Antwerp, Nov 2018, Antwerp, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04020773v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What the morphometry of bonobos is telling us about their locomotor performance</w:t>
+                <w:t xml:space="preserve">Des morphotypes actuels aux morphotypes anciens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristiaan D’août</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Berthet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Annual ZOO Research Symposium (Bonobo Research Network - Workshop)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">31ème Congrès de la Société Francophone de Primatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/primatologie.3836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04020746v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variation morphologique au cours de l'ontogenèse chez les primates actuels : modèles généraux et différences interspécifiques</w:t>
               </w:r>
@@ -5669,77 +5669,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristiaan D’août</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1843ème Journées de la Société d'Anthropologie de Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5790,51 +5790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Goyens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menelia Vasilopoulou-Kampitsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5980,51 +5980,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age Differences in Locomotor Behaviour of Catarrhini: A Case Study of Bipedal Behaviour and Its Morphological Correlates in a Sample of Captive Olive Baboons (Papio anubis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Congress of the European Federation for Primatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Antwerp, Belgium. pp.269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6081,51 +6081,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An international research network on bipedalism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Berillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Duveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6133,51 +6133,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Cosnefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Agostini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th annual European Society for the study of Human Evolution meeting (ESHE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France. Paleoanthropology, 2025 (2), pp.435-436, 2025, </w:t>
@@ -6273,51 +6273,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Druelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anick Abourachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Menelia Vasilopoulou-Kampitsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Aerts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6649,51 +6649,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458063v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria A Lockwood" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Druelle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Blasi&#8208;toccacceli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70189" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan &#214;z&#231;elebi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70056" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191110v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tellier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnmary Baruzaliire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sabiiti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.70000" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191140v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine L.D. Toussaint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent d'Amato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Desmidt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Berthet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Quintard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2025.103679" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379553v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Leti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Bokika Ngawolo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24894" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756506v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ghislieri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Molina-Vila" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Rimbaud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Agostini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2024.103513" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756540v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Theil" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Faure" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14140" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125518v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Aerts" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Goyens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiaan d'Ao&#251;t" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.244792" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132012v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasuku Kimura" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quintard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11007" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633159v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Senut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.11879" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24454" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03128979v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G Bouret" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0667" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03431584v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Supiot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Meulemans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Schouteden" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.242587" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839169v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.11455" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586931v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Bokika Ngawolo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10764-020-00140-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005083v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lacoste" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumasy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaveia Garbit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmp.12479" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959444v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23813" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menelia Vasilopoulou-Kampitsi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.195511" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959461v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-53329-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932785v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Young" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23331" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092676v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Schoonaert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nauwelaerts" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12894" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265391v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731421v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12602" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932771v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023736v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2767" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932778v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.07.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729679v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22837" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1RG6TXFC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04000421v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22575" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2T7JVM5N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01737659v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Cazeau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpod.2016.02.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112832v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0105-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112826v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318264v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Amram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Arnould" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756755v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Canteloup" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Meunier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020325v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10452" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020316v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Molina&#8208;vila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020988v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233154v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Druelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aerts Peter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;ao&#251;t Kristiaan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacoste Romain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vila Pau Molina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021004v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.9047" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233155v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058208v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bucki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lamberton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714980" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020958v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.3846" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020727v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aerts" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. D&#8217;ao&#251;t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lacoste" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molina Vila" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1713489" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020936v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020944v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020864v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiaan D&#8217;ao&#251;t" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.3836" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020773v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020746v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020886v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020913v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911985v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Druelle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112814v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291470v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2025.iss2.4032" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133385v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick Abourachid" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-11441-0_14#citeas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11441-0_14" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04020138v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458063v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria A Lockwood" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Druelle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Blasi&#8208;toccacceli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70189" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191110v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tellier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnmary Baruzaliire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sabiiti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.70000" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183936v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan &#214;z&#231;elebi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.70056" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191140v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine L.D. Toussaint" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent d'Amato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Desmidt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Berthet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Quintard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2025.103679" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756506v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ghislieri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Molina-Vila" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Rimbaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Agostini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2024.103513" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756540v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Theil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Faure" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.14140" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379553v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Innocent Leti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Bokika Ngawolo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Narat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24894" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125518v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Aerts" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Goyens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiaan d'Ao&#251;t" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.244792" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132012v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tasuku Kimura" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quintard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.11007" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633159v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Senut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.11879" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512674v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24454" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03128979v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Garcia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien G Bouret" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0667" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03431584v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Supiot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Meulemans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Schouteden" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.242587" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839169v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.11455" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005083v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lacoste" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dumasy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slaveia Garbit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jmp.12479" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02586931v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Bokika Ngawolo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10764-020-00140-z" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959461v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menelia Vasilopoulou-Kampitsi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-53329-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959444v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23813" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959453v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.195511" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932785v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Young" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.23331" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092676v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Schoonaert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nauwelaerts" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12894" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265391v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01731421v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moulin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12602" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932771v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023736v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2767" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03932778v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2017.07.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729679v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.22837" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1RG6TXFC-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04000421v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22575" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2T7JVM5N-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01737659v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Cazeau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpod.2016.02.003" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112832v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-014-0105-2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112826v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318264v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Amram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leblan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Arnould" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756755v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Canteloup" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Meunier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020325v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10452" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020316v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Molina&#8208;vila" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020988v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233154v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Druelle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aerts Peter" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#8217;ao&#251;t Kristiaan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacoste Romain" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vila Pau Molina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021004v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.9047" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233155v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.7150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04058208v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perrier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bucki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lamberton" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714980" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020958v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.3846" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020727v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aerts" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. D&#8217;ao&#251;t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lacoste" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Molina Vila" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1713489" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020936v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020944v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020773v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020746v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020864v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristiaan D&#8217;ao&#251;t" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.3836" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020886v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020913v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911985v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Druelle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berillon" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112814v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291470v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Duveau" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cosnefroy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2025.iss2.4032" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133385v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anick Abourachid" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-11441-0_14#citeas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-11441-0_14" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04020138v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>